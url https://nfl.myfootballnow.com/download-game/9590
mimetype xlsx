--- v0 (2025-10-19)
+++ v1 (2025-11-29)
@@ -530,51 +530,51 @@
   <si>
     <t>#82 James Hebert - TE</t>
   </si>
   <si>
     <t>#14 Clinton Clark - WR</t>
   </si>
   <si>
     <t>#77 Timothy Rainville - LT</t>
   </si>
   <si>
     <t>#72 Robert Jones - RT</t>
   </si>
   <si>
     <t>#64 Willie Brown - LT</t>
   </si>
   <si>
     <t>#67 Scott Breeze - RG</t>
   </si>
   <si>
     <t>#78 Michael Christie - LT</t>
   </si>
   <si>
     <t>#99 Larry Strickland - DT</t>
   </si>
   <si>
-    <t>#67 Mark Guidry - DT</t>
+    <t>#38 Mark Guidry - FS</t>
   </si>
   <si>
     <t>#92 Michael Fisher - SLB</t>
   </si>
   <si>
     <t>#50 Steven Paul - MLB</t>
   </si>
   <si>
     <t>#48 Edwin Sullins - SS</t>
   </si>
   <si>
     <t>#21 Jamar Smith - CB</t>
   </si>
   <si>
     <t>12:23</t>
   </si>
   <si>
     <t>SFO 27</t>
   </si>
   <si>
     <t>Singleback Slot Strong HB Counter</t>
   </si>
   <si>
     <t>Nickel Blitz Weak Blitz</t>
   </si>