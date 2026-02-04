--- v0 (2026-01-09)
+++ v1 (2026-02-04)
@@ -287,315 +287,315 @@
   <si>
     <t>MIN has won the toss and elected to defer.</t>
   </si>
   <si>
     <t>MIN</t>
   </si>
   <si>
     <t>MIN 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 6-Leroy Carolan kicks 75 yards from MIN 35 to NYJ -10. Touchback.</t>
   </si>
   <si>
     <t>#14 Chuck Enducke - RB</t>
   </si>
   <si>
     <t>#33 Weasel Wallace - FS</t>
   </si>
   <si>
-    <t>#8 Redd Barnes - MLB</t>
+    <t>#90 Redd Barnes - RDE</t>
   </si>
   <si>
     <t>#27 Atrak Nekatu - CB</t>
   </si>
   <si>
     <t>#96 Ty Crowe - RDE</t>
   </si>
   <si>
     <t>#40 Paul McManus - SS</t>
   </si>
   <si>
     <t>#68 Norman Schaller - SLB</t>
   </si>
   <si>
-    <t>#5 Craig Thomas - WLB</t>
+    <t>#45 Craig Thomas - WLB</t>
   </si>
   <si>
     <t>#30 Keith Vogel - SS</t>
   </si>
   <si>
     <t>#21 Scholar  Rishi - CB</t>
   </si>
   <si>
-    <t>#90 George Bond - RDE</t>
+    <t>#85 George Bond - DT</t>
   </si>
   <si>
     <t>#6 Leroy Carolan - K</t>
   </si>
   <si>
     <t>NYJ</t>
   </si>
   <si>
     <t>NYJ 25</t>
   </si>
   <si>
     <t>Weak I Normal WR Corner TE Middle</t>
   </si>
   <si>
     <t>4-3 Normal SLB Outside Blitz</t>
   </si>
   <si>
     <t>1-10-NYJ 25 (15:00) 3-Mitchell Christenson pass Pass knocked down by 90-James King. incomplete, intended for 81-Stone Rokas.</t>
   </si>
   <si>
     <t>#3 Mitchell Christenson - QB</t>
   </si>
   <si>
     <t>#24 Tyrone Tucker - RB</t>
   </si>
   <si>
-    <t>#48 Donald Andarungi - FB</t>
-[...17 lines deleted...]
-    <t>#74 Theodore Nichols - C</t>
+    <t>#44 Donald Andarungi - FB</t>
+  </si>
+  <si>
+    <t>#88 Stone Rokas - TE</t>
+  </si>
+  <si>
+    <t>#19 Breece  Hall - WR</t>
+  </si>
+  <si>
+    <t>#87 Kenneth Ornelas - WR</t>
+  </si>
+  <si>
+    <t>#51 Thomas Pittman - LG</t>
+  </si>
+  <si>
+    <t>#52 Donald Garza - LG</t>
+  </si>
+  <si>
+    <t>#84 Theodore Nichols - C</t>
   </si>
   <si>
     <t>#61 Declan Delaney - RG</t>
   </si>
   <si>
-    <t>#91 Terry Garcia - LT</t>
+    <t>#91 Terry Garcia - RT</t>
   </si>
   <si>
     <t>#92 Esteban Oliver - LDE</t>
   </si>
   <si>
     <t>#95 William Hess - DT</t>
   </si>
   <si>
     <t>#51 Reginald Salas - DT</t>
   </si>
   <si>
     <t>#62 David Burt - RDE</t>
   </si>
   <si>
-    <t>#50 Daniel Aybar - SLB</t>
+    <t>#50 Daniel Aybar - WLB</t>
   </si>
   <si>
     <t>#99 Ross Nunnally - MLB</t>
   </si>
   <si>
-    <t>#90 James King - WLB</t>
+    <t>#90 James King - LDE</t>
   </si>
   <si>
     <t>#39 Clinton Hodge - CB</t>
   </si>
   <si>
     <t>#23 Albert Diaz - CB</t>
   </si>
   <si>
     <t>#27 Robert Howland - SS</t>
   </si>
   <si>
     <t>#98 Paul Clark - FS</t>
   </si>
   <si>
     <t>14:56</t>
   </si>
   <si>
     <t>Empty 4 Wide Spread Corner Post</t>
   </si>
   <si>
     <t>Quarter Normal CB5 MLB Blitz</t>
   </si>
   <si>
     <t>2-10-NYJ 25 (14:57) 3-Mitchell Christenson pass complete to 22-Breece  Hall to NYJ 32 for 7 yards. Tackle by 42-Cameron Richmond. 22-Breece  Hall breaks down the CB.</t>
   </si>
   <si>
-    <t>#87 Cole  Pyles - TE</t>
+    <t>#81 Cole  Pyles - TE</t>
   </si>
   <si>
     <t>#89 Donte Smith - WR</t>
   </si>
   <si>
     <t>#13 Sarto Veloce - WR</t>
   </si>
   <si>
     <t>#42 Cameron Richmond - CB</t>
   </si>
   <si>
     <t>#57 Dennis Pirkle - CB</t>
   </si>
   <si>
-    <t>#97 Frank Scott - CB</t>
+    <t>#97 Frank Scott - LDE</t>
   </si>
   <si>
     <t>14:17</t>
   </si>
   <si>
     <t>NYJ 32</t>
   </si>
   <si>
     <t>Goal Line Normal HB Dive</t>
   </si>
   <si>
     <t>Goal Line Attack #3</t>
   </si>
   <si>
     <t>3-3-NYJ 32 (14:16) 14-Chuck Enducke ran to NYJ 31 for -1 yards. Tackle by 99-Ross Nunnally.</t>
   </si>
   <si>
-    <t>#88 Stanley Allen - RG</t>
+    <t>#86 Stanley Allen - RG</t>
   </si>
   <si>
     <t>#64 Bon Fire - RT</t>
   </si>
   <si>
     <t>#59 Raul Gordon - RG</t>
   </si>
   <si>
     <t>#53 Homer Walker - C</t>
   </si>
   <si>
     <t>#77 Patrick Randall - LDE</t>
   </si>
   <si>
     <t>13:42</t>
   </si>
   <si>
     <t>NYJ 31</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-4-NYJ 31 (13:41) 12-Charles Terry punts 45 yards to MIN 24. Fair Catch by 15-Harold Deleon.</t>
   </si>
   <si>
     <t>#12 Charles Terry - P</t>
   </si>
   <si>
     <t>#15 Harold Deleon - RB</t>
   </si>
   <si>
     <t>#81 John Otto - WR</t>
   </si>
   <si>
-    <t>#89 Joseph Johnson - RT</t>
+    <t>#89 Joseph Johnson - LT</t>
   </si>
   <si>
     <t>#49 Patrick Westhoff - RB</t>
   </si>
   <si>
     <t>#45 Ralph Davis - FB</t>
   </si>
   <si>
     <t>#80 Roger Nunez - TE</t>
   </si>
   <si>
-    <t>#61 Denver Cameron - RT</t>
-[...5 lines deleted...]
-    <t>#94 William Kelly - DT</t>
+    <t>#59 Denver Cameron - RT</t>
+  </si>
+  <si>
+    <t>#96 Richard White - SLB</t>
+  </si>
+  <si>
+    <t>#59 William Kelly - DT</t>
   </si>
   <si>
     <t>#78 Darrell Holman - RDE</t>
   </si>
   <si>
     <t>13:34</t>
   </si>
   <si>
     <t>MIN 24</t>
   </si>
   <si>
     <t>I Formation Twin WR Quick Outs</t>
   </si>
   <si>
     <t>Goal Line Attack #2</t>
   </si>
   <si>
     <t>1-10-MIN 24 (13:35) 3-Douglas Millikan pass complete to 85-Joseph Baker to MIN 31 for 7 yards. Tackle by 33-Weasel Wallace.</t>
   </si>
   <si>
     <t>#3 Douglas Millikan - QB</t>
   </si>
   <si>
     <t>#24 Tom Fisher - RB</t>
   </si>
   <si>
     <t>#25 Brandon Rubio - FB</t>
   </si>
   <si>
     <t>#85 Joseph Baker - TE</t>
   </si>
   <si>
     <t>#82 Lance Copeland - WR</t>
   </si>
   <si>
     <t>#82 Michael Sanders - WR</t>
   </si>
   <si>
     <t>#1 Willie Hicks - C</t>
   </si>
   <si>
     <t>#63 Junior Turnipseed - LT</t>
   </si>
   <si>
-    <t>#76 William Cason - C</t>
+    <t>#76 William Cason - RT</t>
   </si>
   <si>
     <t>#55 David Collier - RG</t>
   </si>
   <si>
-    <t>#74 Michael Davidson - LT</t>
+    <t>#74 Michael Davidson - RT</t>
   </si>
   <si>
     <t>#76 John Reynolds - LDE</t>
   </si>
   <si>
     <t>#70 David Rueda - LDE</t>
   </si>
   <si>
     <t>#95 Andrew Groff - DT</t>
   </si>
   <si>
     <t>#75 Benjamin Radford - DT</t>
   </si>
   <si>
     <t>#50 Roger Dajure - WLB</t>
   </si>
   <si>
     <t>#10 Isaac Church - CB</t>
   </si>
   <si>
     <t>13:02</t>
   </si>
   <si>
     <t>MIN 31</t>
   </si>
@@ -668,66 +668,66 @@
   <si>
     <t>#60 Dutch Doerr - SLB</t>
   </si>
   <si>
     <t>10:56</t>
   </si>
   <si>
     <t>Singleback Normal HB Release Mid</t>
   </si>
   <si>
     <t>4-3 Normal Double WR1</t>
   </si>
   <si>
     <t>2-11-MIN 35 (10:55) 3-Douglas Millikan pass incomplete, intended for 15-Harold Deleon.</t>
   </si>
   <si>
     <t>10:51</t>
   </si>
   <si>
     <t>Dime Flat MLB SS Blitz</t>
   </si>
   <si>
     <t>3-11-MIN 35 (10:52) 3-Douglas Millikan pass Pass knocked down by 27-Atrak Nekatu. incomplete, intended for 82-Lance Copeland.</t>
   </si>
   <si>
-    <t>#85 Abraham Cox - DT</t>
+    <t>#64 Abraham Cox - DT</t>
   </si>
   <si>
     <t>10:48</t>
   </si>
   <si>
     <t>4-11-MIN 35 (10:49) 17-Bradley Smith punts 65 yards to NYJ 0.4-11-MIN 35 (10:49) 17-Bradley Smith punts 65 yards to NYJ 0. Touchback.</t>
   </si>
   <si>
     <t>#17 Bradley Smith - P</t>
   </si>
   <si>
-    <t>#64 Jerry Sasser - RG</t>
-[...2 lines deleted...]
-    <t>#46 Michael Steger - CB</t>
+    <t>#64 Jerry Sasser - C</t>
+  </si>
+  <si>
+    <t>#46 Michael Steger - SS</t>
   </si>
   <si>
     <t>10:39</t>
   </si>
   <si>
     <t>NYJ 20</t>
   </si>
   <si>
     <t>4-3 Normal Man QB Spy</t>
   </si>
   <si>
     <t>1-10-NYJ 20 (10:40) 3-Mitchell Christenson pass Pass knocked down by 27-Robert Howland. incomplete, intended for 24-Tyrone Tucker.</t>
   </si>
   <si>
     <t>10:36</t>
   </si>
   <si>
     <t>2-10-NYJ 20 (10:37) 3-Mitchell Christenson pass complete to 22-Breece  Hall to NYJ 38 for 18 yards. Tackle by 98-Paul Clark. 22-Breece  Hall breaks down the CB.</t>
   </si>
   <si>
     <t>#38 Christopher Torres - CB</t>
   </si>
   <si>
     <t>9:53</t>
   </si>
@@ -878,51 +878,51 @@
   <si>
     <t>3-11-MIN 47 (4:50) 3-Mitchell Christenson pass complete to 7-Kenneth Ornelas to MIN 36 for 11 yards. Tackle by 23-Albert Diaz. 7-Kenneth Ornelas breaks down the CB. 23-Albert Diaz got away with a hold on that play.</t>
   </si>
   <si>
     <t>#4 Van Tovenaar - RB</t>
   </si>
   <si>
     <t>#35 Kenneth Eubanks - WLB</t>
   </si>
   <si>
     <t>4:17</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-1-MIN 36 (4:16) 16-Charles Davis 53 yard field goal is GOOD. NYJ 3 MIN 0</t>
   </si>
   <si>
     <t>#16 Charles Davis - K</t>
   </si>
   <si>
-    <t>#54 Kristofer Salazar - WLB</t>
+    <t>#54 Kristofer Salazar - MLB</t>
   </si>
   <si>
     <t>4:11</t>
   </si>
   <si>
     <t>NYJ 35</t>
   </si>
   <si>
     <t>(4:12) 16-Charles Davis kicks 75 yards from NYJ 35 to MIN -10. Touchback.</t>
   </si>
   <si>
     <t>MIN 25</t>
   </si>
   <si>
     <t>1-10-MIN 25 (4:12) 24-Tom Fisher ran to MIN 43 for 18 yards. Tackle by 27-Atrak Nekatu.</t>
   </si>
   <si>
     <t>3:38</t>
   </si>
   <si>
     <t>MIN 43</t>
   </si>
   <si>
     <t>1-10-MIN 43 (3:37) 3-Douglas Millikan pass complete to 82-Michael Sanders to NYJ 31 for 26 yards. Tackle by 27-Atrak Nekatu.</t>
   </si>
@@ -2352,51 +2352,51 @@
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="36.42" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="305.497" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="25.851" bestFit="true" customWidth="true" style="0"/>
-    <col min="24" max="24" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="24" max="24" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="29.421" bestFit="true" customWidth="true" style="0"/>