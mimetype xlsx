--- v1 (2026-02-04)
+++ v2 (2026-02-25)
@@ -338,51 +338,51 @@
   <si>
     <t>#6 Leroy Carolan - K</t>
   </si>
   <si>
     <t>NYJ</t>
   </si>
   <si>
     <t>NYJ 25</t>
   </si>
   <si>
     <t>Weak I Normal WR Corner TE Middle</t>
   </si>
   <si>
     <t>4-3 Normal SLB Outside Blitz</t>
   </si>
   <si>
     <t>1-10-NYJ 25 (15:00) 3-Mitchell Christenson pass Pass knocked down by 90-James King. incomplete, intended for 81-Stone Rokas.</t>
   </si>
   <si>
     <t>#3 Mitchell Christenson - QB</t>
   </si>
   <si>
     <t>#24 Tyrone Tucker - RB</t>
   </si>
   <si>
-    <t>#44 Donald Andarungi - FB</t>
+    <t>#48 Donald Andarungi - FB</t>
   </si>
   <si>
     <t>#88 Stone Rokas - TE</t>
   </si>
   <si>
     <t>#19 Breece  Hall - WR</t>
   </si>
   <si>
     <t>#87 Kenneth Ornelas - WR</t>
   </si>
   <si>
     <t>#51 Thomas Pittman - LG</t>
   </si>
   <si>
     <t>#52 Donald Garza - LG</t>
   </si>
   <si>
     <t>#84 Theodore Nichols - C</t>
   </si>
   <si>
     <t>#61 Declan Delaney - RG</t>
   </si>
   <si>
     <t>#91 Terry Garcia - RT</t>
   </si>
@@ -422,51 +422,51 @@
   <si>
     <t>14:56</t>
   </si>
   <si>
     <t>Empty 4 Wide Spread Corner Post</t>
   </si>
   <si>
     <t>Quarter Normal CB5 MLB Blitz</t>
   </si>
   <si>
     <t>2-10-NYJ 25 (14:57) 3-Mitchell Christenson pass complete to 22-Breece  Hall to NYJ 32 for 7 yards. Tackle by 42-Cameron Richmond. 22-Breece  Hall breaks down the CB.</t>
   </si>
   <si>
     <t>#81 Cole  Pyles - TE</t>
   </si>
   <si>
     <t>#89 Donte Smith - WR</t>
   </si>
   <si>
     <t>#13 Sarto Veloce - WR</t>
   </si>
   <si>
     <t>#42 Cameron Richmond - CB</t>
   </si>
   <si>
-    <t>#57 Dennis Pirkle - CB</t>
+    <t>#26 Dennis Pirkle - CB</t>
   </si>
   <si>
     <t>#97 Frank Scott - LDE</t>
   </si>
   <si>
     <t>14:17</t>
   </si>
   <si>
     <t>NYJ 32</t>
   </si>
   <si>
     <t>Goal Line Normal HB Dive</t>
   </si>
   <si>
     <t>Goal Line Attack #3</t>
   </si>
   <si>
     <t>3-3-NYJ 32 (14:16) 14-Chuck Enducke ran to NYJ 31 for -1 yards. Tackle by 99-Ross Nunnally.</t>
   </si>
   <si>
     <t>#86 Stanley Allen - RG</t>
   </si>
   <si>
     <t>#64 Bon Fire - RT</t>
   </si>