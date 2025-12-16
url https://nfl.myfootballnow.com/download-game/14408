--- v0 (2025-11-23)
+++ v1 (2025-12-16)
@@ -371,57 +371,57 @@
   <si>
     <t>#68 Raymond Kates - RT</t>
   </si>
   <si>
     <t>#70 Earl Lockett - LG</t>
   </si>
   <si>
     <t>#75 Zachary Chase - C</t>
   </si>
   <si>
     <t>#79 Shawn Durman - RG</t>
   </si>
   <si>
     <t>#78 Juan Root - RT</t>
   </si>
   <si>
     <t>#72 Andrew Larsen - LDE</t>
   </si>
   <si>
     <t>#71 James Sanchez - LDE</t>
   </si>
   <si>
     <t>#93 Roy Wann - DT</t>
   </si>
   <si>
-    <t>#97 Gregory Keyes - DT</t>
+    <t>#97 Gregory Keyes - MLB</t>
   </si>
   <si>
     <t>#99 Ronald McRae - RDE</t>
   </si>
   <si>
-    <t>#54 Garland Gray - SLB</t>
+    <t>#47 Garland Gray - WLB</t>
   </si>
   <si>
     <t>#55 Greg Renteria - MLB</t>
   </si>
   <si>
     <t>#57 Daniel Abell - WLB</t>
   </si>
   <si>
     <t>#27 Gail Christensen - CB</t>
   </si>
   <si>
     <t>#34 Kevin Shelly - CB</t>
   </si>
   <si>
     <t>#49 Milton Aranda - SS</t>
   </si>
   <si>
     <t>14:19</t>
   </si>
   <si>
     <t>WAS 24</t>
   </si>
   <si>
     <t>I Formation Normal PA Fullback Flat</t>
   </si>
@@ -773,51 +773,51 @@
   <si>
     <t>Singleback Normal HB Dive Strong</t>
   </si>
   <si>
     <t>3-4-NYG 39 (4:17) 27-William Scruggs ran to NYG 36 for 4 yards. Tackle by 55-Greg Renteria.</t>
   </si>
   <si>
     <t>3:38</t>
   </si>
   <si>
     <t>NYG 36</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-1-NYG 36 (3:37) 15-Martin Wilkinson 54 yard field goal is GOOD. NYG 54-Garland Gray was injured on the play. He looks like he should be able to return. WAS 3 NYG 0</t>
   </si>
   <si>
     <t>#15 Martin Wilkinson - K</t>
   </si>
   <si>
-    <t>#52 Richard Dillion - MLB</t>
+    <t>#52 Richard Dillion - SLB</t>
   </si>
   <si>
     <t>#91 Matthew Reed - SLB</t>
   </si>
   <si>
     <t>3:32</t>
   </si>
   <si>
     <t>WAS 35</t>
   </si>
   <si>
     <t>(3:33) 15-Martin Wilkinson kicks 71 yards from WAS 35 to NYG -6. Touchback.</t>
   </si>
   <si>
     <t>Nickel Normal CB3 LB Blitz</t>
   </si>
   <si>
     <t>1-10-NYG 25 (3:33) 7-Jerry Fragoso pass complete to 13-Thomas Rutherford to NYG 32 for 7 yards. Tackle by 31-Scott Gonzales.</t>
   </si>
   <si>
     <t>2:59</t>
   </si>
   <si>
     <t>Singleback Normal HB Inside Weak</t>
   </si>
@@ -2193,52 +2193,52 @@
     <col min="8" max="8" width="45.846" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="323.064" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="36.42" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="33" max="33" width="26.993" bestFit="true" customWidth="true" style="0"/>
-    <col min="34" max="34" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="33" max="33" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="34" max="34" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="30.564" bestFit="true" customWidth="true" style="0"/>