--- v0 (2025-11-23)
+++ v1 (2025-12-16)
@@ -350,54 +350,54 @@
   <si>
     <t>4-3 Under Crash Right</t>
   </si>
   <si>
     <t>1-10-CAR 25 (15:00) 9-Brendan Saine pass Pass knocked down by 49-Alan Clements. incomplete, intended for 83-James Bailey. 49-Alan Clements got away with a hold on that play.</t>
   </si>
   <si>
     <t>#9 Brendan Saine - QB</t>
   </si>
   <si>
     <t>#26 Kenneth Silvia - RB</t>
   </si>
   <si>
     <t>#83 James Bailey - TE</t>
   </si>
   <si>
     <t>#85 Joesph Walsh - TE</t>
   </si>
   <si>
     <t>#10 Robert Jeffries - WR</t>
   </si>
   <si>
     <t>#15 Bill Runyon - WR</t>
   </si>
   <si>
-    <t>#71 Angelo Paolucci - LT</t>
-[...2 lines deleted...]
-    <t>#72 Scott Landrum - LT</t>
+    <t>#62 Angelo Paolucci - LT</t>
+  </si>
+  <si>
+    <t>#64 Scott Landrum - LG</t>
   </si>
   <si>
     <t>#51 Robert Hanson - C</t>
   </si>
   <si>
     <t>#63 Dean Ellis - RG</t>
   </si>
   <si>
     <t>#74 Rodney Dilorenzo - RT</t>
   </si>
   <si>
     <t>#78 William Banks - LDE</t>
   </si>
   <si>
     <t>#71 John Pendarvis - DT</t>
   </si>
   <si>
     <t>#54 Ron Childress - DT</t>
   </si>
   <si>
     <t>#51 Patrick Marion - RDE</t>
   </si>
   <si>
     <t>#91 Brian Dunphy - SLB</t>
   </si>
@@ -500,54 +500,54 @@
   <si>
     <t>11:53</t>
   </si>
   <si>
     <t>ATL 50</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-2-ATL 50 (11:52) 2-Robert Adams punts 51 yards to ATL -1.4-2-ATL 50 (11:52) 2-Robert Adams punts 51 yards to ATL -1. Touchback.</t>
   </si>
   <si>
     <t>#2 Robert Adams - P</t>
   </si>
   <si>
     <t>#53 John Miller - C</t>
   </si>
   <si>
     <t>#6 Gary Dunn - QB</t>
   </si>
   <si>
-    <t>#60 Steven Smith - LG</t>
-[...2 lines deleted...]
-    <t>#73 Gregory Hines - RT</t>
+    <t>#70 Steven Smith - RT</t>
+  </si>
+  <si>
+    <t>#60 Gregory Hines - RG</t>
   </si>
   <si>
     <t>#90 Joel Martinez - LDE</t>
   </si>
   <si>
     <t>#70 Thomas Jenkins - LDE</t>
   </si>
   <si>
     <t>11:43</t>
   </si>
   <si>
     <t>ATL 20</t>
   </si>
   <si>
     <t>I Formation 3WR WR Out</t>
   </si>
   <si>
     <t>Nickel 3-3-5 CB1 CB2 Blitz</t>
   </si>
   <si>
     <t>1-10-ATL 20 (11:44) 1-Eugene McGrath pass complete to 81-Boyce Olinger to ATL 25 for 5 yards. Tackle by 58-Frank Smith.</t>
   </si>
   <si>
     <t>#1 Eugene McGrath - QB</t>
   </si>