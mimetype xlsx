--- v0 (2025-11-23)
+++ v1 (2025-12-16)
@@ -332,51 +332,51 @@
   <si>
     <t>#28 Billy Hickerson - FS</t>
   </si>
   <si>
     <t>#2 Brandon Weaver - DT</t>
   </si>
   <si>
     <t>#9 Eugene Miller - K</t>
   </si>
   <si>
     <t>NOS</t>
   </si>
   <si>
     <t>NOS 25</t>
   </si>
   <si>
     <t>Singleback Slot Strong HB Flat</t>
   </si>
   <si>
     <t>Nickel Normal Zone Rotate Weak</t>
   </si>
   <si>
     <t>1-10-NOS 25 (15:00) 8-Troy Rumph pass complete to 11-Benjamin Marti to NOS 28 for 3 yards. Tackle by 52-Joe Covington. PENALTY - Holding (NOS 86-Zachary Martin)</t>
   </si>
   <si>
-    <t>#8 Troy Rumph - QB</t>
+    <t>#16 Troy Rumph - QB</t>
   </si>
   <si>
     <t>#11 Benjamin Marti - RB</t>
   </si>
   <si>
     <t>#86 Zachary Martin - TE</t>
   </si>
   <si>
     <t>#84 Richard Castillo - WR</t>
   </si>
   <si>
     <t>#85 Arthur Thomas - WR</t>
   </si>
   <si>
     <t>#12 Daniel Vargas - WR</t>
   </si>
   <si>
     <t>#64 Charles Christensen - LT</t>
   </si>
   <si>
     <t>#43 Michael King - LG</t>
   </si>
   <si>
     <t>#70 David Robles - C</t>
   </si>