--- v0 (2025-11-23)
+++ v1 (2025-12-16)
@@ -305,51 +305,51 @@
   <si>
     <t>#87 Daniel Reddy - WR</t>
   </si>
   <si>
     <t>#36 Manuel Cartwright - CB</t>
   </si>
   <si>
     <t>#53 Bradley Porter - MLB</t>
   </si>
   <si>
     <t>#97 Roy Quigley - RDE</t>
   </si>
   <si>
     <t>#92 James Shepard - DT</t>
   </si>
   <si>
     <t>#51 Joseph Wells - SLB</t>
   </si>
   <si>
     <t>#76 Phillip Anderson - LDE</t>
   </si>
   <si>
     <t>#21 Derrick Gray - FS</t>
   </si>
   <si>
-    <t>#95 Gary Utz - DT</t>
+    <t>#57 Gary Utz - DT</t>
   </si>
   <si>
     <t>#54 Jerry Mao - MLB</t>
   </si>
   <si>
     <t>#99 James Hartwell - RDE</t>
   </si>
   <si>
     <t>#3 Roosevelt Welch - K</t>
   </si>
   <si>
     <t>NED</t>
   </si>
   <si>
     <t>14:57</t>
   </si>
   <si>
     <t>NED 19</t>
   </si>
   <si>
     <t>I Formation 3WR HB Inside Strong</t>
   </si>
   <si>
     <t>Nickel Blitz Stunt Blitz</t>
   </si>
@@ -563,51 +563,51 @@
   <si>
     <t>10:20</t>
   </si>
   <si>
     <t>NED 35</t>
   </si>
   <si>
     <t>(10:21) 3-John Reynolds kicks 76 yards from NED 35 to CLE -11. Touchback.</t>
   </si>
   <si>
     <t>CLE 25</t>
   </si>
   <si>
     <t>Singleback Normal HB Dive Strong</t>
   </si>
   <si>
     <t>Nickel Normal Double WR1</t>
   </si>
   <si>
     <t>1-10-CLE 25 (10:21) 26-Jeffery Green ran to CLE 40 for 15 yards. Tackle by 40-Adan Cox.</t>
   </si>
   <si>
     <t>#8 Matthew Ferguson - QB</t>
   </si>
   <si>
-    <t>#85 Kyle Whisler - TE</t>
+    <t>#44 Kyle Whisler - FB</t>
   </si>
   <si>
     <t>#83 Christian Bass - WR</t>
   </si>
   <si>
     <t>#74 Ryan Michaels - LT</t>
   </si>
   <si>
     <t>#75 David Allen - LG</t>
   </si>
   <si>
     <t>#72 Bruce Feldman - C</t>
   </si>
   <si>
     <t>#64 David Chapdelaine - LG</t>
   </si>
   <si>
     <t>#78 Adam Joseph - RT</t>
   </si>
   <si>
     <t>#72 Michael Newman - LDE</t>
   </si>
   <si>
     <t>#93 Robert Jones - DT</t>
   </si>
@@ -626,51 +626,51 @@
   <si>
     <t>#20 Fernando Asay - CB</t>
   </si>
   <si>
     <t>#45 Aaron Cawthon - CB</t>
   </si>
   <si>
     <t>#23 Anthony Payne - SS</t>
   </si>
   <si>
     <t>9:48</t>
   </si>
   <si>
     <t>CLE 40</t>
   </si>
   <si>
     <t>Split Backs 3 Wide Off Tackle Strong</t>
   </si>
   <si>
     <t>4-3 Normal WLB Outside Blitz</t>
   </si>
   <si>
     <t>1-10-CLE 40 (9:47) 26-Jeffery Green ran to CLE 45 for 5 yards. Tackle by 49-John Phelps.</t>
   </si>
   <si>
-    <t>#48 Richard Raulston - FB</t>
+    <t>#81 Richard Raulston - FB</t>
   </si>
   <si>
     <t>#49 John Phelps - SS</t>
   </si>
   <si>
     <t>9:07</t>
   </si>
   <si>
     <t>CLE 45</t>
   </si>
   <si>
     <t>Split Backs 3 Wide RB Curls</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Weak Side Blitz</t>
   </si>
   <si>
     <t>2-5-CLE 45 (9:06) 8-Matthew Ferguson pass complete to 48-Richard Raulston to NED 41 for 14 yards. Tackle by 23-Anthony Payne.</t>
   </si>
   <si>
     <t>#56 Michael Langford - SLB</t>
   </si>
   <si>
     <t>8:27</t>
   </si>
@@ -710,51 +710,51 @@
   <si>
     <t>6:22</t>
   </si>
   <si>
     <t>NED 27</t>
   </si>
   <si>
     <t>Split Backs 3 Wide Slot Drag</t>
   </si>
   <si>
     <t>1-10-NED 27 (6:21) 8-Matthew Ferguson pass complete to 26-Jeffery Green to NED 19 for 8 yards. Tackle by 51-Joseph Wells.</t>
   </si>
   <si>
     <t>5:40</t>
   </si>
   <si>
     <t>Split Backs 3 Wide Dive Right</t>
   </si>
   <si>
     <t>4-3 Normal Double WR3</t>
   </si>
   <si>
     <t>2-2-NED 19 (5:39) 88-Kenneth Rosa ran to NED 19 for a short gain. Tackle by 94-John Martinez. 72-Bruce Feldman was completely beat on that play.</t>
   </si>
   <si>
-    <t>#88 Kenneth Rosa - RB</t>
+    <t>#88 Kenneth Rosa - WR</t>
   </si>
   <si>
     <t>5:01</t>
   </si>
   <si>
     <t>4-3 Normal Man Under 1</t>
   </si>
   <si>
     <t>3-2-NED 19 (5:00) 8-Matthew Ferguson pass complete to 88-Kenneth Rosa to NED 8 for 11 yards. Tackle by 93-Robert Mabery.</t>
   </si>
   <si>
     <t>4:23</t>
   </si>
   <si>
     <t>NED 8</t>
   </si>
   <si>
     <t>Singleback Normal TE Quick Out</t>
   </si>
   <si>
     <t>46 Heavy 2 Deep Man Under</t>
   </si>
   <si>
     <t>1-8-NED 8 (4:22) 8-Matthew Ferguson pass Pass knocked down by 45-Aaron Cawthon. incomplete, intended for 82-James Curry.</t>
   </si>