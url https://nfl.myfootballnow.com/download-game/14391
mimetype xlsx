--- v0 (2025-11-23)
+++ v1 (2025-12-16)
@@ -356,51 +356,51 @@
   <si>
     <t>#19 Richard Gonzales - QB</t>
   </si>
   <si>
     <t>#21 Shaun Kilpatrick - RB</t>
   </si>
   <si>
     <t>#37 Richard Phinney - FB</t>
   </si>
   <si>
     <t>#44 Brian Phillips - TE</t>
   </si>
   <si>
     <t>#83 Kenneth Chill - TE</t>
   </si>
   <si>
     <t>#78 Jared Chapman - LT</t>
   </si>
   <si>
     <t>#67 Roberto Atchley - LG</t>
   </si>
   <si>
     <t>#68 Gary Mary - C</t>
   </si>
   <si>
-    <t>#66 Terry Brown - RG</t>
+    <t>#64 Terry Brown - RG</t>
   </si>
   <si>
     <t>#69 Chris Tolbert - RT</t>
   </si>
   <si>
     <t>#71 Timothy Haggerty - LDE</t>
   </si>
   <si>
     <t>#94 Seth Langhorne - RDE</t>
   </si>
   <si>
     <t>#99 Ira Doran - DT</t>
   </si>
   <si>
     <t>#98 Jacob Hoggard - DT</t>
   </si>
   <si>
     <t>#63 Robert Sapp - RDE</t>
   </si>
   <si>
     <t>#92 Tony Smith - SLB</t>
   </si>
   <si>
     <t>#3 Joseph Tallent - MLB</t>
   </si>