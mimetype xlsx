--- v0 (2025-11-23)
+++ v1 (2025-12-16)
@@ -308,51 +308,51 @@
   <si>
     <t>#40 Ron Felder - CB</t>
   </si>
   <si>
     <t>#48 Andrew Appling - CB</t>
   </si>
   <si>
     <t>#59 Willard Jimenez - SLB</t>
   </si>
   <si>
     <t>#50 Myron Pottios - WLB</t>
   </si>
   <si>
     <t>#25 David Lingerfelt - CB</t>
   </si>
   <si>
     <t>#30 Robert Evans - FS</t>
   </si>
   <si>
     <t>#39 Elwood Brown - CB</t>
   </si>
   <si>
     <t>#56 Joey Guzman - MLB</t>
   </si>
   <si>
-    <t>#13 Victor Boggs - WR</t>
+    <t>#13 Victor Boggs - RB</t>
   </si>
   <si>
     <t>#20 Leslie Baumann - CB</t>
   </si>
   <si>
     <t>#6 James Green - K</t>
   </si>
   <si>
     <t>LAR</t>
   </si>
   <si>
     <t>LAR 25</t>
   </si>
   <si>
     <t>Shotgun 5 Wide Middle Curls</t>
   </si>
   <si>
     <t>Dime Normal Double WR3</t>
   </si>
   <si>
     <t>1-10-LAR 25 (15:00) 10-Roman Gabriel pass INTERCEPTED by 23-Jose Rogers at LAR 33. 23-Jose Rogers to LAR 31 for 2 yards. Tackle by 88-Lance Rentzel.</t>
   </si>
   <si>
     <t>#10 Roman Gabriel - QB</t>
   </si>
@@ -560,51 +560,51 @@
   <si>
     <t>3-8-LAR 18 (12:22) 2-Daniel Rios pass complete to 15-Terry Warren for 18 yards. TOUCHDOWN! LVR 6 LAR 0</t>
   </si>
   <si>
     <t>#42 Jeffrey Jones - FB</t>
   </si>
   <si>
     <t>12:18</t>
   </si>
   <si>
     <t>LAR 15</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>(12:19) Extra point GOOD by 6-James Green. LVR 7 LAR 0</t>
   </si>
   <si>
     <t>#3 Jeffrey Granier - P</t>
   </si>
   <si>
-    <t>#95 Paul Parrott - DT</t>
+    <t>#95 Paul Parrott - RDE</t>
   </si>
   <si>
     <t>#65 Matthew Dickenson - LT</t>
   </si>
   <si>
     <t>#64 Jonathan Workman - LG</t>
   </si>
   <si>
     <t>#69 Daryl Graham - C</t>
   </si>
   <si>
     <t>#57 Carlos Jenkins - WLB</t>
   </si>
   <si>
     <t>(12:19) 6-James Green kicks 74 yards from LVR 35 to LAR -9. Touchback.</t>
   </si>
   <si>
     <t>Shotgun 5 Wide WR Curls</t>
   </si>
   <si>
     <t>1-10-LAR 25 (12:19) 10-Roman Gabriel pass incomplete, dropped by 33-John  Cappelletti. Pressure by 93-Warren Ramey. 55-Mike Rogers got away with a hold on that play.</t>
   </si>
   <si>
     <t>12:14</t>
   </si>