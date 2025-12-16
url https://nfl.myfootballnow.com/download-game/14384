--- v0 (2025-11-23)
+++ v1 (2025-12-16)
@@ -299,60 +299,60 @@
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 16-Justin Haas kicks 74 yards from GBY 35 to CHI -9. Touchback.</t>
   </si>
   <si>
     <t>#83 Roland Fritz - TE</t>
   </si>
   <si>
     <t>#57 Frank Hansen - MLB</t>
   </si>
   <si>
     <t>#26 Calvin Weaver - CB</t>
   </si>
   <si>
     <t>#51 Eric Williams - WLB</t>
   </si>
   <si>
     <t>#91 Bradley Berube - DT</t>
   </si>
   <si>
     <t>#21 Forest Fleming - CB</t>
   </si>
   <si>
-    <t>#96 Sean Stewart - LDE</t>
+    <t>#96 Sean Stewart - RDE</t>
   </si>
   <si>
     <t>#10 Stephen Spicer - P</t>
   </si>
   <si>
-    <t>#48 Scott Smalls - SS</t>
-[...2 lines deleted...]
-    <t>#89 Leroy Gibbs - WR</t>
+    <t>#42 Scott Smalls - SS</t>
+  </si>
+  <si>
+    <t>#2 Leroy Gibbs - RB</t>
   </si>
   <si>
     <t>#76 Fernando Smith - RDE</t>
   </si>
   <si>
     <t>#16 Justin Haas - K</t>
   </si>
   <si>
     <t>CHI</t>
   </si>
   <si>
     <t>CHI 25</t>
   </si>
   <si>
     <t>Shotgun Normal TE Out</t>
   </si>
   <si>
     <t>4-3 Under Crash Left</t>
   </si>
   <si>
     <t>1-10-CHI 25 (15:00) 7-Werner Earl pass complete to 87-Roger Meacham to CHI 32 for 7 yards. Tackle by 42-Michael Anderson.</t>
   </si>
   <si>
     <t>#7 Werner Earl - QB</t>
   </si>
@@ -701,51 +701,51 @@
   <si>
     <t>4-3 Under Double Safety Blitz</t>
   </si>
   <si>
     <t>1-10-CHI 25 (8:03) (Hot Read) 7-Werner Earl pass complete to 89-Leroy Gibbs for 75 yards. TOUCHDOWN! Pressure by 46-Anthony Murphy. CHI 6 GBY 3</t>
   </si>
   <si>
     <t>7:51</t>
   </si>
   <si>
     <t>GBY 15</t>
   </si>
   <si>
     <t>(7:52) Extra point GOOD by 16-Patrick Metz. CHI 7 GBY 3</t>
   </si>
   <si>
     <t>#16 Patrick Metz - K</t>
   </si>
   <si>
     <t>#68 Danny Barnes - C</t>
   </si>
   <si>
     <t>#32 Joe Corbin - FB</t>
   </si>
   <si>
-    <t>#89 Demetrius Brown - TE</t>
+    <t>#46 Demetrius Brown - RB</t>
   </si>
   <si>
     <t>#71 David Morgan - LDE</t>
   </si>
   <si>
     <t>#76 Roy Simon - RDE</t>
   </si>
   <si>
     <t>#98 Marcus Scales - DT</t>
   </si>
   <si>
     <t>CHI 35</t>
   </si>
   <si>
     <t>(7:52) 16-Patrick Metz kicks 74 yards from CHI 35 to GBY -9. Touchback.</t>
   </si>
   <si>
     <t>#14 Charles Voorhies - WR</t>
   </si>
   <si>
     <t>#20 Samuel Moon - RB</t>
   </si>
   <si>
     <t>#84 Daniel Sheperd - WR</t>
   </si>
@@ -872,51 +872,51 @@
   <si>
     <t>3-9-CHI 10 (4:30) 7-Werner Earl pass Pass knocked down by 42-Michael Anderson. incomplete, intended for 88-Kenneth Johnson. Pressure by 66-Jimmy Richards. CHI 59-Jackie Meadows was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>4:26</t>
   </si>
   <si>
     <t>4-9-CHI 10 (4:27) 9-Winston Torres punts 49 yards to GBY 41. 15-Jose Brown to CHI 49 for 11 yards. Tackle by 89-Demetrius Brown.</t>
   </si>
   <si>
     <t>#9 Winston Torres - P</t>
   </si>
   <si>
     <t>#96 Bradley Kay - SLB</t>
   </si>
   <si>
     <t>4:17</t>
   </si>
   <si>
     <t>CHI 49</t>
   </si>
   <si>
     <t>1-10-CHI 49 (4:18) 13-William McCarthy pass complete to 43-Chris Dawkins to CHI 38 for 11 yards. Tackle by 57-Frank Hansen. 43-Chris Dawkins breaks down the CB.</t>
   </si>
   <si>
-    <t>#64 Keith Bockman - MLB</t>
+    <t>#64 Keith Bockman - SLB</t>
   </si>
   <si>
     <t>3:44</t>
   </si>
   <si>
     <t>Weak I Normal WR Corner TE Middle</t>
   </si>
   <si>
     <t>4-3 Normal Double Safety Blitz</t>
   </si>
   <si>
     <t>1-10-CHI 38 (3:43) 13-William McCarthy pass incomplete, intended for 43-Chris Dawkins.</t>
   </si>
   <si>
     <t>3:40</t>
   </si>
   <si>
     <t>Nickel Strong 3 Deep Zone Under</t>
   </si>
   <si>
     <t>2-10-CHI 38 (3:41) 40-William Myles ran to CHI 39 for -1 yards. Tackle by 76-Fernando Smith.</t>
   </si>
   <si>
     <t>3:07</t>
   </si>
@@ -1139,51 +1139,51 @@
   <si>
     <t>I Formation Normal Max Protect</t>
   </si>
   <si>
     <t>4-3 Normal Double WR3</t>
   </si>
   <si>
     <t>1-10-CHI 35 (9:39) 13-William McCarthy pass complete to 45-Gregory Zarate to CHI 26 for 9 yards. Tackle by 26-Calvin Weaver. 45-Gregory Zarate made a great move on the CB.</t>
   </si>
   <si>
     <t>#18 Matthew Ramos - LT</t>
   </si>
   <si>
     <t>8:59</t>
   </si>
   <si>
     <t>I Formation Normal HB Dive</t>
   </si>
   <si>
     <t>4-3 Normal 3 Deep LB Blitz</t>
   </si>
   <si>
     <t>2-1-CHI 26 (8:58) 39-Joseph Klem ran to CHI 25 for 1 yards. Tackle by 64-Keith Bockman.</t>
   </si>
   <si>
-    <t>#97 Charles Shufelt - SLB</t>
+    <t>#51 Charles Shufelt - SLB</t>
   </si>
   <si>
     <t>8:19</t>
   </si>
   <si>
     <t>1-10-CHI 25 (8:18) 45-Gregory Zarate ran to CHI 12 for 13 yards. Tackle by 40-Jason Bunch. CHI 76-Fernando Smith was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>7:42</t>
   </si>
   <si>
     <t>CHI 12</t>
   </si>
   <si>
     <t>Goal Line Attack #3</t>
   </si>
   <si>
     <t>1-10-CHI 12 (7:41) 13-William McCarthy pass incomplete, the ball was thrown away. Pressure by 64-Keith Bockman.</t>
   </si>
   <si>
     <t>7:35</t>
   </si>
   <si>
     <t>I Formation Normal FL Hitch</t>
   </si>
@@ -2427,51 +2427,51 @@
     <col min="26" max="26" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="51" max="51" width="24.708" bestFit="true" customWidth="true" style="0"/>
+    <col min="51" max="51" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="29.421" bestFit="true" customWidth="true" style="0"/>