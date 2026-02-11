--- v0 (2025-12-27)
+++ v1 (2026-02-11)
@@ -293,342 +293,342 @@
   <si>
     <t>NYJ 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 16-Charles Davis kicks 75 yards from NYJ 35 to LAR -10. Touchback.</t>
   </si>
   <si>
     <t>#29 Frank Anderson - RB</t>
   </si>
   <si>
     <t>#40 Ron Felder - CB</t>
   </si>
   <si>
     <t>#48 Andrew Appling - CB</t>
   </si>
   <si>
     <t>#59 Willard Jimenez - SLB</t>
   </si>
   <si>
-    <t>#50 Myron Pottios - WLB</t>
+    <t>#66 Myron Pottios - WLB</t>
   </si>
   <si>
     <t>#25 David Lingerfelt - CB</t>
   </si>
   <si>
     <t>#13 Victor Boggs - RB</t>
   </si>
   <si>
     <t>#39 Elwood Brown - CB</t>
   </si>
   <si>
-    <t>#56 Joey Guzman - MLB</t>
-[...2 lines deleted...]
-    <t>#30 Robert Evans - FS</t>
+    <t>#99 Joey Guzman - MLB</t>
+  </si>
+  <si>
+    <t>#30 Robert Evans - SS</t>
   </si>
   <si>
     <t>#20 Leslie Baumann - CB</t>
   </si>
   <si>
     <t>#16 Charles Davis - K</t>
   </si>
   <si>
     <t>LAR</t>
   </si>
   <si>
     <t>LAR 25</t>
   </si>
   <si>
     <t>I Formation Normal PA Streaks</t>
   </si>
   <si>
     <t>Goal Line Attack #2</t>
   </si>
   <si>
     <t>1-10-LAR 25 (15:00) 10-Roman Gabriel sacked at LAR 17 for -8 yards (70-David Rueda). Sack allowed by 63-Leonard Lopez.</t>
   </si>
   <si>
-    <t>#10 Roman Gabriel - QB</t>
+    <t>#18 Roman Gabriel - QB</t>
   </si>
   <si>
     <t>#30 Skeets Quinlan - RB</t>
   </si>
   <si>
     <t>#44 Robert Long - FB</t>
   </si>
   <si>
-    <t>#83 Bruce Leung - TE</t>
-[...8 lines deleted...]
-    <t>#60 Damien Peterson - LG</t>
+    <t>#46 Bruce Leung - TE</t>
+  </si>
+  <si>
+    <t>#19 Lance Rentzel - WR</t>
+  </si>
+  <si>
+    <t>#78 Jackie Slater - LT</t>
+  </si>
+  <si>
+    <t>#61 Damien Peterson - LG</t>
   </si>
   <si>
     <t>#67 Rick Valdez - C</t>
   </si>
   <si>
-    <t>#68 Dennis Harrah - RG</t>
+    <t>#60 Dennis Harrah - RG</t>
   </si>
   <si>
     <t>#63 Leonard Lopez - LT</t>
   </si>
   <si>
     <t>#76 John Reynolds - LDE</t>
   </si>
   <si>
     <t>#70 David Rueda - LDE</t>
   </si>
   <si>
     <t>#95 Andrew Groff - DT</t>
   </si>
   <si>
-    <t>#85 Abraham Cox - DT</t>
+    <t>#64 Abraham Cox - DT</t>
   </si>
   <si>
     <t>#96 Ty Crowe - RDE</t>
   </si>
   <si>
-    <t>#5 Craig Thomas - WLB</t>
-[...2 lines deleted...]
-    <t>#8 Redd Barnes - MLB</t>
+    <t>#45 Craig Thomas - WLB</t>
+  </si>
+  <si>
+    <t>#90 Redd Barnes - RDE</t>
   </si>
   <si>
     <t>#50 Roger Dajure - WLB</t>
   </si>
   <si>
     <t>#25 Alvin Brassell - CB</t>
   </si>
   <si>
     <t>#27 Atrak Nekatu - CB</t>
   </si>
   <si>
     <t>#30 Keith Vogel - SS</t>
   </si>
   <si>
     <t>14:18</t>
   </si>
   <si>
     <t>LAR 17</t>
   </si>
   <si>
     <t>Weak I Normal HB Inside Strong</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Man</t>
   </si>
   <si>
     <t>2-18-LAR 17 (14:17) 30-Skeets Quinlan ran to LAR 21 for 3 yards. Tackle by 96-Ty Crowe.</t>
   </si>
   <si>
     <t>13:32</t>
   </si>
   <si>
     <t>LAR 21</t>
   </si>
   <si>
     <t>I Formation 3WR Slot Corner Long</t>
   </si>
   <si>
     <t>3-14-LAR 21 (13:31) 10-Roman Gabriel pass complete to 88-Lance Rentzel to LAR 33 for 12 yards. Tackle by 70-David Rueda. Pressure by 76-John Reynolds.</t>
   </si>
   <si>
-    <t>#49 William Wilson - FB</t>
-[...2 lines deleted...]
-    <t>#86 Henry  Ellard - WR</t>
+    <t>#49 William Wilson - TE</t>
+  </si>
+  <si>
+    <t>#83 Henry  Ellard - WR</t>
   </si>
   <si>
     <t>12:49</t>
   </si>
   <si>
     <t>LAR 33</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-2-LAR 33 (12:48) 4-Michael Colbert punts 50 yards to NYJ 18. Fair Catch by 24-Tyrone Tucker.</t>
   </si>
   <si>
     <t>#4 Michael Colbert - P</t>
   </si>
   <si>
     <t>#24 Tyrone Tucker - RB</t>
   </si>
   <si>
-    <t>#58 Dutch Doerr - SLB</t>
+    <t>#60 Dutch Doerr - SLB</t>
   </si>
   <si>
     <t>#68 Norman Schaller - SLB</t>
   </si>
   <si>
     <t>#21 Scholar  Rishi - CB</t>
   </si>
   <si>
     <t>#15 Malohi Masiva - CB</t>
   </si>
   <si>
     <t>#65 William Tomes - RT</t>
   </si>
   <si>
-    <t>#80 Johnny Mundt - TE</t>
+    <t>#44 Johnny Mundt - FB</t>
   </si>
   <si>
     <t>#99 Krushe Yosplene - LDE</t>
   </si>
   <si>
     <t>12:41</t>
   </si>
   <si>
     <t>NYJ 18</t>
   </si>
   <si>
     <t>Weak I Normal WR Corner TE Middle</t>
   </si>
   <si>
     <t>4-3 Normal Double WR3</t>
   </si>
   <si>
     <t>1-10-NYJ 18 (12:42) 11-Ronald Ruffner pass Pass knocked down by 56-Joey Guzman. incomplete, intended for 81-Stone Rokas.</t>
   </si>
   <si>
     <t>#11 Ronald Ruffner - QB</t>
   </si>
   <si>
     <t>#44 John Mefford - FB</t>
   </si>
   <si>
-    <t>#81 Stone Rokas - TE</t>
+    <t>#88 Stone Rokas - TE</t>
   </si>
   <si>
     <t>#89 Donte Smith - WR</t>
   </si>
   <si>
     <t>#13 Sarto Veloce - WR</t>
   </si>
   <si>
-    <t>#91 Terry Garcia - LT</t>
-[...5 lines deleted...]
-    <t>#74 Theodore Nichols - C</t>
+    <t>#91 Terry Garcia - RT</t>
+  </si>
+  <si>
+    <t>#52 Donald Garza - LG</t>
+  </si>
+  <si>
+    <t>#84 Theodore Nichols - C</t>
   </si>
   <si>
     <t>#61 Declan Delaney - RG</t>
   </si>
   <si>
     <t>#64 Bon Fire - RT</t>
   </si>
   <si>
     <t>#75 Deacon Jones - LDE</t>
   </si>
   <si>
     <t>#90 Leroy Sheppard - DT</t>
   </si>
   <si>
     <t>#79 Norman Williams - DT</t>
   </si>
   <si>
     <t>#76 Rosy Grier - RDE</t>
   </si>
   <si>
     <t>#52 Brandon Steger - SLB</t>
   </si>
   <si>
-    <t>#51 Isaiah Robertson - WLB</t>
+    <t>#58 Isaiah Robertson - MLB</t>
   </si>
   <si>
     <t>#43 Neal Parker - FS</t>
   </si>
   <si>
     <t>12:37</t>
   </si>
   <si>
     <t>Split Backs 3 Wide Dive Left</t>
   </si>
   <si>
     <t>4-3 Under Crowd Middle Deep Man</t>
   </si>
   <si>
     <t>2-10-NYJ 18 (12:38) 44-John Mefford ran to NYJ 19 for 1 yards. Tackle by 79-Norman Williams.</t>
   </si>
   <si>
     <t>#4 Van Tovenaar - RB</t>
   </si>
   <si>
     <t>#37 Brian Long - WR</t>
   </si>
   <si>
-    <t>#88 Stanley Allen - LG</t>
-[...2 lines deleted...]
-    <t>#73 Thomas Pittman - LG</t>
+    <t>#86 Stanley Allen - RG</t>
+  </si>
+  <si>
+    <t>#51 Thomas Pittman - LG</t>
   </si>
   <si>
     <t>#59 Raul Gordon - RG</t>
   </si>
   <si>
     <t>#63 John Lacasse - RT</t>
   </si>
   <si>
     <t>12:01</t>
   </si>
   <si>
     <t>NYJ 19</t>
   </si>
   <si>
     <t>Shotgun Normal HB Flare</t>
   </si>
   <si>
     <t>Dime Flat Zone Blitz</t>
   </si>
   <si>
     <t>3-9-NYJ 19 (12:00) 11-Ronald Ruffner pass complete to 24-Tyrone Tucker to NYJ 38 for 19 yards. Tackle by 40-Ron Felder.</t>
   </si>
   <si>
-    <t>#22 Breece  Hall - WR</t>
-[...2 lines deleted...]
-    <t>#47 Monte Jackson - CB</t>
+    <t>#19 Breece  Hall - WR</t>
+  </si>
+  <si>
+    <t>#28 Monte Jackson - CB</t>
   </si>
   <si>
     <t>11:15</t>
   </si>
   <si>
     <t>NYJ 38</t>
   </si>
   <si>
     <t>I Formation Twin WR Hard Slants</t>
   </si>
   <si>
     <t>1-10-NYJ 38 (11:14) 11-Ronald Ruffner pass incomplete, intended for 81-Stone Rokas. Pressure by 76-Rosy Grier.</t>
   </si>
   <si>
     <t>11:11</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR Shotgun Sweep</t>
   </si>
   <si>
     <t>4-3 Normal Man Under 1</t>
   </si>
   <si>
     <t>2-10-NYJ 38 (11:12) 14-Chuck Enducke ran to NYJ 45 for 7 yards. Tackle by 40-Ron Felder.</t>
   </si>
@@ -827,57 +827,57 @@
   <si>
     <t>Singleback Normal WR Quick In</t>
   </si>
   <si>
     <t>Dime Normal LB Blitz</t>
   </si>
   <si>
     <t>1-10-LAR 15 (3:26) 11-Ronald Ruffner pass complete to 4-Van Tovenaar for 15 yards. TOUCHDOWN! LAR 0 NYJ 6</t>
   </si>
   <si>
     <t>#42 William Boyle - FS</t>
   </si>
   <si>
     <t>3:20</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>(3:21) Extra point GOOD by 16-Charles Davis. LAR 0 NYJ 7</t>
   </si>
   <si>
-    <t>#87 Cole  Pyles - TE</t>
-[...5 lines deleted...]
-    <t>#57 Carlos Jenkins - WLB</t>
+    <t>#81 Cole  Pyles - TE</t>
+  </si>
+  <si>
+    <t>#91 Leslie O'Neal - LDE</t>
+  </si>
+  <si>
+    <t>#97 Carlos Jenkins - RDE</t>
   </si>
   <si>
     <t>(3:21) 16-Charles Davis kicks 69 yards from NYJ 35 to LAR -4. Touchback.</t>
   </si>
   <si>
     <t>1-10-LAR 25 (3:21) 30-Skeets Quinlan ran to LAR 24 for -1 yards. Tackle by 30-Keith Vogel.</t>
   </si>
   <si>
     <t>2:50</t>
   </si>
   <si>
     <t>LAR 24</t>
   </si>
   <si>
     <t>I Formation Normal HB Blast</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Zone Under</t>
   </si>
   <si>
     <t>2-11-LAR 24 (2:49) 30-Skeets Quinlan ran to LAR 29 for 5 yards. Tackle by 30-Keith Vogel.</t>
   </si>
   <si>
     <t>2:12</t>
   </si>
@@ -956,75 +956,75 @@
   <si>
     <t>3-4-LAR 32 (14:21) 10-Roman Gabriel pass INTERCEPTED by 30-Keith Vogel at LAR 39. 30-Keith Vogel to LAR 39 for 0 yards. Tackle by 86-Henry  Ellard. Pressure by 5-Craig Thomas. PENALTY - Pass Interference (NYJ 30-Keith Vogel)</t>
   </si>
   <si>
     <t>14:17</t>
   </si>
   <si>
     <t>LAR 40</t>
   </si>
   <si>
     <t>1-10-LAR 40 (14:18) 30-Skeets Quinlan ran to LAR 44 for 4 yards. Tackle by 30-Keith Vogel.</t>
   </si>
   <si>
     <t>13:39</t>
   </si>
   <si>
     <t>LAR 44</t>
   </si>
   <si>
     <t>Shotgun Normal Deep Weak In and Out</t>
   </si>
   <si>
     <t>2-6-LAR 44 (13:38) (Hot Read) 10-Roman Gabriel pass complete to 83-Bruce Leung to LAR 47 for 3 yards. Tackle by 50-Roger Dajure. PENALTY - Holding (LAR 66-Jackie Slater)</t>
   </si>
   <si>
-    <t>#33 John  Cappelletti - RB</t>
+    <t>#22 John  Cappelletti - RB</t>
   </si>
   <si>
     <t>#84 Michael White - WR</t>
   </si>
   <si>
     <t>13:34</t>
   </si>
   <si>
     <t>Shotgun 5 Wide Middle Curls</t>
   </si>
   <si>
     <t>2-16-LAR 34 (13:35) 10-Roman Gabriel pass incomplete, intended for 88-Lance Rentzel.</t>
   </si>
   <si>
     <t>13:31</t>
   </si>
   <si>
     <t>Shotgun 5 Wide Slot Cross</t>
   </si>
   <si>
     <t>3-16-LAR 34 (13:32) 10-Roman Gabriel pass complete to 37-William Wilson to LAR 40 for 5 yards. Tackle by 8-Redd Barnes.</t>
   </si>
   <si>
-    <t>#11 Jeremy Wagner - CB</t>
+    <t>#23 Jeremy Wagner - CB</t>
   </si>
   <si>
     <t>4-11-LAR 40 (12:48) 4-Michael Colbert punts 47 yards to NYJ 14. Fair Catch by 24-Tyrone Tucker.</t>
   </si>
   <si>
     <t>12:40</t>
   </si>
   <si>
     <t>NYJ 14</t>
   </si>
   <si>
     <t>Shotgun 5 Wide Parallel Slants</t>
   </si>
   <si>
     <t>1-10-NYJ 14 (12:41) 11-Ronald Ruffner pass complete to 24-Tyrone Tucker to NYJ 23 for 9 yards. Tackle by 56-Joey Guzman. Nice job by 24-Tyrone Tucker on that route to lose his coverage.</t>
   </si>
   <si>
     <t>12:06</t>
   </si>
   <si>
     <t>NYJ 23</t>
   </si>
   <si>
     <t>I Formation Normal HB Dive</t>
   </si>
@@ -1034,51 +1034,51 @@
   <si>
     <t>11:27</t>
   </si>
   <si>
     <t>NYJ 46</t>
   </si>
   <si>
     <t>Quarter Normal CB5 MLB Blitz</t>
   </si>
   <si>
     <t>1-10-NYJ 46 (11:26) 11-Ronald Ruffner pass complete to 24-Tyrone Tucker to LAR 43 for 11 yards. 24-Tyrone Tucker FUMBLES (39-Elwood Brown) recovered by LAR-76-Rosy Grier at LAR 44. Tackle by 91-Terry Garcia.</t>
   </si>
   <si>
     <t>11:19</t>
   </si>
   <si>
     <t>1-10-LAR 44 (11:20) 10-Roman Gabriel pass incomplete, dropped by 88-Lance Rentzel. NYJ 50-Roger Dajure was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>11:17</t>
   </si>
   <si>
     <t>2-10-LAR 44 (11:18) 10-Roman Gabriel pass incomplete, intended for 30-Skeets Quinlan.</t>
   </si>
   <si>
-    <t>#67 William Russell - MLB</t>
+    <t>#94 William Russell - MLB</t>
   </si>
   <si>
     <t>11:13</t>
   </si>
   <si>
     <t>3-10-LAR 44 (11:14) 10-Roman Gabriel pass Pass knocked down by 27-Atrak Nekatu. incomplete, intended for 86-Henry  Ellard.</t>
   </si>
   <si>
     <t>11:09</t>
   </si>
   <si>
     <t>4-10-LAR 44 (11:10) 4-Michael Colbert punts 66 yards to NYJ -10.4-10-LAR 44 (11:10) 4-Michael Colbert punts 66 yards to NYJ -10. Touchback.</t>
   </si>
   <si>
     <t>11:01</t>
   </si>
   <si>
     <t>NYJ 20</t>
   </si>
   <si>
     <t>1-10-NYJ 20 (11:02) 11-Ronald Ruffner pass Pass knocked down by 20-Leslie Baumann. incomplete, intended for 81-Stone Rokas.</t>
   </si>
   <si>
     <t>10:58</t>
   </si>
@@ -1775,51 +1775,51 @@
   <si>
     <t>2-10-NYJ 22 (10:27) 10-Roman Gabriel pass incomplete, dropped by 33-John  Cappelletti.</t>
   </si>
   <si>
     <t>#26 Joan Cady - RB</t>
   </si>
   <si>
     <t>10:23</t>
   </si>
   <si>
     <t>Singleback Normal PA Rollout</t>
   </si>
   <si>
     <t>3-10-NYJ 22 (10:24) 10-Roman Gabriel pass Pass knocked down by 76-John Reynolds. incomplete, intended for 83-Bruce Leung. NYJ 70-David Rueda was injured on the play.</t>
   </si>
   <si>
     <t>#87 Robert Merino - WR</t>
   </si>
   <si>
     <t>10:15</t>
   </si>
   <si>
     <t>4-10-NYJ 22 (10:16) 12-Jeffrey Booker 41 yard field goal is GOOD. NYJ 85-Abraham Cox was injured on the play. LAR 3 NYJ 20</t>
   </si>
   <si>
-    <t>#19 Justin Jackson - QB</t>
+    <t>#16 Justin Jackson - QB</t>
   </si>
   <si>
     <t>#66 Mark Strayhorn - C</t>
   </si>
   <si>
     <t>10:12</t>
   </si>
   <si>
     <t>(10:13) 12-Jeffrey Booker kicks 67 yards from LAR 35 to NYJ -2. 14-Chuck Enducke to NYJ 24 for 28 yards. Tackle by 20-Leslie Baumann.</t>
   </si>
   <si>
     <t>10:08</t>
   </si>
   <si>
     <t>NYJ 24</t>
   </si>
   <si>
     <t>1-10-NYJ 24 (10:09) 11-Ronald Ruffner pass complete to 22-Breece  Hall to NYJ 40 for 16 yards. Tackle by 51-Isaiah Robertson.</t>
   </si>
   <si>
     <t>9:34</t>
   </si>
   <si>
     <t>1-10-NYJ 40 (9:33) 11-Ronald Ruffner pass complete to 22-Breece  Hall to LAR 43 for 17 yards. Tackle by 56-Joey Guzman.</t>
   </si>
@@ -1838,51 +1838,51 @@
   <si>
     <t>2-15-LAR 48 (8:43) 4-Van Tovenaar ran to LAR 47 for 1 yards. Tackle by 52-Brandon Steger.</t>
   </si>
   <si>
     <t>8:10</t>
   </si>
   <si>
     <t>3-14-LAR 47 (8:09) 11-Ronald Ruffner pass complete to 81-Stone Rokas to LAR 36 for 11 yards. Tackle by 47-Monte Jackson. 39-Elwood Brown got away with a hold on that play.</t>
   </si>
   <si>
     <t>7:34</t>
   </si>
   <si>
     <t>LAR 36</t>
   </si>
   <si>
     <t>4-3-LAR 36 (7:33) 16-Charles Davis 53 yard field goal is GOOD. LAR 39-Elwood Brown was injured on the play. LAR 3 NYJ 23</t>
   </si>
   <si>
     <t>7:28</t>
   </si>
   <si>
     <t>(7:29) 16-Charles Davis kicks 69 yards from NYJ 35 to LAR -4. Touchback.</t>
   </si>
   <si>
-    <t>#55 William Tolbert - DT</t>
+    <t>#73 William Tolbert - DT</t>
   </si>
   <si>
     <t>1-10-LAR 25 (7:29) 10-Roman Gabriel pass complete to 30-Skeets Quinlan to LAR 33 for 8 yards. Tackle by 75-Benjamin Radford.</t>
   </si>
   <si>
     <t>7:02</t>
   </si>
   <si>
     <t>2-2-LAR 33 (7:01) 10-Roman Gabriel sacked at LAR 24 for -9 yards (76-John Reynolds). Sack allowed by 68-Dennis Harrah.</t>
   </si>
   <si>
     <t>6:40</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR WR Curl</t>
   </si>
   <si>
     <t>3-11-LAR 24 (6:39) 10-Roman Gabriel pass incomplete, dropped by 33-John  Cappelletti.</t>
   </si>
   <si>
     <t>6:35</t>
   </si>
   <si>
     <t>4-11-LAR 24 (6:36) 4-Michael Colbert punts 43 yards to NYJ 33. 24-Tyrone Tucker to NYJ 36 for 3 yards. Tackle by 25-David Lingerfelt.</t>
   </si>