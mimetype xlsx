--- v0 (2025-11-28)
+++ v1 (2026-01-09)
@@ -311,51 +311,51 @@
   <si>
     <t>#8 Redd Barnes - MLB</t>
   </si>
   <si>
     <t>#27 Atrak Nekatu - CB</t>
   </si>
   <si>
     <t>#76 John Reynolds - LDE</t>
   </si>
   <si>
     <t>#40 Paul McManus - SS</t>
   </si>
   <si>
     <t>#55 Amadou Yuharme - SLB</t>
   </si>
   <si>
     <t>#5 Craig Thomas - WLB</t>
   </si>
   <si>
     <t>#30 Keith Vogel - SS</t>
   </si>
   <si>
     <t>#33 Weasel Wallace - FS</t>
   </si>
   <si>
-    <t>#97 Miguel Scherrer - LDE</t>
+    <t>#94 Miguel Scherrer - LDE</t>
   </si>
   <si>
     <t>#6 Leroy Carolan - K</t>
   </si>
   <si>
     <t>NYJ</t>
   </si>
   <si>
     <t>NYJ 25</t>
   </si>
   <si>
     <t>I Formation Twin WR Quick Outs</t>
   </si>
   <si>
     <t>4-3 Under Crash Right</t>
   </si>
   <si>
     <t>1-10-NYJ 25 (15:00) 3-Mitchell Christenson pass complete to 81-Stone Rokas to NYJ 32 for 7 yards. Tackle by 98-Paul Clark.</t>
   </si>
   <si>
     <t>#3 Mitchell Christenson - QB</t>
   </si>
   <si>
     <t>#34 Victor Wheatley - RB</t>
   </si>
@@ -368,102 +368,102 @@
   <si>
     <t>#7 Kenneth Ornelas - WR</t>
   </si>
   <si>
     <t>#22 Breece  Hall - WR</t>
   </si>
   <si>
     <t>#91 Terry Garcia - LT</t>
   </si>
   <si>
     <t>#51 Donald Garza - LG</t>
   </si>
   <si>
     <t>#73 Thomas Pittman - LG</t>
   </si>
   <si>
     <t>#61 Declan Delaney - RG</t>
   </si>
   <si>
     <t>#64 Bon Fire - RT</t>
   </si>
   <si>
     <t>#51 Reginald Salas - DT</t>
   </si>
   <si>
-    <t>#95 William Hess - LDE</t>
+    <t>#95 William Hess - DT</t>
   </si>
   <si>
     <t>#2 Brandon Weaver - DT</t>
   </si>
   <si>
     <t>#62 David Burt - RDE</t>
   </si>
   <si>
     <t>#50 Daniel Aybar - SLB</t>
   </si>
   <si>
     <t>#99 Ross Nunnally - MLB</t>
   </si>
   <si>
     <t>#90 James King - WLB</t>
   </si>
   <si>
     <t>#39 Clinton Hodge - CB</t>
   </si>
   <si>
     <t>#23 Albert Diaz - CB</t>
   </si>
   <si>
     <t>#27 Robert Howland - SS</t>
   </si>
   <si>
     <t>#98 Paul Clark - FS</t>
   </si>
   <si>
     <t>14:20</t>
   </si>
   <si>
     <t>NYJ 32</t>
   </si>
   <si>
     <t>Goal Line Normal HB Toss Strong</t>
   </si>
   <si>
     <t>Goal Line Attack #3</t>
   </si>
   <si>
     <t>2-3-NYJ 32 (14:19) 14-Chuck Enducke ran to NYJ 32 for -1 yards. Tackle by 99-Ross Nunnally.</t>
   </si>
   <si>
     <t>#14 Chuck Enducke - RB</t>
   </si>
   <si>
     <t>#80 Scooter Springs - TE</t>
   </si>
   <si>
-    <t>#88 Stanley Allen - LG</t>
+    <t>#88 Stanley Allen - RG</t>
   </si>
   <si>
     <t>#87 Cole  Pyles - TE</t>
   </si>
   <si>
     <t>#77 Blake Gonzalez - RT</t>
   </si>
   <si>
     <t>#63 John Lacasse - RT</t>
   </si>
   <si>
     <t>#59 Raul Gordon - RG</t>
   </si>
   <si>
     <t>#77 Patrick Randall - LDE</t>
   </si>
   <si>
     <t>#35 Kenneth Eubanks - WLB</t>
   </si>
   <si>
     <t>#54 Kristofer Salazar - WLB</t>
   </si>
   <si>
     <t>13:42</t>
   </si>
@@ -569,123 +569,123 @@
   <si>
     <t>3-5-MIN 43 (10:53) 3-Mitchell Christenson pass Pass knocked down by 57-Dennis Pirkle. incomplete, intended for 7-Kenneth Ornelas.</t>
   </si>
   <si>
     <t>10:49</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-5-MIN 43 (10:50) 12-Charles Terry punts 35 yards to MIN 8. Fair Catch by 15-Harold Deleon. NYJ 51-Donald Garza was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#12 Charles Terry - P</t>
   </si>
   <si>
     <t>#15 Harold Deleon - RB</t>
   </si>
   <si>
     <t>#5 Mario Hester - RB</t>
   </si>
   <si>
-    <t>#89 Joseph Johnson - LT</t>
+    <t>#89 Joseph Johnson - RT</t>
   </si>
   <si>
     <t>#11 Walter Rosenberg - WR</t>
   </si>
   <si>
     <t>#49 Patrick Westhoff - RB</t>
   </si>
   <si>
     <t>#80 Roger Nunez - TE</t>
   </si>
   <si>
     <t>#68 James Blair - C</t>
   </si>
   <si>
     <t>#93 Willis Wong - LDE</t>
   </si>
   <si>
-    <t>#92 Esteban Oliver - RDE</t>
+    <t>#92 Esteban Oliver - LDE</t>
   </si>
   <si>
     <t>10:42</t>
   </si>
   <si>
     <t>MIN 8</t>
   </si>
   <si>
     <t>Singleback Slot Strong HB Strong Inside</t>
   </si>
   <si>
     <t>1-10-MIN 8 (10:43) 24-Tom Fisher ran to MIN 13 for 6 yards. Tackle by 33-Weasel Wallace.</t>
   </si>
   <si>
     <t>#3 Douglas Millikan - QB</t>
   </si>
   <si>
     <t>#24 Tom Fisher - RB</t>
   </si>
   <si>
     <t>#85 Joseph Baker - TE</t>
   </si>
   <si>
     <t>#33 Hector Danos - WR</t>
   </si>
   <si>
     <t>#83 Ronald Smith - WR</t>
   </si>
   <si>
     <t>#82 Michael Sanders - WR</t>
   </si>
   <si>
     <t>#61 Denver Cameron - RT</t>
   </si>
   <si>
     <t>#64 Terry Brown - RG</t>
   </si>
   <si>
     <t>#76 William Cason - C</t>
   </si>
   <si>
     <t>#55 David Collier - RG</t>
   </si>
   <si>
-    <t>#1 Willie Hicks - LT</t>
+    <t>#1 Willie Hicks - C</t>
   </si>
   <si>
     <t>#75 Benjamin Radford - DT</t>
   </si>
   <si>
     <t>#85 Abraham Cox - DT</t>
   </si>
   <si>
-    <t>#58 Dutch Doerr - SLB</t>
+    <t>#60 Dutch Doerr - SLB</t>
   </si>
   <si>
     <t>#50 Roger Dajure - WLB</t>
   </si>
   <si>
     <t>#15 Malohi Masiva - CB</t>
   </si>
   <si>
     <t>#45 Larry Dillow - SS</t>
   </si>
   <si>
     <t>9:59</t>
   </si>
   <si>
     <t>MIN 13</t>
   </si>
   <si>
     <t>I Formation Normal FL Hitch</t>
   </si>
   <si>
     <t>2-4-MIN 13 (9:58) 3-Douglas Millikan pass Pass knocked down by 75-John Reynolds. incomplete, intended for 85-Joseph Baker.</t>
   </si>
   <si>
     <t>#25 Brandon Rubio - FB</t>
   </si>