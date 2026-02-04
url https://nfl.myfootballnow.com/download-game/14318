--- v1 (2026-01-09)
+++ v2 (2026-02-04)
@@ -287,255 +287,255 @@
   <si>
     <t>MIN has won the toss and elected to defer.</t>
   </si>
   <si>
     <t>MIN</t>
   </si>
   <si>
     <t>MIN 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 6-Leroy Carolan kicks 74 yards from MIN 35 to NYJ -9. Touchback.</t>
   </si>
   <si>
     <t>#24 Tyrone Tucker - RB</t>
   </si>
   <si>
     <t>#10 Isaac Church - CB</t>
   </si>
   <si>
-    <t>#8 Redd Barnes - MLB</t>
+    <t>#90 Redd Barnes - RDE</t>
   </si>
   <si>
     <t>#27 Atrak Nekatu - CB</t>
   </si>
   <si>
     <t>#76 John Reynolds - LDE</t>
   </si>
   <si>
     <t>#40 Paul McManus - SS</t>
   </si>
   <si>
     <t>#55 Amadou Yuharme - SLB</t>
   </si>
   <si>
-    <t>#5 Craig Thomas - WLB</t>
+    <t>#45 Craig Thomas - WLB</t>
   </si>
   <si>
     <t>#30 Keith Vogel - SS</t>
   </si>
   <si>
     <t>#33 Weasel Wallace - FS</t>
   </si>
   <si>
     <t>#94 Miguel Scherrer - LDE</t>
   </si>
   <si>
     <t>#6 Leroy Carolan - K</t>
   </si>
   <si>
     <t>NYJ</t>
   </si>
   <si>
     <t>NYJ 25</t>
   </si>
   <si>
     <t>I Formation Twin WR Quick Outs</t>
   </si>
   <si>
     <t>4-3 Under Crash Right</t>
   </si>
   <si>
     <t>1-10-NYJ 25 (15:00) 3-Mitchell Christenson pass complete to 81-Stone Rokas to NYJ 32 for 7 yards. Tackle by 98-Paul Clark.</t>
   </si>
   <si>
     <t>#3 Mitchell Christenson - QB</t>
   </si>
   <si>
     <t>#34 Victor Wheatley - RB</t>
   </si>
   <si>
     <t>#44 John Mefford - FB</t>
   </si>
   <si>
-    <t>#81 Stone Rokas - TE</t>
-[...14 lines deleted...]
-    <t>#73 Thomas Pittman - LG</t>
+    <t>#88 Stone Rokas - TE</t>
+  </si>
+  <si>
+    <t>#87 Kenneth Ornelas - WR</t>
+  </si>
+  <si>
+    <t>#19 Breece  Hall - WR</t>
+  </si>
+  <si>
+    <t>#91 Terry Garcia - RT</t>
+  </si>
+  <si>
+    <t>#52 Donald Garza - LG</t>
+  </si>
+  <si>
+    <t>#51 Thomas Pittman - LG</t>
   </si>
   <si>
     <t>#61 Declan Delaney - RG</t>
   </si>
   <si>
     <t>#64 Bon Fire - RT</t>
   </si>
   <si>
     <t>#51 Reginald Salas - DT</t>
   </si>
   <si>
     <t>#95 William Hess - DT</t>
   </si>
   <si>
     <t>#2 Brandon Weaver - DT</t>
   </si>
   <si>
     <t>#62 David Burt - RDE</t>
   </si>
   <si>
-    <t>#50 Daniel Aybar - SLB</t>
+    <t>#50 Daniel Aybar - WLB</t>
   </si>
   <si>
     <t>#99 Ross Nunnally - MLB</t>
   </si>
   <si>
-    <t>#90 James King - WLB</t>
+    <t>#90 James King - LDE</t>
   </si>
   <si>
     <t>#39 Clinton Hodge - CB</t>
   </si>
   <si>
     <t>#23 Albert Diaz - CB</t>
   </si>
   <si>
     <t>#27 Robert Howland - SS</t>
   </si>
   <si>
     <t>#98 Paul Clark - FS</t>
   </si>
   <si>
     <t>14:20</t>
   </si>
   <si>
     <t>NYJ 32</t>
   </si>
   <si>
     <t>Goal Line Normal HB Toss Strong</t>
   </si>
   <si>
     <t>Goal Line Attack #3</t>
   </si>
   <si>
     <t>2-3-NYJ 32 (14:19) 14-Chuck Enducke ran to NYJ 32 for -1 yards. Tackle by 99-Ross Nunnally.</t>
   </si>
   <si>
     <t>#14 Chuck Enducke - RB</t>
   </si>
   <si>
     <t>#80 Scooter Springs - TE</t>
   </si>
   <si>
-    <t>#88 Stanley Allen - RG</t>
-[...2 lines deleted...]
-    <t>#87 Cole  Pyles - TE</t>
+    <t>#86 Stanley Allen - RG</t>
+  </si>
+  <si>
+    <t>#81 Cole  Pyles - TE</t>
   </si>
   <si>
     <t>#77 Blake Gonzalez - RT</t>
   </si>
   <si>
     <t>#63 John Lacasse - RT</t>
   </si>
   <si>
     <t>#59 Raul Gordon - RG</t>
   </si>
   <si>
     <t>#77 Patrick Randall - LDE</t>
   </si>
   <si>
     <t>#35 Kenneth Eubanks - WLB</t>
   </si>
   <si>
-    <t>#54 Kristofer Salazar - WLB</t>
+    <t>#54 Kristofer Salazar - MLB</t>
   </si>
   <si>
     <t>13:42</t>
   </si>
   <si>
     <t>I Formation Twin WR Hard Slants</t>
   </si>
   <si>
     <t>4-3 Normal SLB Outside Blitz</t>
   </si>
   <si>
     <t>3-3-NYJ 32 (13:41) 3-Mitchell Christenson pass complete to 81-Stone Rokas to NYJ 38 for 6 yards. Tackle by 90-James King.</t>
   </si>
   <si>
     <t>13:01</t>
   </si>
   <si>
     <t>NYJ 38</t>
   </si>
   <si>
     <t>1-10-NYJ 38 (13:00) 3-Mitchell Christenson pass complete to 81-Stone Rokas to NYJ 43 for 5 yards. Tackle by 90-James King.</t>
   </si>
   <si>
-    <t>#97 Frank Scott - CB</t>
+    <t>#97 Frank Scott - LDE</t>
   </si>
   <si>
     <t>12:19</t>
   </si>
   <si>
     <t>NYJ 43</t>
   </si>
   <si>
     <t>Empty 4 Wide Spread Corner Post</t>
   </si>
   <si>
     <t>Dime Flat MLB SS Blitz</t>
   </si>
   <si>
     <t>2-5-NYJ 43 (12:18) 3-Mitchell Christenson pass complete to 7-Kenneth Ornelas to MIN 48 for 9 yards. Tackle by 78-Darrell Holman. 7-Kenneth Ornelas did some fancy footwork there.</t>
   </si>
   <si>
     <t>#37 Brian Long - WR</t>
   </si>
   <si>
     <t>#78 Darrell Holman - RDE</t>
   </si>
   <si>
     <t>#57 Dennis Pirkle - CB</t>
   </si>
   <si>
-    <t>#46 Michael Steger - CB</t>
+    <t>#46 Michael Steger - SS</t>
   </si>
   <si>
     <t>#47 Jesse Fortenberry - CB</t>
   </si>
   <si>
     <t>#20 James Bailey - CB</t>
   </si>
   <si>
     <t>11:33</t>
   </si>
   <si>
     <t>MIN 48</t>
   </si>
   <si>
     <t>Weak I Normal WR Corner TE Middle</t>
   </si>
   <si>
     <t>4-3 Normal Double WR3</t>
   </si>
   <si>
     <t>1-10-MIN 48 (11:32) 3-Mitchell Christenson pass Pass knocked down by 27-Robert Howland. incomplete, intended for 24-Victor Wheatley. Pressure by 77-Patrick Randall.</t>
   </si>
   <si>
     <t>11:26</t>
   </si>
@@ -569,120 +569,120 @@
   <si>
     <t>3-5-MIN 43 (10:53) 3-Mitchell Christenson pass Pass knocked down by 57-Dennis Pirkle. incomplete, intended for 7-Kenneth Ornelas.</t>
   </si>
   <si>
     <t>10:49</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-5-MIN 43 (10:50) 12-Charles Terry punts 35 yards to MIN 8. Fair Catch by 15-Harold Deleon. NYJ 51-Donald Garza was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#12 Charles Terry - P</t>
   </si>
   <si>
     <t>#15 Harold Deleon - RB</t>
   </si>
   <si>
     <t>#5 Mario Hester - RB</t>
   </si>
   <si>
-    <t>#89 Joseph Johnson - RT</t>
+    <t>#89 Joseph Johnson - LT</t>
   </si>
   <si>
     <t>#11 Walter Rosenberg - WR</t>
   </si>
   <si>
     <t>#49 Patrick Westhoff - RB</t>
   </si>
   <si>
     <t>#80 Roger Nunez - TE</t>
   </si>
   <si>
-    <t>#68 James Blair - C</t>
+    <t>#68 James Blair - LT</t>
   </si>
   <si>
     <t>#93 Willis Wong - LDE</t>
   </si>
   <si>
     <t>#92 Esteban Oliver - LDE</t>
   </si>
   <si>
     <t>10:42</t>
   </si>
   <si>
     <t>MIN 8</t>
   </si>
   <si>
     <t>Singleback Slot Strong HB Strong Inside</t>
   </si>
   <si>
     <t>1-10-MIN 8 (10:43) 24-Tom Fisher ran to MIN 13 for 6 yards. Tackle by 33-Weasel Wallace.</t>
   </si>
   <si>
     <t>#3 Douglas Millikan - QB</t>
   </si>
   <si>
     <t>#24 Tom Fisher - RB</t>
   </si>
   <si>
     <t>#85 Joseph Baker - TE</t>
   </si>
   <si>
     <t>#33 Hector Danos - WR</t>
   </si>
   <si>
     <t>#83 Ronald Smith - WR</t>
   </si>
   <si>
     <t>#82 Michael Sanders - WR</t>
   </si>
   <si>
-    <t>#61 Denver Cameron - RT</t>
+    <t>#59 Denver Cameron - RT</t>
   </si>
   <si>
     <t>#64 Terry Brown - RG</t>
   </si>
   <si>
-    <t>#76 William Cason - C</t>
+    <t>#76 William Cason - RT</t>
   </si>
   <si>
     <t>#55 David Collier - RG</t>
   </si>
   <si>
     <t>#1 Willie Hicks - C</t>
   </si>
   <si>
     <t>#75 Benjamin Radford - DT</t>
   </si>
   <si>
-    <t>#85 Abraham Cox - DT</t>
+    <t>#64 Abraham Cox - DT</t>
   </si>
   <si>
     <t>#60 Dutch Doerr - SLB</t>
   </si>
   <si>
     <t>#50 Roger Dajure - WLB</t>
   </si>
   <si>
     <t>#15 Malohi Masiva - CB</t>
   </si>
   <si>
     <t>#45 Larry Dillow - SS</t>
   </si>
   <si>
     <t>9:59</t>
   </si>
   <si>
     <t>MIN 13</t>
   </si>
   <si>
     <t>I Formation Normal FL Hitch</t>
   </si>
   <si>
     <t>2-4-MIN 13 (9:58) 3-Douglas Millikan pass Pass knocked down by 75-John Reynolds. incomplete, intended for 85-Joseph Baker.</t>
   </si>