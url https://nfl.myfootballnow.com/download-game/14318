--- v2 (2026-02-04)
+++ v3 (2026-02-25)
@@ -488,51 +488,51 @@
   <si>
     <t>#97 Frank Scott - LDE</t>
   </si>
   <si>
     <t>12:19</t>
   </si>
   <si>
     <t>NYJ 43</t>
   </si>
   <si>
     <t>Empty 4 Wide Spread Corner Post</t>
   </si>
   <si>
     <t>Dime Flat MLB SS Blitz</t>
   </si>
   <si>
     <t>2-5-NYJ 43 (12:18) 3-Mitchell Christenson pass complete to 7-Kenneth Ornelas to MIN 48 for 9 yards. Tackle by 78-Darrell Holman. 7-Kenneth Ornelas did some fancy footwork there.</t>
   </si>
   <si>
     <t>#37 Brian Long - WR</t>
   </si>
   <si>
     <t>#78 Darrell Holman - RDE</t>
   </si>
   <si>
-    <t>#57 Dennis Pirkle - CB</t>
+    <t>#26 Dennis Pirkle - CB</t>
   </si>
   <si>
     <t>#46 Michael Steger - SS</t>
   </si>
   <si>
     <t>#47 Jesse Fortenberry - CB</t>
   </si>
   <si>
     <t>#20 James Bailey - CB</t>
   </si>
   <si>
     <t>11:33</t>
   </si>
   <si>
     <t>MIN 48</t>
   </si>
   <si>
     <t>Weak I Normal WR Corner TE Middle</t>
   </si>
   <si>
     <t>4-3 Normal Double WR3</t>
   </si>
   <si>
     <t>1-10-MIN 48 (11:32) 3-Mitchell Christenson pass Pass knocked down by 27-Robert Howland. incomplete, intended for 24-Victor Wheatley. Pressure by 77-Patrick Randall.</t>
   </si>