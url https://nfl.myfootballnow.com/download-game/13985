--- v0 (2025-11-06)
+++ v1 (2025-11-28)
@@ -344,93 +344,93 @@
   <si>
     <t>MIN 25</t>
   </si>
   <si>
     <t>Singleback Normal HB Inside Weak</t>
   </si>
   <si>
     <t>4-3 Normal OLB Blitz Inside</t>
   </si>
   <si>
     <t>1-10-MIN 25 (15:00) 24-Tom Fisher ran to MIN 24 for -1 yards. Tackle by 50-Roger Dajure.</t>
   </si>
   <si>
     <t>#3 Douglas Millikan - QB</t>
   </si>
   <si>
     <t>#24 Tom Fisher - RB</t>
   </si>
   <si>
     <t>#33 Hector Danos - WR</t>
   </si>
   <si>
     <t>#82 Michael Sanders - WR</t>
   </si>
   <si>
-    <t>#1 Willie Hicks - RT</t>
-[...2 lines deleted...]
-    <t>#59 James Jordan - RG</t>
+    <t>#1 Willie Hicks - LT</t>
+  </si>
+  <si>
+    <t>#65 James Jordan - RG</t>
   </si>
   <si>
     <t>#70 Peter Richardson - LT</t>
   </si>
   <si>
     <t>#55 David Collier - RG</t>
   </si>
   <si>
     <t>#89 Joseph Johnson - LT</t>
   </si>
   <si>
-    <t>#75 John Reynolds - LDE</t>
-[...2 lines deleted...]
-    <t>#86 Abraham Cox - DT</t>
+    <t>#76 John Reynolds - LDE</t>
+  </si>
+  <si>
+    <t>#85 Abraham Cox - DT</t>
   </si>
   <si>
     <t>#96 Brandon Ramirez - DT</t>
   </si>
   <si>
-    <t>#90 Miguel Scherrer - DT</t>
+    <t>#97 Miguel Scherrer - LDE</t>
   </si>
   <si>
     <t>#57 Jeremy Burton - SLB</t>
   </si>
   <si>
     <t>#8 Redd Barnes - MLB</t>
   </si>
   <si>
     <t>#50 Roger Dajure - WLB</t>
   </si>
   <si>
     <t>#27 Atrak Nekatu - CB</t>
   </si>
   <si>
     <t>#10 Isaac Church - CB</t>
   </si>
   <si>
-    <t>#40 Paul McManus - FS</t>
+    <t>#40 Paul McManus - SS</t>
   </si>
   <si>
     <t>#30 Keith Vogel - SS</t>
   </si>
   <si>
     <t>14:19</t>
   </si>
   <si>
     <t>MIN 24</t>
   </si>
   <si>
     <t>Singleback Normal WR Quick In</t>
   </si>
   <si>
     <t>4-3 Normal Double WR3</t>
   </si>
   <si>
     <t>2-11-MIN 24 (14:18) 3-Douglas Millikan pass complete to 82-Michael Sanders to MIN 32 for 9 yards. Tackle by 30-Keith Vogel. PENALTY - Facemask (NYJ 40-Paul McManus)</t>
   </si>
   <si>
     <t>#99 William Butt - RDE</t>
   </si>
   <si>
     <t>14:14</t>
   </si>
@@ -503,51 +503,51 @@
   <si>
     <t>4-2-NYJ 44 (13:01) 17-Bradley Smith punts 41 yards to NYJ 3.</t>
   </si>
   <si>
     <t>#17 Bradley Smith - P</t>
   </si>
   <si>
     <t>#80 Bradley Carlson - WR</t>
   </si>
   <si>
     <t>#65 Richard Contreras - MLB</t>
   </si>
   <si>
     <t>#58 Dutch Doerr - SLB</t>
   </si>
   <si>
     <t>#44 Johnnie Deane - CB</t>
   </si>
   <si>
     <t>#76 William Cason - C</t>
   </si>
   <si>
     <t>#97 Frank Scott - CB</t>
   </si>
   <si>
-    <t>#90 Corey Chavez - LDE</t>
+    <t>#90 Corey Chavez - RDE</t>
   </si>
   <si>
     <t>12:52</t>
   </si>
   <si>
     <t>NYJ 3</t>
   </si>
   <si>
     <t>I Formation Twin WR Quick Outs</t>
   </si>
   <si>
     <t>46 Heavy SS MLB Blitz</t>
   </si>
   <si>
     <t>1-10-NYJ 3 (12:53) 3-Mitchell Christenson pass complete to 81-Stone Rokas to NYJ 26 for 22 yards. Tackle by 78-Darrell Holman.</t>
   </si>
   <si>
     <t>#3 Mitchell Christenson - QB</t>
   </si>
   <si>
     <t>#30 Jamie Matlock - RB</t>
   </si>
   <si>
     <t>#44 John Mefford - FB</t>
   </si>
@@ -605,132 +605,132 @@
   <si>
     <t>#23 Albert Diaz - CB</t>
   </si>
   <si>
     <t>#20 Fernando Asay - CB</t>
   </si>
   <si>
     <t>12:07</t>
   </si>
   <si>
     <t>NYJ 26</t>
   </si>
   <si>
     <t>I Formation Twin WR Hard Slants</t>
   </si>
   <si>
     <t>46 Heavy 2 Deep Man Under</t>
   </si>
   <si>
     <t>1-10-NYJ 26 (12:06) 3-Mitchell Christenson pass Pass knocked down by 39-Clinton Hodge. incomplete, intended for 17-Brian Long.</t>
   </si>
   <si>
     <t>#88 Stanley Allen - LG</t>
   </si>
   <si>
-    <t>#17 Brian Long - WR</t>
+    <t>#37 Brian Long - WR</t>
   </si>
   <si>
     <t>#92 Esteban Oliver - RDE</t>
   </si>
   <si>
     <t>12:02</t>
   </si>
   <si>
     <t>Empty 4 Wide Spread Corner Post</t>
   </si>
   <si>
     <t>Dime Flat MLB SS Blitz</t>
   </si>
   <si>
     <t>2-10-NYJ 26 (12:03) 3-Mitchell Christenson pass complete to 7-Kenneth Ornelas to NYJ 33 for 7 yards. Tackle by 92-Esteban Oliver. 7-Kenneth Ornelas breaks down the CB.</t>
   </si>
   <si>
     <t>#47 Jesse Fortenberry - CB</t>
   </si>
   <si>
     <t>11:20</t>
   </si>
   <si>
     <t>NYJ 33</t>
   </si>
   <si>
     <t>Quarter Normal CB5 Blitz</t>
   </si>
   <si>
     <t>3-3-NYJ 33 (11:19) 3-Mitchell Christenson pass complete to 88-Stanley Allen to NYJ 38 for 5 yards. Tackle by 39-Clinton Hodge. PENALTY - Holding (NYJ 71-John Hawkins)</t>
   </si>
   <si>
-    <t>#24 Victor Wheatley - RB</t>
+    <t>#34 Victor Wheatley - RB</t>
   </si>
   <si>
     <t>#94 Derek Rossetti - LDE</t>
   </si>
   <si>
     <t>#93 Willis Wong - LDE</t>
   </si>
   <si>
     <t>#28 Billy Hickerson - FS</t>
   </si>
   <si>
     <t>#57 Dennis Pirkle - CB</t>
   </si>
   <si>
     <t>11:15</t>
   </si>
   <si>
     <t>NYJ 23</t>
   </si>
   <si>
     <t>Weak I Normal WR Corner TE Middle</t>
   </si>
   <si>
     <t>4-3 Normal SLB Outside Blitz</t>
   </si>
   <si>
     <t>3-13-NYJ 23 (11:16) 3-Mitchell Christenson sacked at NYJ 14 for -9 yards (77-Patrick Randall). Sack allowed by 64-Bon Fire. 64-Bon Fire completely missed his blocking assignment.</t>
   </si>
   <si>
     <t>#4 Van Tovenaar - RB</t>
   </si>
   <si>
     <t>#28 Claude Gross - CB</t>
   </si>
   <si>
     <t>10:33</t>
   </si>
   <si>
     <t>NYJ 14</t>
   </si>
   <si>
     <t>4-21-NYJ 14 (10:32) 12-Charles Terry punts 43 yards to MIN 43. Fair Catch by 88-Edmond Price.</t>
   </si>
   <si>
     <t>#12 Charles Terry - P</t>
   </si>
   <si>
-    <t>#48 Scooter Springs - TE</t>
+    <t>#80 Scooter Springs - TE</t>
   </si>
   <si>
     <t>#62 David Burt - RDE</t>
   </si>
   <si>
     <t>10:24</t>
   </si>
   <si>
     <t>MIN 43</t>
   </si>
   <si>
     <t>1-10-MIN 43 (10:25) 31-Jason Barton ran to MIN 48 for 5 yards. Tackle by 40-Paul McManus.</t>
   </si>
   <si>
     <t>9:43</t>
   </si>
   <si>
     <t>MIN 48</t>
   </si>
   <si>
     <t>I Formation Power HB Strong Outside</t>
   </si>
   <si>
     <t>2-5-MIN 48 (9:42) 24-Tom Fisher ran to NYJ 49 for 3 yards. Tackle by 8-Redd Barnes. NYJ 96-Brandon Ramirez was injured on the play. He looks like he should be able to return.</t>
   </si>
@@ -2293,65 +2293,65 @@
     <col min="36" max="36" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="61" max="61" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="61" max="61" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="73" max="73" width="29.421" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="75" max="75" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="73" max="73" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="74" max="74" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="75" max="75" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="31.707" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>