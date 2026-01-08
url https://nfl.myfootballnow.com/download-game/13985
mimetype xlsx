--- v1 (2025-11-28)
+++ v2 (2026-01-08)
@@ -344,75 +344,75 @@
   <si>
     <t>MIN 25</t>
   </si>
   <si>
     <t>Singleback Normal HB Inside Weak</t>
   </si>
   <si>
     <t>4-3 Normal OLB Blitz Inside</t>
   </si>
   <si>
     <t>1-10-MIN 25 (15:00) 24-Tom Fisher ran to MIN 24 for -1 yards. Tackle by 50-Roger Dajure.</t>
   </si>
   <si>
     <t>#3 Douglas Millikan - QB</t>
   </si>
   <si>
     <t>#24 Tom Fisher - RB</t>
   </si>
   <si>
     <t>#33 Hector Danos - WR</t>
   </si>
   <si>
     <t>#82 Michael Sanders - WR</t>
   </si>
   <si>
-    <t>#1 Willie Hicks - LT</t>
+    <t>#1 Willie Hicks - C</t>
   </si>
   <si>
     <t>#65 James Jordan - RG</t>
   </si>
   <si>
     <t>#70 Peter Richardson - LT</t>
   </si>
   <si>
     <t>#55 David Collier - RG</t>
   </si>
   <si>
-    <t>#89 Joseph Johnson - LT</t>
+    <t>#89 Joseph Johnson - RT</t>
   </si>
   <si>
     <t>#76 John Reynolds - LDE</t>
   </si>
   <si>
     <t>#85 Abraham Cox - DT</t>
   </si>
   <si>
     <t>#96 Brandon Ramirez - DT</t>
   </si>
   <si>
-    <t>#97 Miguel Scherrer - LDE</t>
+    <t>#94 Miguel Scherrer - LDE</t>
   </si>
   <si>
     <t>#57 Jeremy Burton - SLB</t>
   </si>
   <si>
     <t>#8 Redd Barnes - MLB</t>
   </si>
   <si>
     <t>#50 Roger Dajure - WLB</t>
   </si>
   <si>
     <t>#27 Atrak Nekatu - CB</t>
   </si>
   <si>
     <t>#10 Isaac Church - CB</t>
   </si>
   <si>
     <t>#40 Paul McManus - SS</t>
   </si>
   <si>
     <t>#30 Keith Vogel - SS</t>
   </si>
   <si>
     <t>14:19</t>
   </si>
@@ -491,51 +491,51 @@
   <si>
     <t>#55 Amadou Yuharme - SLB</t>
   </si>
   <si>
     <t>13:00</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-2-NYJ 44 (13:01) 17-Bradley Smith punts 41 yards to NYJ 3.</t>
   </si>
   <si>
     <t>#17 Bradley Smith - P</t>
   </si>
   <si>
     <t>#80 Bradley Carlson - WR</t>
   </si>
   <si>
     <t>#65 Richard Contreras - MLB</t>
   </si>
   <si>
-    <t>#58 Dutch Doerr - SLB</t>
+    <t>#60 Dutch Doerr - SLB</t>
   </si>
   <si>
     <t>#44 Johnnie Deane - CB</t>
   </si>
   <si>
     <t>#76 William Cason - C</t>
   </si>
   <si>
     <t>#97 Frank Scott - CB</t>
   </si>
   <si>
     <t>#90 Corey Chavez - RDE</t>
   </si>
   <si>
     <t>12:52</t>
   </si>
   <si>
     <t>NYJ 3</t>
   </si>
   <si>
     <t>I Formation Twin WR Quick Outs</t>
   </si>
   <si>
     <t>46 Heavy SS MLB Blitz</t>
   </si>
@@ -602,57 +602,57 @@
   <si>
     <t>#27 Robert Howland - SS</t>
   </si>
   <si>
     <t>#23 Albert Diaz - CB</t>
   </si>
   <si>
     <t>#20 Fernando Asay - CB</t>
   </si>
   <si>
     <t>12:07</t>
   </si>
   <si>
     <t>NYJ 26</t>
   </si>
   <si>
     <t>I Formation Twin WR Hard Slants</t>
   </si>
   <si>
     <t>46 Heavy 2 Deep Man Under</t>
   </si>
   <si>
     <t>1-10-NYJ 26 (12:06) 3-Mitchell Christenson pass Pass knocked down by 39-Clinton Hodge. incomplete, intended for 17-Brian Long.</t>
   </si>
   <si>
-    <t>#88 Stanley Allen - LG</t>
+    <t>#88 Stanley Allen - RG</t>
   </si>
   <si>
     <t>#37 Brian Long - WR</t>
   </si>
   <si>
-    <t>#92 Esteban Oliver - RDE</t>
+    <t>#92 Esteban Oliver - LDE</t>
   </si>
   <si>
     <t>12:02</t>
   </si>
   <si>
     <t>Empty 4 Wide Spread Corner Post</t>
   </si>
   <si>
     <t>Dime Flat MLB SS Blitz</t>
   </si>
   <si>
     <t>2-10-NYJ 26 (12:03) 3-Mitchell Christenson pass complete to 7-Kenneth Ornelas to NYJ 33 for 7 yards. Tackle by 92-Esteban Oliver. 7-Kenneth Ornelas breaks down the CB.</t>
   </si>
   <si>
     <t>#47 Jesse Fortenberry - CB</t>
   </si>
   <si>
     <t>11:20</t>
   </si>
   <si>
     <t>NYJ 33</t>
   </si>
   <si>
     <t>Quarter Normal CB5 Blitz</t>
   </si>