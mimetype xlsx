--- v2 (2026-01-08)
+++ v3 (2026-02-04)
@@ -356,69 +356,69 @@
   <si>
     <t>#3 Douglas Millikan - QB</t>
   </si>
   <si>
     <t>#24 Tom Fisher - RB</t>
   </si>
   <si>
     <t>#33 Hector Danos - WR</t>
   </si>
   <si>
     <t>#82 Michael Sanders - WR</t>
   </si>
   <si>
     <t>#1 Willie Hicks - C</t>
   </si>
   <si>
     <t>#65 James Jordan - RG</t>
   </si>
   <si>
     <t>#70 Peter Richardson - LT</t>
   </si>
   <si>
     <t>#55 David Collier - RG</t>
   </si>
   <si>
-    <t>#89 Joseph Johnson - RT</t>
+    <t>#89 Joseph Johnson - LT</t>
   </si>
   <si>
     <t>#76 John Reynolds - LDE</t>
   </si>
   <si>
-    <t>#85 Abraham Cox - DT</t>
+    <t>#64 Abraham Cox - DT</t>
   </si>
   <si>
     <t>#96 Brandon Ramirez - DT</t>
   </si>
   <si>
     <t>#94 Miguel Scherrer - LDE</t>
   </si>
   <si>
     <t>#57 Jeremy Burton - SLB</t>
   </si>
   <si>
-    <t>#8 Redd Barnes - MLB</t>
+    <t>#90 Redd Barnes - RDE</t>
   </si>
   <si>
     <t>#50 Roger Dajure - WLB</t>
   </si>
   <si>
     <t>#27 Atrak Nekatu - CB</t>
   </si>
   <si>
     <t>#10 Isaac Church - CB</t>
   </si>
   <si>
     <t>#40 Paul McManus - SS</t>
   </si>
   <si>
     <t>#30 Keith Vogel - SS</t>
   </si>
   <si>
     <t>14:19</t>
   </si>
   <si>
     <t>MIN 24</t>
   </si>
   <si>
     <t>Singleback Normal WR Quick In</t>
   </si>
@@ -497,156 +497,156 @@
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-2-NYJ 44 (13:01) 17-Bradley Smith punts 41 yards to NYJ 3.</t>
   </si>
   <si>
     <t>#17 Bradley Smith - P</t>
   </si>
   <si>
     <t>#80 Bradley Carlson - WR</t>
   </si>
   <si>
     <t>#65 Richard Contreras - MLB</t>
   </si>
   <si>
     <t>#60 Dutch Doerr - SLB</t>
   </si>
   <si>
     <t>#44 Johnnie Deane - CB</t>
   </si>
   <si>
-    <t>#76 William Cason - C</t>
-[...2 lines deleted...]
-    <t>#97 Frank Scott - CB</t>
+    <t>#76 William Cason - RT</t>
+  </si>
+  <si>
+    <t>#97 Frank Scott - LDE</t>
   </si>
   <si>
     <t>#90 Corey Chavez - RDE</t>
   </si>
   <si>
     <t>12:52</t>
   </si>
   <si>
     <t>NYJ 3</t>
   </si>
   <si>
     <t>I Formation Twin WR Quick Outs</t>
   </si>
   <si>
     <t>46 Heavy SS MLB Blitz</t>
   </si>
   <si>
     <t>1-10-NYJ 3 (12:53) 3-Mitchell Christenson pass complete to 81-Stone Rokas to NYJ 26 for 22 yards. Tackle by 78-Darrell Holman.</t>
   </si>
   <si>
     <t>#3 Mitchell Christenson - QB</t>
   </si>
   <si>
     <t>#30 Jamie Matlock - RB</t>
   </si>
   <si>
     <t>#44 John Mefford - FB</t>
   </si>
   <si>
-    <t>#81 Stone Rokas - TE</t>
-[...8 lines deleted...]
-    <t>#91 Terry Garcia - LT</t>
+    <t>#88 Stone Rokas - TE</t>
+  </si>
+  <si>
+    <t>#87 Kenneth Ornelas - WR</t>
+  </si>
+  <si>
+    <t>#19 Breece  Hall - WR</t>
+  </si>
+  <si>
+    <t>#91 Terry Garcia - RT</t>
   </si>
   <si>
     <t>#61 John Hawkins - LG</t>
   </si>
   <si>
-    <t>#51 Donald Garza - LG</t>
+    <t>#52 Donald Garza - LG</t>
   </si>
   <si>
     <t>#61 Declan Delaney - RG</t>
   </si>
   <si>
     <t>#64 Bon Fire - RT</t>
   </si>
   <si>
     <t>#77 Patrick Randall - LDE</t>
   </si>
   <si>
     <t>#2 Brandon Weaver - DT</t>
   </si>
   <si>
     <t>#91 James Rosado - RDE</t>
   </si>
   <si>
     <t>#78 Darrell Holman - RDE</t>
   </si>
   <si>
     <t>#35 Kenneth Eubanks - WLB</t>
   </si>
   <si>
-    <t>#50 Daniel Aybar - SLB</t>
+    <t>#50 Daniel Aybar - WLB</t>
   </si>
   <si>
     <t>#98 Paul Clark - FS</t>
   </si>
   <si>
     <t>#39 Clinton Hodge - CB</t>
   </si>
   <si>
     <t>#27 Robert Howland - SS</t>
   </si>
   <si>
     <t>#23 Albert Diaz - CB</t>
   </si>
   <si>
     <t>#20 Fernando Asay - CB</t>
   </si>
   <si>
     <t>12:07</t>
   </si>
   <si>
     <t>NYJ 26</t>
   </si>
   <si>
     <t>I Formation Twin WR Hard Slants</t>
   </si>
   <si>
     <t>46 Heavy 2 Deep Man Under</t>
   </si>
   <si>
     <t>1-10-NYJ 26 (12:06) 3-Mitchell Christenson pass Pass knocked down by 39-Clinton Hodge. incomplete, intended for 17-Brian Long.</t>
   </si>
   <si>
-    <t>#88 Stanley Allen - RG</t>
+    <t>#86 Stanley Allen - RG</t>
   </si>
   <si>
     <t>#37 Brian Long - WR</t>
   </si>
   <si>
     <t>#92 Esteban Oliver - LDE</t>
   </si>
   <si>
     <t>12:02</t>
   </si>
   <si>
     <t>Empty 4 Wide Spread Corner Post</t>
   </si>
   <si>
     <t>Dime Flat MLB SS Blitz</t>
   </si>
   <si>
     <t>2-10-NYJ 26 (12:03) 3-Mitchell Christenson pass complete to 7-Kenneth Ornelas to NYJ 33 for 7 yards. Tackle by 92-Esteban Oliver. 7-Kenneth Ornelas breaks down the CB.</t>
   </si>
   <si>
     <t>#47 Jesse Fortenberry - CB</t>
   </si>
   <si>
     <t>11:20</t>
   </si>
@@ -809,51 +809,51 @@
   <si>
     <t>MIN 35</t>
   </si>
   <si>
     <t>(6:22) 6-Leroy Carolan kicks 73 yards from MIN 35 to NYJ -8. Touchback.</t>
   </si>
   <si>
     <t>NYJ 25</t>
   </si>
   <si>
     <t>1-10-NYJ 25 (6:22) 3-Mitchell Christenson pass incomplete, intended for 24-Victor Wheatley.</t>
   </si>
   <si>
     <t>6:18</t>
   </si>
   <si>
     <t>Weak I Normal HB Inside Weak</t>
   </si>
   <si>
     <t>2-10-NYJ 25 (6:19) 4-Van Tovenaar ran to NYJ 34 for 9 yards. Tackle by 23-Albert Diaz.</t>
   </si>
   <si>
     <t>#13 David Jan - WR</t>
   </si>
   <si>
-    <t>#73 Thomas Pittman - LG</t>
+    <t>#51 Thomas Pittman - LG</t>
   </si>
   <si>
     <t>#53 Homer Walker - C</t>
   </si>
   <si>
     <t>#59 Raul Gordon - RG</t>
   </si>
   <si>
     <t>#63 John Lacasse - RT</t>
   </si>
   <si>
     <t>#56 John Cooper - WLB</t>
   </si>
   <si>
     <t>5:35</t>
   </si>
   <si>
     <t>NYJ 34</t>
   </si>
   <si>
     <t>Singleback Normal HB Dive Strong</t>
   </si>
   <si>
     <t>Dime Normal Double WR3</t>
   </si>