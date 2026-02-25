--- v3 (2026-02-04)
+++ v4 (2026-02-25)
@@ -650,51 +650,51 @@
   <si>
     <t>11:20</t>
   </si>
   <si>
     <t>NYJ 33</t>
   </si>
   <si>
     <t>Quarter Normal CB5 Blitz</t>
   </si>
   <si>
     <t>3-3-NYJ 33 (11:19) 3-Mitchell Christenson pass complete to 88-Stanley Allen to NYJ 38 for 5 yards. Tackle by 39-Clinton Hodge. PENALTY - Holding (NYJ 71-John Hawkins)</t>
   </si>
   <si>
     <t>#34 Victor Wheatley - RB</t>
   </si>
   <si>
     <t>#94 Derek Rossetti - LDE</t>
   </si>
   <si>
     <t>#93 Willis Wong - LDE</t>
   </si>
   <si>
     <t>#28 Billy Hickerson - FS</t>
   </si>
   <si>
-    <t>#57 Dennis Pirkle - CB</t>
+    <t>#26 Dennis Pirkle - CB</t>
   </si>
   <si>
     <t>11:15</t>
   </si>
   <si>
     <t>NYJ 23</t>
   </si>
   <si>
     <t>Weak I Normal WR Corner TE Middle</t>
   </si>
   <si>
     <t>4-3 Normal SLB Outside Blitz</t>
   </si>
   <si>
     <t>3-13-NYJ 23 (11:16) 3-Mitchell Christenson sacked at NYJ 14 for -9 yards (77-Patrick Randall). Sack allowed by 64-Bon Fire. 64-Bon Fire completely missed his blocking assignment.</t>
   </si>
   <si>
     <t>#4 Van Tovenaar - RB</t>
   </si>
   <si>
     <t>#28 Claude Gross - CB</t>
   </si>
   <si>
     <t>10:33</t>
   </si>