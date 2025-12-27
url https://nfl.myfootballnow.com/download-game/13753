--- v0 (2025-11-05)
+++ v1 (2025-12-27)
@@ -350,231 +350,231 @@
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>(14:47) Extra point GOOD by 3-William Spurlock. NYJ 0 MIA 7</t>
   </si>
   <si>
     <t>#9 Richard Taylor - QB</t>
   </si>
   <si>
     <t>#62 Jack Steen - C</t>
   </si>
   <si>
     <t>#3 William Spurlock - K</t>
   </si>
   <si>
     <t>#84 Thomas Howell - TE</t>
   </si>
   <si>
     <t>#65 Nick Coleman - LG</t>
   </si>
   <si>
-    <t>#40 Frank Henry - FB</t>
+    <t>#80 Frank Henry - TE</t>
   </si>
   <si>
     <t>#80 George Hurley - TE</t>
   </si>
   <si>
     <t>#63 Robert Joy - RG</t>
   </si>
   <si>
     <t>#76 Kyle Cook - LT</t>
   </si>
   <si>
-    <t>#77 Gregory Hines - RT</t>
+    <t>#60 Gregory Hines - RG</t>
   </si>
   <si>
     <t>#61 David Willard - LG</t>
   </si>
   <si>
-    <t>#90 Corey Chavez - LDE</t>
-[...2 lines deleted...]
-    <t>#86 Abraham Cox - DT</t>
+    <t>#90 Corey Chavez - RDE</t>
+  </si>
+  <si>
+    <t>#85 Abraham Cox - DT</t>
   </si>
   <si>
     <t>#96 Brandon Ramirez - DT</t>
   </si>
   <si>
     <t>#54 Jeremy Knight - RDE</t>
   </si>
   <si>
     <t>#55 Amadou Yuharme - SLB</t>
   </si>
   <si>
     <t>#35 Bob Brock - FS</t>
   </si>
   <si>
     <t>#65 Richard Contreras - MLB</t>
   </si>
   <si>
     <t>#25 Herbert Hess - CB</t>
   </si>
   <si>
     <t>#99 William Butt - RDE</t>
   </si>
   <si>
     <t>#45 Larry Dillow - SS</t>
   </si>
   <si>
     <t>#10 Isaac Church - CB</t>
   </si>
   <si>
     <t>MIA 35</t>
   </si>
   <si>
     <t>(14:47) 3-William Spurlock kicks 69 yards from MIA 35 to NYJ -4. 22-Breece  Hall to NYJ 19 for 24 yards. Tackle by 21-Ralph Mills.</t>
   </si>
   <si>
     <t>#22 Breece  Hall - WR</t>
   </si>
   <si>
     <t>#8 Redd Barnes - MLB</t>
   </si>
   <si>
     <t>#27 Atrak Nekatu - CB</t>
   </si>
   <si>
-    <t>#75 John Reynolds - LDE</t>
-[...2 lines deleted...]
-    <t>#40 Paul McManus - FS</t>
+    <t>#76 John Reynolds - LDE</t>
+  </si>
+  <si>
+    <t>#40 Paul McManus - SS</t>
   </si>
   <si>
     <t>#50 Roger Dajure - WLB</t>
   </si>
   <si>
     <t>#30 Keith Vogel - SS</t>
   </si>
   <si>
     <t>#57 Jeremy Burton - SLB</t>
   </si>
   <si>
-    <t>#90 Miguel Scherrer - DT</t>
+    <t>#94 Miguel Scherrer - LDE</t>
   </si>
   <si>
     <t>14:42</t>
   </si>
   <si>
     <t>NYJ 19</t>
   </si>
   <si>
     <t>I Formation Normal FL Hitch</t>
   </si>
   <si>
     <t>4-3 Normal WLB MLB Blitz</t>
   </si>
   <si>
     <t>1-10-NYJ 19 (14:43) 3-Mitchell Christenson pass complete to 80-Bradley Carlson to NYJ 22 for 2 yards. Tackle by 22-William Williams.</t>
   </si>
   <si>
     <t>#3 Mitchell Christenson - QB</t>
   </si>
   <si>
-    <t>#34 Donald Andarungi - RB</t>
+    <t>#48 Donald Andarungi - FB</t>
   </si>
   <si>
     <t>#44 John Mefford - FB</t>
   </si>
   <si>
     <t>#81 Stone Rokas - TE</t>
   </si>
   <si>
     <t>#80 Bradley Carlson - WR</t>
   </si>
   <si>
     <t>#7 Kenneth Ornelas - WR</t>
   </si>
   <si>
     <t>#91 Terry Garcia - LT</t>
   </si>
   <si>
     <t>#51 Donald Garza - LG</t>
   </si>
   <si>
     <t>#66 Mark Strayhorn - C</t>
   </si>
   <si>
     <t>#61 Declan Delaney - RG</t>
   </si>
   <si>
     <t>#64 Bon Fire - RT</t>
   </si>
   <si>
     <t>#90 Carl Wallen - DT</t>
   </si>
   <si>
     <t>#98 James Phillips - DT</t>
   </si>
   <si>
-    <t>#97 Roy Quigley - DT</t>
+    <t>#97 Roy Quigley - RDE</t>
   </si>
   <si>
     <t>#99 Matthew Johnson - RDE</t>
   </si>
   <si>
     <t>#52 Dennis Shaw - WLB</t>
   </si>
   <si>
     <t>#94 Craig Halton - RDE</t>
   </si>
   <si>
     <t>#22 William Williams - CB</t>
   </si>
   <si>
     <t>#45 Robert Carrillo - SS</t>
   </si>
   <si>
     <t>14:00</t>
   </si>
   <si>
     <t>NYJ 22</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR Shotgun Sweep</t>
   </si>
   <si>
     <t>Nickel Normal CB3 MLB Blitz</t>
   </si>
   <si>
     <t>2-8-NYJ 22 (13:59) 4-Van Tovenaar ran to NYJ 23 for 1 yards. Tackle by 49-Christopher Musial.</t>
   </si>
   <si>
     <t>#18 Benjamin Johnson - RB</t>
   </si>
   <si>
     <t>#4 Van Tovenaar - RB</t>
   </si>
   <si>
     <t>#13 David Jan - WR</t>
   </si>
   <si>
-    <t>#17 Brian Long - WR</t>
+    <t>#37 Brian Long - WR</t>
   </si>
   <si>
     <t>#73 Thomas Pittman - LG</t>
   </si>
   <si>
     <t>#53 Homer Walker - C</t>
   </si>
   <si>
     <t>#59 Raul Gordon - RG</t>
   </si>
   <si>
     <t>#63 John Lacasse - RT</t>
   </si>
   <si>
     <t>13:21</t>
   </si>
   <si>
     <t>NYJ 23</t>
   </si>
   <si>
     <t>Shotgun Normal HB Flare</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
@@ -695,51 +695,51 @@
   <si>
     <t>3-19-MIA 43 (7:07) 3-Mitchell Christenson sacked at MIA 47 for -4 yards (90-Carl Wallen). Sack allowed by 64-Bon Fire.</t>
   </si>
   <si>
     <t>6:24</t>
   </si>
   <si>
     <t>MIA 47</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-23-MIA 47 (6:23) 12-Charles Terry punts 50 yards to MIA -3. NYJ 91-Terry Garcia was injured on the play. He looks like he should be able to return.4-23-MIA 47 (6:23) 12-Charles Terry punts 50 yards to MIA -3. Touchback. NYJ 91-Terry Garcia was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#12 Charles Terry - P</t>
   </si>
   <si>
     <t>#88 James Calderon - WR</t>
   </si>
   <si>
-    <t>#48 Scooter Springs - TE</t>
+    <t>#80 Scooter Springs - TE</t>
   </si>
   <si>
     <t>6:14</t>
   </si>
   <si>
     <t>MIA 20</t>
   </si>
   <si>
     <t>Strong I Big HB Dive Strong</t>
   </si>
   <si>
     <t>1-10-MIA 20 (6:15) 30-Alfred Hanson ran to MIA 32 for 12 yards. Tackle by 40-Paul McManus.</t>
   </si>
   <si>
     <t>#11 Rafael Lemond - QB</t>
   </si>
   <si>
     <t>#15 Malohi Masiva - CB</t>
   </si>
   <si>
     <t>5:42</t>
   </si>
   <si>
     <t>MIA 32</t>
   </si>
@@ -2415,53 +2415,53 @@
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="72" max="72" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="72" max="72" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="74" max="74" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="74" max="74" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="25.851" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>