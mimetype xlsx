--- v1 (2025-12-27)
+++ v2 (2026-02-11)
@@ -350,234 +350,234 @@
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>(14:47) Extra point GOOD by 3-William Spurlock. NYJ 0 MIA 7</t>
   </si>
   <si>
     <t>#9 Richard Taylor - QB</t>
   </si>
   <si>
     <t>#62 Jack Steen - C</t>
   </si>
   <si>
     <t>#3 William Spurlock - K</t>
   </si>
   <si>
     <t>#84 Thomas Howell - TE</t>
   </si>
   <si>
     <t>#65 Nick Coleman - LG</t>
   </si>
   <si>
-    <t>#80 Frank Henry - TE</t>
+    <t>#82 Frank Henry - TE</t>
   </si>
   <si>
     <t>#80 George Hurley - TE</t>
   </si>
   <si>
     <t>#63 Robert Joy - RG</t>
   </si>
   <si>
     <t>#76 Kyle Cook - LT</t>
   </si>
   <si>
     <t>#60 Gregory Hines - RG</t>
   </si>
   <si>
     <t>#61 David Willard - LG</t>
   </si>
   <si>
     <t>#90 Corey Chavez - RDE</t>
   </si>
   <si>
-    <t>#85 Abraham Cox - DT</t>
+    <t>#64 Abraham Cox - DT</t>
   </si>
   <si>
     <t>#96 Brandon Ramirez - DT</t>
   </si>
   <si>
     <t>#54 Jeremy Knight - RDE</t>
   </si>
   <si>
     <t>#55 Amadou Yuharme - SLB</t>
   </si>
   <si>
     <t>#35 Bob Brock - FS</t>
   </si>
   <si>
     <t>#65 Richard Contreras - MLB</t>
   </si>
   <si>
     <t>#25 Herbert Hess - CB</t>
   </si>
   <si>
     <t>#99 William Butt - RDE</t>
   </si>
   <si>
     <t>#45 Larry Dillow - SS</t>
   </si>
   <si>
     <t>#10 Isaac Church - CB</t>
   </si>
   <si>
     <t>MIA 35</t>
   </si>
   <si>
     <t>(14:47) 3-William Spurlock kicks 69 yards from MIA 35 to NYJ -4. 22-Breece  Hall to NYJ 19 for 24 yards. Tackle by 21-Ralph Mills.</t>
   </si>
   <si>
-    <t>#22 Breece  Hall - WR</t>
-[...2 lines deleted...]
-    <t>#8 Redd Barnes - MLB</t>
+    <t>#19 Breece  Hall - WR</t>
+  </si>
+  <si>
+    <t>#90 Redd Barnes - RDE</t>
   </si>
   <si>
     <t>#27 Atrak Nekatu - CB</t>
   </si>
   <si>
     <t>#76 John Reynolds - LDE</t>
   </si>
   <si>
     <t>#40 Paul McManus - SS</t>
   </si>
   <si>
     <t>#50 Roger Dajure - WLB</t>
   </si>
   <si>
     <t>#30 Keith Vogel - SS</t>
   </si>
   <si>
     <t>#57 Jeremy Burton - SLB</t>
   </si>
   <si>
     <t>#94 Miguel Scherrer - LDE</t>
   </si>
   <si>
     <t>14:42</t>
   </si>
   <si>
     <t>NYJ 19</t>
   </si>
   <si>
     <t>I Formation Normal FL Hitch</t>
   </si>
   <si>
     <t>4-3 Normal WLB MLB Blitz</t>
   </si>
   <si>
     <t>1-10-NYJ 19 (14:43) 3-Mitchell Christenson pass complete to 80-Bradley Carlson to NYJ 22 for 2 yards. Tackle by 22-William Williams.</t>
   </si>
   <si>
     <t>#3 Mitchell Christenson - QB</t>
   </si>
   <si>
-    <t>#48 Donald Andarungi - FB</t>
+    <t>#44 Donald Andarungi - FB</t>
   </si>
   <si>
     <t>#44 John Mefford - FB</t>
   </si>
   <si>
-    <t>#81 Stone Rokas - TE</t>
+    <t>#88 Stone Rokas - TE</t>
   </si>
   <si>
     <t>#80 Bradley Carlson - WR</t>
   </si>
   <si>
-    <t>#7 Kenneth Ornelas - WR</t>
-[...5 lines deleted...]
-    <t>#51 Donald Garza - LG</t>
+    <t>#87 Kenneth Ornelas - WR</t>
+  </si>
+  <si>
+    <t>#91 Terry Garcia - RT</t>
+  </si>
+  <si>
+    <t>#52 Donald Garza - LG</t>
   </si>
   <si>
     <t>#66 Mark Strayhorn - C</t>
   </si>
   <si>
     <t>#61 Declan Delaney - RG</t>
   </si>
   <si>
     <t>#64 Bon Fire - RT</t>
   </si>
   <si>
     <t>#90 Carl Wallen - DT</t>
   </si>
   <si>
     <t>#98 James Phillips - DT</t>
   </si>
   <si>
     <t>#97 Roy Quigley - RDE</t>
   </si>
   <si>
     <t>#99 Matthew Johnson - RDE</t>
   </si>
   <si>
-    <t>#52 Dennis Shaw - WLB</t>
+    <t>#52 Dennis Shaw - SLB</t>
   </si>
   <si>
     <t>#94 Craig Halton - RDE</t>
   </si>
   <si>
     <t>#22 William Williams - CB</t>
   </si>
   <si>
-    <t>#45 Robert Carrillo - SS</t>
+    <t>#45 Robert Carrillo - FS</t>
   </si>
   <si>
     <t>14:00</t>
   </si>
   <si>
     <t>NYJ 22</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR Shotgun Sweep</t>
   </si>
   <si>
     <t>Nickel Normal CB3 MLB Blitz</t>
   </si>
   <si>
     <t>2-8-NYJ 22 (13:59) 4-Van Tovenaar ran to NYJ 23 for 1 yards. Tackle by 49-Christopher Musial.</t>
   </si>
   <si>
     <t>#18 Benjamin Johnson - RB</t>
   </si>
   <si>
     <t>#4 Van Tovenaar - RB</t>
   </si>
   <si>
     <t>#13 David Jan - WR</t>
   </si>
   <si>
     <t>#37 Brian Long - WR</t>
   </si>
   <si>
-    <t>#73 Thomas Pittman - LG</t>
+    <t>#51 Thomas Pittman - LG</t>
   </si>
   <si>
     <t>#53 Homer Walker - C</t>
   </si>
   <si>
     <t>#59 Raul Gordon - RG</t>
   </si>
   <si>
     <t>#63 John Lacasse - RT</t>
   </si>
   <si>
     <t>13:21</t>
   </si>
   <si>
     <t>NYJ 23</t>
   </si>
   <si>
     <t>Shotgun Normal HB Flare</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>3-6-NYJ 23 (13:20) 3-Mitchell Christenson pass complete to 34-Donald Andarungi to NYJ 31 for 8 yards.</t>
   </si>
@@ -587,51 +587,51 @@
   <si>
     <t>NYJ 31</t>
   </si>
   <si>
     <t>4-3 Normal Double Safety Blitz</t>
   </si>
   <si>
     <t>1-10-NYJ 31 (12:32) 3-Mitchell Christenson pass complete to 22-Breece  Hall to NYJ 33 for 2 yards. Tackle by 22-William Williams. 22-Breece  Hall did some fancy footwork there.</t>
   </si>
   <si>
     <t>11:56</t>
   </si>
   <si>
     <t>NYJ 33</t>
   </si>
   <si>
     <t>Strong I Big HB Toss Weak</t>
   </si>
   <si>
     <t>4-3 Normal Man QB Spy</t>
   </si>
   <si>
     <t>2-8-NYJ 33 (11:55) 34-Donald Andarungi ran to NYJ 43 for 10 yards. Tackle by 55-John Mak.</t>
   </si>
   <si>
-    <t>#88 Stanley Allen - LG</t>
+    <t>#86 Stanley Allen - RG</t>
   </si>
   <si>
     <t>11:19</t>
   </si>
   <si>
     <t>NYJ 43</t>
   </si>
   <si>
     <t>4-3 Under Crash Left</t>
   </si>
   <si>
     <t>1-10-NYJ 43 (11:18) 3-Mitchell Christenson pass complete to 22-Breece  Hall to NYJ 45 for 2 yards. Tackle by 22-William Williams.</t>
   </si>
   <si>
     <t>10:42</t>
   </si>
   <si>
     <t>NYJ 45</t>
   </si>
   <si>
     <t>Singleback Normal HB Dive Strong</t>
   </si>
   <si>
     <t>2-8-NYJ 45 (10:41) 4-Van Tovenaar ran to MIA 45 for 10 yards. Tackle by 49-Christopher Musial.</t>
   </si>
@@ -2396,51 +2396,51 @@
     <col min="28" max="28" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="26.993" bestFit="true" customWidth="true" style="0"/>
-    <col min="53" max="53" width="24.708" bestFit="true" customWidth="true" style="0"/>
+    <col min="53" max="53" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="32.992" bestFit="true" customWidth="true" style="0"/>