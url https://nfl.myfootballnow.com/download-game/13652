--- v0 (2025-11-06)
+++ v1 (2026-02-04)
@@ -287,300 +287,300 @@
   <si>
     <t>GBY has won the toss and elected to receive.</t>
   </si>
   <si>
     <t>JAX</t>
   </si>
   <si>
     <t>JAX 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 4-Leland Seeley kicks 74 yards from JAX 35 to GBY -9. Touchback.</t>
   </si>
   <si>
     <t>#45 Gregory Zarate - RB</t>
   </si>
   <si>
     <t>#24 Bob Beck - CB</t>
   </si>
   <si>
-    <t>#95 Gary Utz - DT</t>
+    <t>#57 Gary Utz - DT</t>
   </si>
   <si>
     <t>#20 Robert Henry - CB</t>
   </si>
   <si>
     <t>#91 James Rosado - RDE</t>
   </si>
   <si>
     <t>#51 Anthony Ferguson - WLB</t>
   </si>
   <si>
-    <t>#92 Jose Hettinger - RDE</t>
-[...2 lines deleted...]
-    <t>#98 Marcus Scales - RDE</t>
+    <t>#92 Jose Hettinger - LDE</t>
+  </si>
+  <si>
+    <t>#98 Marcus Scales - DT</t>
   </si>
   <si>
     <t>#25 Jean Dalton - CB</t>
   </si>
   <si>
     <t>#92 Scott Alvarado - DT</t>
   </si>
   <si>
-    <t>#60 Michael Pass - WLB</t>
+    <t>#60 Michael Pass - MLB</t>
   </si>
   <si>
     <t>#3 Leland Seeley - K</t>
   </si>
   <si>
     <t>GBY</t>
   </si>
   <si>
     <t>GBY 25</t>
   </si>
   <si>
     <t>I Formation Normal HB Blast</t>
   </si>
   <si>
     <t>4-3 Under Double LB Blitz</t>
   </si>
   <si>
     <t>1-10-GBY 25 (15:00) 40-William Myles ran to GBY 24 for -1 yards. Tackle by 48-Kenneth Rowe.</t>
   </si>
   <si>
     <t>#2 Jason Romero - QB</t>
   </si>
   <si>
     <t>#40 William Myles - RB</t>
   </si>
   <si>
     <t>#47 Raymond Sanders - TE</t>
   </si>
   <si>
     <t>#44 Scott Cude - FB</t>
   </si>
   <si>
-    <t>#15 Jose Brown - WR</t>
+    <t>#17 Jose Brown - WR</t>
   </si>
   <si>
     <t>#85 John Russell - WR</t>
   </si>
   <si>
-    <t>#77 Todd Phillips - RG</t>
+    <t>#77 Todd Phillips - RT</t>
   </si>
   <si>
     <t>#70 Fred Daniels - RG</t>
   </si>
   <si>
-    <t>#61 Angelo Ingram - C</t>
+    <t>#70 Angelo Ingram - C</t>
   </si>
   <si>
     <t>#77 Gene Lopez - LG</t>
   </si>
   <si>
-    <t>#74 Luis Marino - LT</t>
+    <t>#8 Luis Marino - LG</t>
   </si>
   <si>
     <t>#95 Fredrick Combest - LDE</t>
   </si>
   <si>
     <t>#76 Charles Sutherland - DT</t>
   </si>
   <si>
     <t>#91 Ricky Harris - DT</t>
   </si>
   <si>
     <t>#77 Rocky Balboa - LDE</t>
   </si>
   <si>
     <t>#44 Robert Martinez - SLB</t>
   </si>
   <si>
     <t>#90 Cyril Apel - MLB</t>
   </si>
   <si>
     <t>#48 Kenneth Rowe - MLB</t>
   </si>
   <si>
     <t>#39 John Marshall - CB</t>
   </si>
   <si>
     <t>#21 Francisco Horne - CB</t>
   </si>
   <si>
     <t>#8 Charlie Jose - FS</t>
   </si>
   <si>
     <t>#37 Kent Fair - CB</t>
   </si>
   <si>
     <t>14:26</t>
   </si>
   <si>
     <t>GBY 24</t>
   </si>
   <si>
     <t>I Formation Twin WR Hard Slants</t>
   </si>
   <si>
     <t>Dime Normal Double WR3</t>
   </si>
   <si>
     <t>2-11-GBY 24 (14:25) 2-Jason Romero pass incomplete, intended for 85-John Russell.</t>
   </si>
   <si>
-    <t>#58 Matthew Hill - RT</t>
+    <t>#69 Matthew Hill - RT</t>
   </si>
   <si>
     <t>#36 Jimmy Fleming - FS</t>
   </si>
   <si>
     <t>#24 Robert Boyd - CB</t>
   </si>
   <si>
-    <t>#22 Frank Medina - CB</t>
+    <t>#35 Frank Medina - FS</t>
   </si>
   <si>
     <t>#46 Andre Briggs - SS</t>
   </si>
   <si>
     <t>14:22</t>
   </si>
   <si>
     <t>I Formation Twin WR HB Toss Strong</t>
   </si>
   <si>
     <t>3-4 Normal Man Cover 1</t>
   </si>
   <si>
     <t>3-11-GBY 24 (14:23) 40-William Myles ran to GBY 31 for 7 yards. 40-William Myles FUMBLES (48-Kenneth Rowe) recovered by GBY-53-Gene Lopez at GBY 30. Tackle by 48-Kenneth Rowe.</t>
   </si>
   <si>
     <t>#99 Glenn Shaver - RDE</t>
   </si>
   <si>
     <t>13:46</t>
   </si>
   <si>
     <t>GBY 30</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-5-GBY 30 (13:45) 1-Eduardo Alexander punts 48 yards to JAX 21. Fair Catch by 81-Nathan Smith.</t>
   </si>
   <si>
     <t>#12 Eduardo Alexander - P</t>
   </si>
   <si>
     <t>#81 Nathan Smith - WR</t>
   </si>
   <si>
-    <t>#61 Richard Miller - LT</t>
-[...2 lines deleted...]
-    <t>#50 Buck Hudgens - MLB</t>
+    <t>#66 Richard Miller - RG</t>
+  </si>
+  <si>
+    <t>#95 Buck Hudgens - MLB</t>
   </si>
   <si>
     <t>#25 Shane Harris - SS</t>
   </si>
   <si>
     <t>13:38</t>
   </si>
   <si>
     <t>JAX 21</t>
   </si>
   <si>
     <t>Weak I Normal WR Corner TE Middle</t>
   </si>
   <si>
     <t>1-10-JAX 21 (13:39) 15-Lonnie Rock pass complete to 30-Bobby Bonilla to JAX 28 for 7 yards. Tackle by 30-Frank Myers.</t>
   </si>
   <si>
     <t>#7 Lonnie Rock - QB</t>
   </si>
   <si>
     <t>#30 Bobby Bonilla - RB</t>
   </si>
   <si>
     <t>#80 Ronald Sumpter - TE</t>
   </si>
   <si>
     <t>#84 Brendan Thayer - TE</t>
   </si>
   <si>
     <t>#16 Ralph Womack - WR</t>
   </si>
   <si>
     <t>#10 Eddie Brown - WR</t>
   </si>
   <si>
     <t>#68 Antoine Phillips - RT</t>
   </si>
   <si>
-    <t>#98 Steven Brown - LG</t>
+    <t>#70 Steven Brown - LG</t>
   </si>
   <si>
     <t>#69 Mike Simmons - C</t>
   </si>
   <si>
-    <t>#71 Abraham Hadfield - LG</t>
+    <t>#55 Abraham Hadfield - LG</t>
   </si>
   <si>
     <t>#62 Leonard Gough - RT</t>
   </si>
   <si>
     <t>#96 Aaron Loranger - RDE</t>
   </si>
   <si>
     <t>#50 John Johnson - RDE</t>
   </si>
   <si>
-    <t>#96 Bradley Kay - SLB</t>
-[...5 lines deleted...]
-    <t>#54 Danny Anderson - MLB</t>
+    <t>#96 Bradley Kay - RDE</t>
+  </si>
+  <si>
+    <t>#51 Rex George - MLB</t>
+  </si>
+  <si>
+    <t>#50 Danny Anderson - MLB</t>
   </si>
   <si>
     <t>#30 Frank Myers - SS</t>
   </si>
   <si>
-    <t>#34 Abraham Kozak - FS</t>
+    <t>#34 Abraham Kozak - CB</t>
   </si>
   <si>
     <t>13:03</t>
   </si>
   <si>
     <t>JAX 28</t>
   </si>
   <si>
     <t>I Formation Normal PA Fullback Flat</t>
   </si>
   <si>
     <t>2-3-JAX 28 (13:02) 15-Lonnie Rock pass complete to 16-Ralph Womack to JAX 33 for 5 yards. Tackle by 25-Jean Dalton.</t>
   </si>
   <si>
     <t>#49 Aaron Wolfe - RB</t>
   </si>
   <si>
     <t>12:25</t>
   </si>
   <si>
     <t>JAX 33</t>
   </si>
   <si>
     <t>I Formation Normal HB Dive</t>
   </si>
@@ -785,51 +785,51 @@
   <si>
     <t>#43 Chris Dawkins - TE</t>
   </si>
   <si>
     <t>5:35</t>
   </si>
   <si>
     <t>JAX 22</t>
   </si>
   <si>
     <t>3-5-JAX 22 (5:34) 19-Donald Downey ran to JAX 21 for 1 yards. Tackle by 91-Ricky Harris.</t>
   </si>
   <si>
     <t>#52 David Baker - RT</t>
   </si>
   <si>
     <t>#20 Lacy Adams - SS</t>
   </si>
   <si>
     <t>4:52</t>
   </si>
   <si>
     <t>4-3-JAX 21 (4:51) 16-Justin Haas 39 yard field goal is GOOD. GBY 3 JAX 3</t>
   </si>
   <si>
-    <t>#26 Paul Phillips - QB</t>
+    <t>#14 Paul Phillips - QB</t>
   </si>
   <si>
     <t>#16 Justin Haas - K</t>
   </si>
   <si>
     <t>#68 Mark Meyer - C</t>
   </si>
   <si>
     <t>4:47</t>
   </si>
   <si>
     <t>GBY 35</t>
   </si>
   <si>
     <t>(4:48) 16-Justin Haas kicks 74 yards from GBY 35 to JAX -9. Touchback.</t>
   </si>
   <si>
     <t>JAX 25</t>
   </si>
   <si>
     <t>Weak I Normal HB Inside Weak</t>
   </si>
   <si>
     <t>1-10-JAX 25 (4:48) 30-Bobby Bonilla ran to GBY 37 for 38 yards. GBY 65-Aaron Loranger was injured on the play. He looks like he should be able to return.</t>
   </si>
@@ -1202,51 +1202,51 @@
   <si>
     <t>3-9-GBY 37 (4:48) 2-Jason Romero pass complete to 15-Jose Brown to GBY 48 for 10 yards. Tackle by 22-Frank Medina.</t>
   </si>
   <si>
     <t>#94 Craig Thornton - DT</t>
   </si>
   <si>
     <t>4:12</t>
   </si>
   <si>
     <t>GBY 48</t>
   </si>
   <si>
     <t>1-10-GBY 48 (4:11) 2-Jason Romero pass complete to 81-Alexander Fedor to JAX 47 for 5 yards. Tackle by 25-Shane Harris.</t>
   </si>
   <si>
     <t>3:33</t>
   </si>
   <si>
     <t>JAX 47</t>
   </si>
   <si>
     <t>2-5-JAX 47 (3:32) 45-Gregory Zarate ran to JAX 45 for 3 yards. Tackle by 55-Buck Hudgens.</t>
   </si>
   <si>
-    <t>#87 Adalberto Murphy - RB</t>
+    <t>#21 Adalberto Murphy - RB</t>
   </si>
   <si>
     <t>2:56</t>
   </si>
   <si>
     <t>JAX 45</t>
   </si>
   <si>
     <t>3-2-JAX 45 (2:55) 27-Jorge Cosey ran to JAX 42 for 3 yards. Tackle by 44-Robert Martinez. JAX 76-Charles Sutherland was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>2:18</t>
   </si>
   <si>
     <t>JAX 42</t>
   </si>
   <si>
     <t>1-10-JAX 42 (2:17) PENALTY - False Start (GBY 47-Raymond Sanders)</t>
   </si>
   <si>
     <t>2:16</t>
   </si>
   <si>
     <t>1-15-JAX 47 (2:17) 2-Jason Romero pass complete to 80-Scott Cude to JAX 41 for 5 yards. Tackle by 8-Charlie Jose.</t>
   </si>
@@ -2221,70 +2221,70 @@
     <col min="33" max="33" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="58" max="58" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="58" max="58" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="77" max="77" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="77" max="77" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="31.707" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>