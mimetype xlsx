--- v1 (2026-02-04)
+++ v2 (2026-02-25)
@@ -422,93 +422,93 @@
   <si>
     <t>14:26</t>
   </si>
   <si>
     <t>GBY 24</t>
   </si>
   <si>
     <t>I Formation Twin WR Hard Slants</t>
   </si>
   <si>
     <t>Dime Normal Double WR3</t>
   </si>
   <si>
     <t>2-11-GBY 24 (14:25) 2-Jason Romero pass incomplete, intended for 85-John Russell.</t>
   </si>
   <si>
     <t>#69 Matthew Hill - RT</t>
   </si>
   <si>
     <t>#36 Jimmy Fleming - FS</t>
   </si>
   <si>
     <t>#24 Robert Boyd - CB</t>
   </si>
   <si>
-    <t>#35 Frank Medina - FS</t>
+    <t>#40 Frank Medina - SS</t>
   </si>
   <si>
     <t>#46 Andre Briggs - SS</t>
   </si>
   <si>
     <t>14:22</t>
   </si>
   <si>
     <t>I Formation Twin WR HB Toss Strong</t>
   </si>
   <si>
     <t>3-4 Normal Man Cover 1</t>
   </si>
   <si>
     <t>3-11-GBY 24 (14:23) 40-William Myles ran to GBY 31 for 7 yards. 40-William Myles FUMBLES (48-Kenneth Rowe) recovered by GBY-53-Gene Lopez at GBY 30. Tackle by 48-Kenneth Rowe.</t>
   </si>
   <si>
     <t>#99 Glenn Shaver - RDE</t>
   </si>
   <si>
     <t>13:46</t>
   </si>
   <si>
     <t>GBY 30</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-5-GBY 30 (13:45) 1-Eduardo Alexander punts 48 yards to JAX 21. Fair Catch by 81-Nathan Smith.</t>
   </si>
   <si>
     <t>#12 Eduardo Alexander - P</t>
   </si>
   <si>
     <t>#81 Nathan Smith - WR</t>
   </si>
   <si>
-    <t>#66 Richard Miller - RG</t>
+    <t>#66 Richard Miller - LG</t>
   </si>
   <si>
     <t>#95 Buck Hudgens - MLB</t>
   </si>
   <si>
     <t>#25 Shane Harris - SS</t>
   </si>
   <si>
     <t>13:38</t>
   </si>
   <si>
     <t>JAX 21</t>
   </si>
   <si>
     <t>Weak I Normal WR Corner TE Middle</t>
   </si>
   <si>
     <t>1-10-JAX 21 (13:39) 15-Lonnie Rock pass complete to 30-Bobby Bonilla to JAX 28 for 7 yards. Tackle by 30-Frank Myers.</t>
   </si>
   <si>
     <t>#7 Lonnie Rock - QB</t>
   </si>
   <si>
     <t>#30 Bobby Bonilla - RB</t>
   </si>