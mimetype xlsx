--- v0 (2025-12-20)
+++ v1 (2026-02-07)
@@ -332,51 +332,51 @@
   <si>
     <t>#95 Jared Manning - SLB</t>
   </si>
   <si>
     <t>#25 Joseph Riddell - CB</t>
   </si>
   <si>
     <t>#6 Leroy Carolan - K</t>
   </si>
   <si>
     <t>TBY</t>
   </si>
   <si>
     <t>TBY 25</t>
   </si>
   <si>
     <t>I Formation Normal FL Hitch</t>
   </si>
   <si>
     <t>4-3 Normal Man QB Spy</t>
   </si>
   <si>
     <t>1-10-TBY 25 (15:00) 5-Thomas Hale pass complete to 12-Michael Simpson to TBY 31 for 6 yards. Tackle by 59-Peter Campbell.</t>
   </si>
   <si>
-    <t>#5 Thomas Hale - QB</t>
+    <t>#18 Thomas Hale - QB</t>
   </si>
   <si>
     <t>#2 Quentin Taylor - WR</t>
   </si>
   <si>
     <t>#37 Fred Garrett - FB</t>
   </si>
   <si>
     <t>#81 Robert Sherwin - TE</t>
   </si>
   <si>
     <t>#46 Michael Simpson - TE</t>
   </si>
   <si>
     <t>#83 Kenny Parker - WR</t>
   </si>
   <si>
     <t>#63 Steven Hampton - LT</t>
   </si>
   <si>
     <t>#75 John Gleason - LG</t>
   </si>
   <si>
     <t>#80 David Valdez - C</t>
   </si>
@@ -413,51 +413,51 @@
   <si>
     <t>#39 Clinton Hodge - CB</t>
   </si>
   <si>
     <t>#20 Fernando Asay - CB</t>
   </si>
   <si>
     <t>#47 Paul Brown - FS</t>
   </si>
   <si>
     <t>14:19</t>
   </si>
   <si>
     <t>TBY 31</t>
   </si>
   <si>
     <t>I Formation 3WR Slot Short WR Deep</t>
   </si>
   <si>
     <t>4-3 Normal WLB Outside Blitz</t>
   </si>
   <si>
     <t>2-4-TBY 31 (14:18) 5-Thomas Hale pass complete to 29-Christopher Lambert to TBY 38 for 7 yards. Tackle by 96-Paul Brown. 29-Christopher Lambert made a great move on the CB.</t>
   </si>
   <si>
-    <t>#29 Christopher Lambert - WR</t>
+    <t>#16 Christopher Lambert - WR</t>
   </si>
   <si>
     <t>13:45</t>
   </si>
   <si>
     <t>TBY 38</t>
   </si>
   <si>
     <t>Goal Line Normal PA TE Drag</t>
   </si>
   <si>
     <t>Goal Line Attack #3</t>
   </si>
   <si>
     <t>1-10-TBY 38 (13:44) 5-Thomas Hale pass Pass knocked down by 38-Fernando Asay. incomplete, intended for 88-Robert Sherwin.</t>
   </si>
   <si>
     <t>#2 William Evans - TE</t>
   </si>
   <si>
     <t>#82 Robert Ortiz - FB</t>
   </si>
   <si>
     <t>#77 Patrick Randall - LDE</t>
   </si>
@@ -521,150 +521,150 @@
   <si>
     <t>#74 Daniel Stapp - RT</t>
   </si>
   <si>
     <t>#11 Walter Rosenberg - WR</t>
   </si>
   <si>
     <t>#49 Patrick Westhoff - RB</t>
   </si>
   <si>
     <t>#86 Donald Zavala - TE</t>
   </si>
   <si>
     <t>#75 Jeffrey Austin - RT</t>
   </si>
   <si>
     <t>#61 Abraham Parker - LG</t>
   </si>
   <si>
     <t>#93 Willis Wong - LDE</t>
   </si>
   <si>
     <t>#94 Mark Bullington - DT</t>
   </si>
   <si>
-    <t>#92 Esteban Oliver - RDE</t>
+    <t>#92 Esteban Oliver - LDE</t>
   </si>
   <si>
     <t>12:15</t>
   </si>
   <si>
     <t>MIN 20</t>
   </si>
   <si>
     <t>I Formation Normal HB Blast</t>
   </si>
   <si>
     <t>4-3 Normal WLB MLB Blitz</t>
   </si>
   <si>
     <t>1-10-MIN 20 (12:16) 31-Jason Barton ran to MIN 19 for -1 yards. Tackle by 22-Kennith Brown.</t>
   </si>
   <si>
     <t>#3 Douglas Millikan - QB</t>
   </si>
   <si>
     <t>#31 Jason Barton - RB</t>
   </si>
   <si>
     <t>#25 Brandon Rubio - FB</t>
   </si>
   <si>
     <t>#85 Joseph Baker - TE</t>
   </si>
   <si>
     <t>#33 Hector Danos - WR</t>
   </si>
   <si>
     <t>#82 Michael Sanders - WR</t>
   </si>
   <si>
     <t>#70 Michael Miller - RT</t>
   </si>
   <si>
     <t>#55 David Collier - RG</t>
   </si>
   <si>
     <t>#70 Peter Richardson - LT</t>
   </si>
   <si>
     <t>#71 Jimmy Carley - RT</t>
   </si>
   <si>
-    <t>#69 Chris Tolbert - RT</t>
+    <t>#64 Chris Tolbert - RT</t>
   </si>
   <si>
     <t>#54 Leo Brooks - DT</t>
   </si>
   <si>
     <t>#91 Eugene Pearce - DT</t>
   </si>
   <si>
     <t>#52 William Taylor - DT</t>
   </si>
   <si>
     <t>#93 Jesse Dyer - SLB</t>
   </si>
   <si>
     <t>#98 Louis Bardin - MLB</t>
   </si>
   <si>
     <t>#44 Cary Rosenblatt - FS</t>
   </si>
   <si>
     <t>11:36</t>
   </si>
   <si>
     <t>MIN 19</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>2-11-MIN 19 (11:35) 3-Douglas Millikan pass complete to 82-Michael Sanders to MIN 45 for 26 yards. Tackle by 24-Manuel Cartwright.</t>
   </si>
   <si>
     <t>#86 Edward Joiner - WR</t>
   </si>
   <si>
     <t>10:53</t>
   </si>
   <si>
     <t>MIN 45</t>
   </si>
   <si>
     <t>Weak I Normal HB Inside Weak</t>
   </si>
   <si>
     <t>Nickel Normal 2 Deep Zone Under</t>
   </si>
   <si>
     <t>1-10-MIN 45 (10:52) 31-Jason Barton ran to TBY 42 for 12 yards. Tackle by 27-Frank Burton. PENALTY - Facemask (TBY 35-Kelvin Parodi)</t>
   </si>
   <si>
-    <t>#61 John Muller - FS</t>
+    <t>#24 John Muller - FS</t>
   </si>
   <si>
     <t>10:48</t>
   </si>
   <si>
     <t>TBY 27</t>
   </si>
   <si>
     <t>Singleback Normal TE Quick Out</t>
   </si>
   <si>
     <t>Nickel Normal Shallow Zone Deep</t>
   </si>
   <si>
     <t>1-10-TBY 27 (10:49) 3-Douglas Millikan pass complete to 86-Joseph Baker to TBY 19 for 8 yards. Tackle by 98-Louis Bardin.</t>
   </si>
   <si>
     <t>#24 Tom Fisher - RB</t>
   </si>
   <si>
     <t>10:11</t>
   </si>
   <si>
     <t>TBY 19</t>
   </si>
@@ -692,54 +692,54 @@
   <si>
     <t>TBY 10</t>
   </si>
   <si>
     <t>3-4 Normal Man Cover 1</t>
   </si>
   <si>
     <t>2-4-TBY 10 (8:48) 31-Jason Barton ran to TBY 0 for 10 yards. TOUCHDOWN! MIN 52-Peter Richardson was injured on the play. He looks like he should be able to return. TBY 0 MIN 6</t>
   </si>
   <si>
     <t>8:43</t>
   </si>
   <si>
     <t>TBY 15</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>(8:44) Extra point GOOD by 6-Leroy Carolan. TBY 0 MIN 7</t>
   </si>
   <si>
-    <t>#19 Justin Jackson - QB</t>
-[...2 lines deleted...]
-    <t>#68 James Blair - C</t>
+    <t>#16 Justin Jackson - QB</t>
+  </si>
+  <si>
+    <t>#68 James Blair - LT</t>
   </si>
   <si>
     <t>#99 Michael Armand - RDE</t>
   </si>
   <si>
     <t>#90 Alfred Juliano - LDE</t>
   </si>
   <si>
     <t>(8:44) 6-Leroy Carolan kicks 69 yards from MIN 35 to TBY -4. Touchback.</t>
   </si>
   <si>
     <t>Goal Line Normal HB Pitch Weak</t>
   </si>
   <si>
     <t>1-10-TBY 25 (8:44) 13-Quentin Taylor ran to TBY 28 for 3 yards. Tackle by 99-Donald Stovall.</t>
   </si>
   <si>
     <t>8:03</t>
   </si>
   <si>
     <t>TBY 28</t>
   </si>
   <si>
     <t>Goal Line Normal HB Toss Strong</t>
   </si>
@@ -926,51 +926,51 @@
   <si>
     <t>1-10-TBY 31 (1:39) 5-Thomas Hale pass Pass knocked down by 27-Robert Howland. incomplete, intended for 12-Michael Simpson.</t>
   </si>
   <si>
     <t>#1 Thomas Melvin - RB</t>
   </si>
   <si>
     <t>1:35</t>
   </si>
   <si>
     <t>I Formation Power HB Sweep Weak</t>
   </si>
   <si>
     <t>2-10-TBY 31 (1:36) 13-Quentin Taylor ran to TBY 32 for 1 yards. Tackle by 59-Peter Campbell.</t>
   </si>
   <si>
     <t>0:53</t>
   </si>
   <si>
     <t>Dime Normal Double WR3</t>
   </si>
   <si>
     <t>3-9-TBY 32 (0:52) 5-Thomas Hale pass Pass knocked down by 39-Clinton Hodge. incomplete, intended for 81-Kenny Parker.</t>
   </si>
   <si>
-    <t>#97 Frank Scott - CB</t>
+    <t>#97 Frank Scott - LDE</t>
   </si>
   <si>
     <t>0:48</t>
   </si>
   <si>
     <t>4-9-TBY 32 (0:49) 6-Josiah Dominguez punts 50 yards to MIN 18. 88-Edmond Price to MIN 36 for 18 yards. Tackle by 35-Kelvin Parodi.</t>
   </si>
   <si>
     <t>0:37</t>
   </si>
   <si>
     <t>MIN 36</t>
   </si>
   <si>
     <t>3-4 Normal 3 Deep Zone Under</t>
   </si>
   <si>
     <t>1-10-MIN 36 (0:38) 31-Jason Barton ran to MIN 38 for 2 yards. Tackle by 50-Eugene Pearce.</t>
   </si>
   <si>
     <t>0:05</t>
   </si>
   <si>
     <t>MIN 38</t>
   </si>
@@ -1691,51 +1691,51 @@
   <si>
     <t>TBY 21</t>
   </si>
   <si>
     <t>1-10-TBY 21 (13:08) 5-Thomas Hale sacked at TBY 13 for -7 yards (78-Darrell Holman). Sack allowed by 63-Steven Hampton.</t>
   </si>
   <si>
     <t>12:48</t>
   </si>
   <si>
     <t>2-17-TBY 13 (12:47) 5-Thomas Hale pass complete to 81-Kenny Parker to TBY 18 for 5 yards. Tackle by 96-Paul Brown.</t>
   </si>
   <si>
     <t>12:19</t>
   </si>
   <si>
     <t>TBY 18</t>
   </si>
   <si>
     <t>3-13-TBY 18 (12:18) 15-Timothy Rausch pass incomplete, dropped by 13-Quentin Taylor.</t>
   </si>
   <si>
     <t>#11 Timothy Rausch - QB</t>
   </si>
   <si>
-    <t>#50 Daniel Aybar - SLB</t>
+    <t>#50 Daniel Aybar - WLB</t>
   </si>
   <si>
     <t>4-13-TBY 18 (12:16) 6-Josiah Dominguez punts 48 yards to MIN 34. 88-Edmond Price to MIN 39 for 5 yards. Tackle by 5-Peter Benton.</t>
   </si>
   <si>
     <t>12:06</t>
   </si>
   <si>
     <t>MIN 39</t>
   </si>
   <si>
     <t>1-10-MIN 39 (12:07) 25-Brandon Rubio ran to MIN 45 for 6 yards. Tackle by 27-Frank Burton.</t>
   </si>
   <si>
     <t>11:23</t>
   </si>
   <si>
     <t>4-3 Normal Cover 2</t>
   </si>
   <si>
     <t>2-4-MIN 45 (11:22) 88-Edmond Price ran to TBY 44 for 11 yards. Tackle by 25-Joseph Riddell.</t>
   </si>
   <si>
     <t>10:44</t>
   </si>