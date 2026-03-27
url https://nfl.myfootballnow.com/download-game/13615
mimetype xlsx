--- v1 (2026-02-07)
+++ v2 (2026-03-27)
@@ -356,51 +356,51 @@
   <si>
     <t>#18 Thomas Hale - QB</t>
   </si>
   <si>
     <t>#2 Quentin Taylor - WR</t>
   </si>
   <si>
     <t>#37 Fred Garrett - FB</t>
   </si>
   <si>
     <t>#81 Robert Sherwin - TE</t>
   </si>
   <si>
     <t>#46 Michael Simpson - TE</t>
   </si>
   <si>
     <t>#83 Kenny Parker - WR</t>
   </si>
   <si>
     <t>#63 Steven Hampton - LT</t>
   </si>
   <si>
     <t>#75 John Gleason - LG</t>
   </si>
   <si>
-    <t>#80 David Valdez - C</t>
+    <t>#72 David Valdez - C</t>
   </si>
   <si>
     <t>#62 Maurice Jeans - RG</t>
   </si>
   <si>
     <t>#69 Leo Lattimore - RT</t>
   </si>
   <si>
     <t>#51 Reginald Salas - DT</t>
   </si>
   <si>
     <t>#2 Brandon Weaver - DT</t>
   </si>
   <si>
     <t>#62 David Burt - RDE</t>
   </si>
   <si>
     <t>#78 Darrell Holman - RDE</t>
   </si>
   <si>
     <t>#35 Kenneth Eubanks - WLB</t>
   </si>
   <si>
     <t>#93 Donald Stovall - RDE</t>
   </si>
@@ -467,51 +467,51 @@
   <si>
     <t>I Formation 3WR WR Out</t>
   </si>
   <si>
     <t>4-3 Normal Double WR3</t>
   </si>
   <si>
     <t>2-10-TBY 38 (13:41) 5-Thomas Hale pass complete to 12-Michael Simpson to TBY 44 for 6 yards. Tackle by 27-Robert Howland.</t>
   </si>
   <si>
     <t>13:00</t>
   </si>
   <si>
     <t>TBY 44</t>
   </si>
   <si>
     <t>I Formation 3WR HB Inside Strong</t>
   </si>
   <si>
     <t>Nickel Normal CB3 MLB Blitz</t>
   </si>
   <si>
     <t>3-4-TBY 44 (12:59) 13-Quentin Taylor ran to TBY 48 for 3 yards. Tackle by 57-Dennis Pirkle.</t>
   </si>
   <si>
-    <t>#57 Dennis Pirkle - CB</t>
+    <t>#26 Dennis Pirkle - CB</t>
   </si>
   <si>
     <t>12:25</t>
   </si>
   <si>
     <t>TBY 48</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-1-TBY 48 (12:24) 6-Josiah Dominguez punts 53 yards to MIN 0.4-1-TBY 48 (12:24) 6-Josiah Dominguez punts 53 yards to MIN 0. Touchback.</t>
   </si>
   <si>
     <t>#6 Josiah Dominguez - P</t>
   </si>
   <si>
     <t>#72 Matthew Stephenson - C</t>
   </si>
   <si>
     <t>#89 Edmond Price - WR</t>
   </si>