--- v0 (2025-12-20)
+++ v1 (2026-02-07)
@@ -344,51 +344,51 @@
   <si>
     <t>TBY 25</t>
   </si>
   <si>
     <t>Shotgun Normal HB Flare</t>
   </si>
   <si>
     <t>4-3 Under Double LB Blitz</t>
   </si>
   <si>
     <t>1-10-TBY 25 (15:00) 15-Timothy Rausch pass Pass knocked down by 46-Andre Briggs. incomplete, intended for 88-Robert Sherwin. 44-Robert Martinez got away with a hold on that play.</t>
   </si>
   <si>
     <t>#11 Timothy Rausch - QB</t>
   </si>
   <si>
     <t>#1 Thomas Melvin - RB</t>
   </si>
   <si>
     <t>#81 Robert Sherwin - TE</t>
   </si>
   <si>
     <t>#46 Michael Simpson - TE</t>
   </si>
   <si>
-    <t>#29 Christopher Lambert - WR</t>
+    <t>#16 Christopher Lambert - WR</t>
   </si>
   <si>
     <t>#83 Kenny Parker - WR</t>
   </si>
   <si>
     <t>#63 Steven Hampton - LT</t>
   </si>
   <si>
     <t>#75 John Gleason - LG</t>
   </si>
   <si>
     <t>#72 Matthew Stephenson - C</t>
   </si>
   <si>
     <t>#62 Maurice Jeans - RG</t>
   </si>
   <si>
     <t>#69 Leo Lattimore - RT</t>
   </si>
   <si>
     <t>#95 Fredrick Combest - LDE</t>
   </si>
   <si>
     <t>#91 Ricky Harris - DT</t>
   </si>
@@ -413,51 +413,51 @@
   <si>
     <t>#21 Francisco Horne - CB</t>
   </si>
   <si>
     <t>#46 Andre Briggs - SS</t>
   </si>
   <si>
     <t>#8 Charlie Jose - FS</t>
   </si>
   <si>
     <t>14:56</t>
   </si>
   <si>
     <t>Strong I Normal HB Dive Strong</t>
   </si>
   <si>
     <t>Dime Normal Double WR1</t>
   </si>
   <si>
     <t>2-10-TBY 25 (14:57) 1-Thomas Melvin ran to TBY 43 for 18 yards. Tackle by 46-Andre Briggs.</t>
   </si>
   <si>
     <t>#37 Fred Garrett - FB</t>
   </si>
   <si>
-    <t>#22 Frank Medina - CB</t>
+    <t>#35 Frank Medina - FS</t>
   </si>
   <si>
     <t>#37 Kent Fair - CB</t>
   </si>
   <si>
     <t>#20 Lacy Adams - SS</t>
   </si>
   <si>
     <t>14:14</t>
   </si>
   <si>
     <t>TBY 43</t>
   </si>
   <si>
     <t>I Formation 3WR Slot Short WR Deep</t>
   </si>
   <si>
     <t>3-4 Normal Double WR2</t>
   </si>
   <si>
     <t>1-10-TBY 43 (14:13) 15-Timothy Rausch pass complete to 29-Christopher Lambert to JAX 39 for 18 yards. Tackle by 25-Shane Harris.</t>
   </si>
   <si>
     <t>#2 Quentin Taylor - WR</t>
   </si>
@@ -608,51 +608,51 @@
   <si>
     <t>#30 Bobby Bonilla - RB</t>
   </si>
   <si>
     <t>#80 Ronald Sumpter - TE</t>
   </si>
   <si>
     <t>#84 Brendan Thayer - TE</t>
   </si>
   <si>
     <t>#16 Ralph Womack - WR</t>
   </si>
   <si>
     <t>#10 Eddie Brown - WR</t>
   </si>
   <si>
     <t>#79 Leonardo Casanova - LT</t>
   </si>
   <si>
     <t>#66 Craig Lewis - C</t>
   </si>
   <si>
     <t>#55 Abraham Hadfield - LG</t>
   </si>
   <si>
-    <t>#61 Richard Miller - LT</t>
+    <t>#66 Richard Miller - RG</t>
   </si>
   <si>
     <t>#54 Leo Brooks - DT</t>
   </si>
   <si>
     <t>#91 Eugene Pearce - DT</t>
   </si>
   <si>
     <t>#52 William Taylor - DT</t>
   </si>
   <si>
     <t>#98 Louis Bardin - MLB</t>
   </si>
   <si>
     <t>#44 Cary Rosenblatt - FS</t>
   </si>
   <si>
     <t>10:13</t>
   </si>
   <si>
     <t>JAX 41</t>
   </si>
   <si>
     <t>Weak I Normal WR Corner TE Middle</t>
   </si>
@@ -731,51 +731,51 @@
   <si>
     <t>TBY 17</t>
   </si>
   <si>
     <t>I Formation Power HB Strong Outside</t>
   </si>
   <si>
     <t>1-10-TBY 17 (8:49) 1-Thomas Melvin ran to TBY 24 for 8 yards. 1-Thomas Melvin FUMBLES (46-Andre Briggs) recovered by JAX-46-Andre Briggs at TBY 28. Tackle by 1-Thomas Melvin.</t>
   </si>
   <si>
     <t>8:43</t>
   </si>
   <si>
     <t>TBY 28</t>
   </si>
   <si>
     <t>I Formation Power Play Action HB Downfield</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Man</t>
   </si>
   <si>
     <t>1-10-TBY 28 (8:44) 15-Lonnie Rock pass complete to 85-Brendan Thayer to TBY 18 for 10 yards. Tackle by 93-Jesse Dyer.</t>
   </si>
   <si>
-    <t>#59 Rickey Ware - RG</t>
+    <t>#62 Rickey Ware - RG</t>
   </si>
   <si>
     <t>8:09</t>
   </si>
   <si>
     <t>TBY 18</t>
   </si>
   <si>
     <t>4-3 Normal WLB Outside Blitz</t>
   </si>
   <si>
     <t>1-10-TBY 18 (8:08) 15-Lonnie Rock pass complete to 30-Bobby Bonilla to TBY 10 for 8 yards. Tackle by 93-Jesse Dyer.</t>
   </si>
   <si>
     <t>7:22</t>
   </si>
   <si>
     <t>TBY 10</t>
   </si>
   <si>
     <t>2-2-TBY 10 (7:21) 15-Lonnie Rock pass complete to 81-Nathan Smith for 10 yards. TOUCHDOWN! Nice job by 81-Nathan Smith on that route to lose his coverage. TBY 0 JAX 6</t>
   </si>
   <si>
     <t>#81 Nathan Smith - WR</t>
   </si>
@@ -1292,51 +1292,51 @@
   <si>
     <t>1:50</t>
   </si>
   <si>
     <t>JAX 36</t>
   </si>
   <si>
     <t>1-10-JAX 36 (1:51) 15-Lonnie Rock pass complete to 16-Ralph Womack to TBY 21 for 43 yards. Tackle by 5-Peter Benton.</t>
   </si>
   <si>
     <t>1:43</t>
   </si>
   <si>
     <t>1:40</t>
   </si>
   <si>
     <t>Nickel Normal Shallow Zone Deep</t>
   </si>
   <si>
     <t>1-10-TBY 21 (1:41) 15-Lonnie Rock pass incomplete, intended for 30-Bobby Bonilla.</t>
   </si>
   <si>
     <t>#71 Joe Gwynn - RDE</t>
   </si>
   <si>
-    <t>#61 John Muller - FS</t>
+    <t>#24 John Muller - FS</t>
   </si>
   <si>
     <t>1:38</t>
   </si>
   <si>
     <t>2-10-TBY 21 (1:39) 15-Lonnie Rock pass complete to 30-Bobby Bonilla to TBY 0 for 21 yards. TOUCHDOWN! 30-Bobby Bonilla made a great move on the CB. TBY 0 JAX 16</t>
   </si>
   <si>
     <t>1:33</t>
   </si>
   <si>
     <t>(1:34) Extra point GOOD by 4-Leland Seeley. TBY 0 JAX 17</t>
   </si>
   <si>
     <t>(1:34) 4-Leland Seeley kicks 74 yards from JAX 35 to TBY -9. Touchback.</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR Strong Deep</t>
   </si>
   <si>
     <t>1-10-TBY 25 (1:34) 15-Timothy Rausch pass Pass knocked down by 39-John Marshall. incomplete, intended for 12-Michael Simpson. PENALTY - Defensive Holding (JAX 27-Lacy Adams)</t>
   </si>
   <si>
     <t>1:27</t>
   </si>
@@ -1760,51 +1760,51 @@
   <si>
     <t>1-10-TBY 16 (12:39) 1-Thomas Melvin ran to TBY 21 for 5 yards. Tackle by 24-Robert Boyd.</t>
   </si>
   <si>
     <t>12:01</t>
   </si>
   <si>
     <t>2-5-TBY 21 (12:00) 15-Timothy Rausch pass complete to 29-Christopher Lambert to TBY 36 for 15 yards. Tackle by 37-Kent Fair.</t>
   </si>
   <si>
     <t>11:38</t>
   </si>
   <si>
     <t>TBY 36</t>
   </si>
   <si>
     <t>1-10-TBY 36 (11:37) 15-Timothy Rausch pass complete to 12-Michael Simpson to TBY 38 for 2 yards. Tackle by 24-Robert Boyd.</t>
   </si>
   <si>
     <t>11:17</t>
   </si>
   <si>
     <t>2-8-TBY 38 (11:16) 5-Thomas Hale pass incomplete, dropped by 16-Noe Zirkle.</t>
   </si>
   <si>
-    <t>#5 Thomas Hale - QB</t>
+    <t>#18 Thomas Hale - QB</t>
   </si>
   <si>
     <t>11:11</t>
   </si>
   <si>
     <t>3-8-TBY 38 (11:12) 15-Timothy Rausch sacked at TBY 29 for -9 yards (95-Fredrick Combest). Sack allowed by 69-Leo Lattimore.</t>
   </si>
   <si>
     <t>10:53</t>
   </si>
   <si>
     <t>4-17-TBY 29 (10:52) 6-Josiah Dominguez punts 43 yards to JAX 28. Fair Catch by 81-Nathan Smith.</t>
   </si>
   <si>
     <t>10:45</t>
   </si>
   <si>
     <t>JAX 28</t>
   </si>
   <si>
     <t>1-10-JAX 28 (10:46) 30-Bobby Bonilla ran to JAX 32 for 4 yards. Tackle by 93-Jesse Dyer.</t>
   </si>
   <si>
     <t>10:07</t>
   </si>