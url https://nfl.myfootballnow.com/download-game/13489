--- v1 (2026-02-07)
+++ v2 (2026-03-27)
@@ -413,51 +413,51 @@
   <si>
     <t>#21 Francisco Horne - CB</t>
   </si>
   <si>
     <t>#46 Andre Briggs - SS</t>
   </si>
   <si>
     <t>#8 Charlie Jose - FS</t>
   </si>
   <si>
     <t>14:56</t>
   </si>
   <si>
     <t>Strong I Normal HB Dive Strong</t>
   </si>
   <si>
     <t>Dime Normal Double WR1</t>
   </si>
   <si>
     <t>2-10-TBY 25 (14:57) 1-Thomas Melvin ran to TBY 43 for 18 yards. Tackle by 46-Andre Briggs.</t>
   </si>
   <si>
     <t>#37 Fred Garrett - FB</t>
   </si>
   <si>
-    <t>#35 Frank Medina - FS</t>
+    <t>#40 Frank Medina - SS</t>
   </si>
   <si>
     <t>#37 Kent Fair - CB</t>
   </si>
   <si>
     <t>#20 Lacy Adams - SS</t>
   </si>
   <si>
     <t>14:14</t>
   </si>
   <si>
     <t>TBY 43</t>
   </si>
   <si>
     <t>I Formation 3WR Slot Short WR Deep</t>
   </si>
   <si>
     <t>3-4 Normal Double WR2</t>
   </si>
   <si>
     <t>1-10-TBY 43 (14:13) 15-Timothy Rausch pass complete to 29-Christopher Lambert to JAX 39 for 18 yards. Tackle by 25-Shane Harris.</t>
   </si>
   <si>
     <t>#2 Quentin Taylor - WR</t>
   </si>
@@ -608,51 +608,51 @@
   <si>
     <t>#30 Bobby Bonilla - RB</t>
   </si>
   <si>
     <t>#80 Ronald Sumpter - TE</t>
   </si>
   <si>
     <t>#84 Brendan Thayer - TE</t>
   </si>
   <si>
     <t>#16 Ralph Womack - WR</t>
   </si>
   <si>
     <t>#10 Eddie Brown - WR</t>
   </si>
   <si>
     <t>#79 Leonardo Casanova - LT</t>
   </si>
   <si>
     <t>#66 Craig Lewis - C</t>
   </si>
   <si>
     <t>#55 Abraham Hadfield - LG</t>
   </si>
   <si>
-    <t>#66 Richard Miller - RG</t>
+    <t>#66 Richard Miller - LG</t>
   </si>
   <si>
     <t>#54 Leo Brooks - DT</t>
   </si>
   <si>
     <t>#91 Eugene Pearce - DT</t>
   </si>
   <si>
     <t>#52 William Taylor - DT</t>
   </si>
   <si>
     <t>#98 Louis Bardin - MLB</t>
   </si>
   <si>
     <t>#44 Cary Rosenblatt - FS</t>
   </si>
   <si>
     <t>10:13</t>
   </si>
   <si>
     <t>JAX 41</t>
   </si>
   <si>
     <t>Weak I Normal WR Corner TE Middle</t>
   </si>