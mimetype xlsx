--- v0 (2025-11-06)
+++ v1 (2026-01-08)
@@ -368,51 +368,51 @@
   <si>
     <t>#33 Clark Carter - RB</t>
   </si>
   <si>
     <t>#80 Robert Meier - TE</t>
   </si>
   <si>
     <t>#82 Murray Donahue - TE</t>
   </si>
   <si>
     <t>#78 Charles Wester - LT</t>
   </si>
   <si>
     <t>#64 Alan Payne - LG</t>
   </si>
   <si>
     <t>#63 Mason Reed - C</t>
   </si>
   <si>
     <t>#64 Claude Sanchez - RG</t>
   </si>
   <si>
     <t>#77 Blake Gonzalez - RT</t>
   </si>
   <si>
-    <t>#51 Reginald Salas - LDE</t>
+    <t>#51 Reginald Salas - DT</t>
   </si>
   <si>
     <t>#77 Patrick Randall - LDE</t>
   </si>
   <si>
     <t>#2 Brandon Weaver - DT</t>
   </si>
   <si>
     <t>#62 David Burt - RDE</t>
   </si>
   <si>
     <t>#78 Darrell Holman - RDE</t>
   </si>
   <si>
     <t>#93 Donald Stovall - RDE</t>
   </si>
   <si>
     <t>#28 Claude Gross - CB</t>
   </si>
   <si>
     <t>#52 Peter Campbell - WLB</t>
   </si>
   <si>
     <t>#27 Robert Howland - SS</t>
   </si>
@@ -458,66 +458,66 @@
   <si>
     <t>3-8-LAC 25 (13:35) 28-Merlin Finch ran to LAC 26 for 2 yards. Tackle by 99-Donald Stovall. LAC 11-Ryan Morrow was injured on the play. He looks like he should be able to return. MIN 99-Donald Stovall was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>12:53</t>
   </si>
   <si>
     <t>LAC 26</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-7-LAC 26 (12:52) 2-Christopher Brown punts 51 yards to MIN 23. 88-Edmond Price to MIN 27 for 4 yards. Tackle by 55-Nate Neyland. 13-Jason Fletcher missed that block completely. 13-Jason Fletcher was caught flat-footed on this play.</t>
   </si>
   <si>
     <t>#2 Christopher Brown - P</t>
   </si>
   <si>
     <t>#89 Edmond Price - WR</t>
   </si>
   <si>
-    <t>#13 Jason Fletcher - WR</t>
+    <t>#88 Jason Fletcher - TE</t>
   </si>
   <si>
     <t>#71 Jimmy Carley - RT</t>
   </si>
   <si>
     <t>#45 Kevin Garcia - FB</t>
   </si>
   <si>
     <t>#86 Donald Zavala - TE</t>
   </si>
   <si>
     <t>#45 Ralph Davis - FB</t>
   </si>
   <si>
-    <t>#92 Esteban Oliver - RDE</t>
+    <t>#92 Esteban Oliver - LDE</t>
   </si>
   <si>
     <t>#78 Robert Karcher - DT</t>
   </si>
   <si>
     <t>#52 Patrick Lee - LDE</t>
   </si>
   <si>
     <t>#57 Dennis Pirkle - CB</t>
   </si>
   <si>
     <t>12:43</t>
   </si>
   <si>
     <t>MIN 27</t>
   </si>
   <si>
     <t>Singleback Normal WR Quick In</t>
   </si>
   <si>
     <t>Nickel Normal Double WR3</t>
   </si>
   <si>
     <t>1-10-MIN 27 (12:44) 3-Douglas Millikan pass Pass knocked down by 20-William Varga. incomplete, intended for 82-Michael Sanders.</t>
   </si>
@@ -533,63 +533,63 @@
   <si>
     <t>#33 Hector Danos - WR</t>
   </si>
   <si>
     <t>#22 James Yamasaki - RB</t>
   </si>
   <si>
     <t>#82 Michael Sanders - WR</t>
   </si>
   <si>
     <t>#70 Michael Miller - RT</t>
   </si>
   <si>
     <t>#74 Woodrow Hardy - LG</t>
   </si>
   <si>
     <t>#70 Peter Richardson - LT</t>
   </si>
   <si>
     <t>#55 David Collier - RG</t>
   </si>
   <si>
     <t>#69 Chris Tolbert - RT</t>
   </si>
   <si>
-    <t>#76 Lyle Goodwin - RDE</t>
+    <t>#58 Lyle Goodwin - WLB</t>
   </si>
   <si>
     <t>#78 Samuel Cole - DT</t>
   </si>
   <si>
     <t>#96 Jared Moore - RDE</t>
   </si>
   <si>
     <t>#56 John Cooper - WLB</t>
   </si>
   <si>
-    <t>#2 Alvin Brassell - CB</t>
+    <t>#25 Alvin Brassell - CB</t>
   </si>
   <si>
     <t>#20 William Varga - CB</t>
   </si>
   <si>
     <t>12:40</t>
   </si>
   <si>
     <t>I Formation 3WR Slot Short WR Deep</t>
   </si>
   <si>
     <t>2-10-MIN 27 (12:41) 3-Douglas Millikan pass complete to 82-Michael Sanders to MIN 35 for 9 yards. Tackle by 26-John Wood. Great move by 82-Michael Sanders to get free of his coverage.</t>
   </si>
   <si>
     <t>12:04</t>
   </si>
   <si>
     <t>Weak I Normal Skinny Posts</t>
   </si>
   <si>
     <t>46 Heavy 2 Deep Man Under</t>
   </si>
   <si>
     <t>3-1-MIN 35 (12:03) 3-Douglas Millikan pass complete to 31-Jason Barton to MIN 49 for 14 yards. Tackle by 26-John Wood. LAC 55-Nate Neyland was injured on the play. He looks like he should be able to return.</t>
   </si>