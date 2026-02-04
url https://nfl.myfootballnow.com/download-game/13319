--- v1 (2026-01-08)
+++ v2 (2026-02-04)
@@ -281,66 +281,66 @@
   <si>
     <t>ST Rusher8</t>
   </si>
   <si>
     <t>15:00</t>
   </si>
   <si>
     <t>LAC has won the toss and elected to receive.</t>
   </si>
   <si>
     <t>MIN</t>
   </si>
   <si>
     <t>MIN 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 6-Leroy Carolan kicks 74 yards from MIN 35 to LAC -9. 32-Damien Nash to LAC 23 for 33 yards. Tackle by 30-Eric Leahy.</t>
   </si>
   <si>
-    <t>#32 Damien Nash - RB</t>
+    <t>#29 Damien Nash - RB</t>
   </si>
   <si>
     <t>#97 Will Anderson - LDE</t>
   </si>
   <si>
     <t>#26 John Wood - CB</t>
   </si>
   <si>
-    <t>#55 Nate Neyland - MLB</t>
+    <t>#98 Nate Neyland - MLB</t>
   </si>
   <si>
     <t>#53 John Oconnor - WLB</t>
   </si>
   <si>
-    <t>#99 Eugene Pitts - RDE</t>
+    <t>#73 Eugene Pitts - RDE</t>
   </si>
   <si>
     <t>#50 Shaun Nixon - WLB</t>
   </si>
   <si>
     <t>#23 Luther Chavez - CB</t>
   </si>
   <si>
     <t>#31 Dwight Green - CB</t>
   </si>
   <si>
     <t>#93 Jared Tucker - LDE</t>
   </si>
   <si>
     <t>#24 Thomas Coleman - CB</t>
   </si>
   <si>
     <t>#6 Leroy Carolan - K</t>
   </si>
   <si>
     <t>LAC</t>
   </si>
   <si>
     <t>14:55</t>
   </si>
@@ -530,51 +530,51 @@
   <si>
     <t>#81 Philip McDonald - TE</t>
   </si>
   <si>
     <t>#33 Hector Danos - WR</t>
   </si>
   <si>
     <t>#22 James Yamasaki - RB</t>
   </si>
   <si>
     <t>#82 Michael Sanders - WR</t>
   </si>
   <si>
     <t>#70 Michael Miller - RT</t>
   </si>
   <si>
     <t>#74 Woodrow Hardy - LG</t>
   </si>
   <si>
     <t>#70 Peter Richardson - LT</t>
   </si>
   <si>
     <t>#55 David Collier - RG</t>
   </si>
   <si>
-    <t>#69 Chris Tolbert - RT</t>
+    <t>#64 Chris Tolbert - RT</t>
   </si>
   <si>
     <t>#58 Lyle Goodwin - WLB</t>
   </si>
   <si>
     <t>#78 Samuel Cole - DT</t>
   </si>
   <si>
     <t>#96 Jared Moore - RDE</t>
   </si>
   <si>
     <t>#56 John Cooper - WLB</t>
   </si>
   <si>
     <t>#25 Alvin Brassell - CB</t>
   </si>
   <si>
     <t>#20 William Varga - CB</t>
   </si>
   <si>
     <t>12:40</t>
   </si>
   <si>
     <t>I Formation 3WR Slot Short WR Deep</t>
   </si>
@@ -647,78 +647,78 @@
   <si>
     <t>Nickel Normal Double WR1</t>
   </si>
   <si>
     <t>3-3-LAC 9 (9:42) 3-Douglas Millikan pass complete to 13-Jason Fletcher for 9 yards. TOUCHDOWN! 13-Jason Fletcher breaks down the CB. 20-William Varga got away with a hold on that play. 24-Thomas Coleman got away with a hold on that play. LAC 0 MIN 6</t>
   </si>
   <si>
     <t>9:37</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>(9:38) Extra point GOOD by 6-Leroy Carolan. LAC 0 MIN 7</t>
   </si>
   <si>
     <t>#10 William Evans - QB</t>
   </si>
   <si>
     <t>#1 David Pohlman - LT</t>
   </si>
   <si>
-    <t>#68 James Blair - C</t>
+    <t>#68 James Blair - LT</t>
   </si>
   <si>
     <t>#98 Robert Spruill - LDE</t>
   </si>
   <si>
     <t>#94 Tyrone Ayala - DT</t>
   </si>
   <si>
     <t>(9:38) 6-Leroy Carolan kicks 75 yards from MIN 35 to LAC -10. Touchback.</t>
   </si>
   <si>
     <t>Shotgun Normal HB Flare</t>
   </si>
   <si>
     <t>Dime Normal Double WR3</t>
   </si>
   <si>
     <t>1-10-LAC 25 (9:38) 8-Dennis Guilder pass Pass knocked down by 28-James Diaz. incomplete, intended for 32-Damien Nash.</t>
   </si>
   <si>
     <t>#85 Arthur Thomas - WR</t>
   </si>
   <si>
     <t>#13 Keenan Allen - WR</t>
   </si>
   <si>
-    <t>#97 Frank Scott - CB</t>
+    <t>#97 Frank Scott - LDE</t>
   </si>
   <si>
     <t>#47 Paul Brown - FS</t>
   </si>
   <si>
     <t>9:33</t>
   </si>
   <si>
     <t>Shotgun 5 Wide Parallel Slants</t>
   </si>
   <si>
     <t>Dime Normal Double WR1</t>
   </si>
   <si>
     <t>2-10-LAC 25 (9:34) 8-Dennis Guilder pass complete to 17-Michael Trainor to LAC 36 for 11 yards. Tackle by 57-Dennis Pirkle.</t>
   </si>
   <si>
     <t>#17 Paul Gonzalez - WR</t>
   </si>
   <si>
     <t>#17 Michael Trainor - WR</t>
   </si>
   <si>
     <t>#35 Kenneth Eubanks - WLB</t>
   </si>
@@ -2292,51 +2292,51 @@
     <col min="44" max="44" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="69" max="69" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="69" max="69" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="26.993" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>