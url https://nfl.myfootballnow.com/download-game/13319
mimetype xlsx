--- v2 (2026-02-04)
+++ v3 (2026-02-25)
@@ -482,51 +482,51 @@
   <si>
     <t>#88 Jason Fletcher - TE</t>
   </si>
   <si>
     <t>#71 Jimmy Carley - RT</t>
   </si>
   <si>
     <t>#45 Kevin Garcia - FB</t>
   </si>
   <si>
     <t>#86 Donald Zavala - TE</t>
   </si>
   <si>
     <t>#45 Ralph Davis - FB</t>
   </si>
   <si>
     <t>#92 Esteban Oliver - LDE</t>
   </si>
   <si>
     <t>#78 Robert Karcher - DT</t>
   </si>
   <si>
     <t>#52 Patrick Lee - LDE</t>
   </si>
   <si>
-    <t>#57 Dennis Pirkle - CB</t>
+    <t>#26 Dennis Pirkle - CB</t>
   </si>
   <si>
     <t>12:43</t>
   </si>
   <si>
     <t>MIN 27</t>
   </si>
   <si>
     <t>Singleback Normal WR Quick In</t>
   </si>
   <si>
     <t>Nickel Normal Double WR3</t>
   </si>
   <si>
     <t>1-10-MIN 27 (12:44) 3-Douglas Millikan pass Pass knocked down by 20-William Varga. incomplete, intended for 82-Michael Sanders.</t>
   </si>
   <si>
     <t>#3 Douglas Millikan - QB</t>
   </si>
   <si>
     <t>#31 Jason Barton - RB</t>
   </si>
   <si>
     <t>#81 Philip McDonald - TE</t>
   </si>