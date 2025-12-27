--- v0 (2025-11-05)
+++ v1 (2025-12-27)
@@ -377,96 +377,96 @@
   <si>
     <t>#63 Mason Reed - C</t>
   </si>
   <si>
     <t>#64 Claude Sanchez - RG</t>
   </si>
   <si>
     <t>#77 Blake Gonzalez - RT</t>
   </si>
   <si>
     <t>#79 Charles Smith - LDE</t>
   </si>
   <si>
     <t>#79 Anthony Smith - RDE</t>
   </si>
   <si>
     <t>#98 Keith Sanders - DT</t>
   </si>
   <si>
     <t>#92 James Shepard - DT</t>
   </si>
   <si>
     <t>#43 Hector Evans - CB</t>
   </si>
   <si>
-    <t>#52 David Rueda - RDE</t>
+    <t>#70 David Rueda - LDE</t>
   </si>
   <si>
     <t>#47 Ronald Brown - CB</t>
   </si>
   <si>
     <t>#22 Brad Donahue - CB</t>
   </si>
   <si>
     <t>#54 Ron Tash - MLB</t>
   </si>
   <si>
     <t>#20 Lacy Adams - SS</t>
   </si>
   <si>
     <t>#43 Mack Anderson - CB</t>
   </si>
   <si>
     <t>14:14</t>
   </si>
   <si>
     <t>LAC 32</t>
   </si>
   <si>
     <t>I Formation Normal PA Fullback Flat</t>
   </si>
   <si>
     <t>4-3 Normal Double WR3</t>
   </si>
   <si>
     <t>2-3-LAC 32 (14:13) 8-Dennis Guilder pass complete to 21-Edward Joiner to LAC 41 for 8 yards. Tackle by 56-Hector Evans.</t>
   </si>
   <si>
     <t>#86 Edward Joiner - WR</t>
   </si>
   <si>
     <t>#80 Robert Meier - TE</t>
   </si>
   <si>
     <t>#38 Stephen Dozier - SS</t>
   </si>
   <si>
     <t>#40 Bruce Silva - FS</t>
   </si>
   <si>
-    <t>#41 Charles Randle - FS</t>
+    <t>#41 Charles Randle - SS</t>
   </si>
   <si>
     <t>13:38</t>
   </si>
   <si>
     <t>LAC 41</t>
   </si>
   <si>
     <t>I Formation Power Play Action HB Downfield</t>
   </si>
   <si>
     <t>Goal Line Attack #3</t>
   </si>
   <si>
     <t>1-10-LAC 41 (13:37) (Hot Read) 8-Dennis Guilder pass INTERCEPTED by 95-John Long at LAC 37. 95-John Long to LAC 38 for -0 yards. Tackle by 77-Blake Gonzalez. Pressure by 55-David Rueda.</t>
   </si>
   <si>
     <t>#82 Murray Donahue - TE</t>
   </si>
   <si>
     <t>#95 John Long - LDE</t>
   </si>
   <si>
     <t>13:32</t>
   </si>
@@ -494,105 +494,105 @@
   <si>
     <t>#82 Greg Barrow - WR</t>
   </si>
   <si>
     <t>#15 Randy White - WR</t>
   </si>
   <si>
     <t>#12 Stanley King - WR</t>
   </si>
   <si>
     <t>#75 Andrew Ketron - LT</t>
   </si>
   <si>
     <t>#66 Stephen Lacourse - LT</t>
   </si>
   <si>
     <t>#60 Dale Brase - C</t>
   </si>
   <si>
     <t>#76 Ray Whaley - RG</t>
   </si>
   <si>
     <t>#74 Tim Granger - LG</t>
   </si>
   <si>
-    <t>#76 Lyle Goodwin - RDE</t>
+    <t>#58 Lyle Goodwin - WLB</t>
   </si>
   <si>
     <t>#78 Samuel Cole - DT</t>
   </si>
   <si>
-    <t>#2 Alvin Brassell - CB</t>
+    <t>#25 Alvin Brassell - CB</t>
   </si>
   <si>
     <t>13:30</t>
   </si>
   <si>
     <t>Goal Line Normal HB Off Tackle</t>
   </si>
   <si>
     <t>2-10-LAC 38 (13:31) 35-Ralph Bradley ran to LAC 34 for 4 yards. Tackle by 31-Dwight Green.</t>
   </si>
   <si>
     <t>#43 Michael King - LG</t>
   </si>
   <si>
     <t>#83 Ronald Smith - WR</t>
   </si>
   <si>
     <t>#69 Martin Montenegro - LG</t>
   </si>
   <si>
     <t>12:52</t>
   </si>
   <si>
     <t>LAC 34</t>
   </si>
   <si>
     <t>4-3 Normal Double WR2</t>
   </si>
   <si>
     <t>3-6-LAC 34 (12:51) 9-Marc White pass Pass knocked down by 50-Shaun Nixon. incomplete, intended for 15-Randy White. LAC 99-Eugene Pitts was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>12:47</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-6-LAC 34 (12:48) 6-Richard Evans 51 yard field goal is GOOD. LAC 0 IND 3</t>
   </si>
   <si>
     <t>#3 Adam Verrill - QB</t>
   </si>
   <si>
-    <t>#50 Daryl Graham - C</t>
+    <t>#69 Daryl Graham - C</t>
   </si>
   <si>
     <t>#72 James King - RT</t>
   </si>
   <si>
     <t>#96 Jared Moore - RDE</t>
   </si>
   <si>
     <t>#94 Tyrone Ayala - DT</t>
   </si>
   <si>
     <t>12:43</t>
   </si>
   <si>
     <t>(12:44) 6-Richard Evans kicks 68 yards from IND 35 to LAC -3. Touchback.</t>
   </si>
   <si>
     <t>I Formation Normal FL Hitch</t>
   </si>
   <si>
     <t>4-3 Normal WLB Outside Blitz</t>
   </si>
   <si>
     <t>1-10-LAC 25 (12:44) 8-Dennis Guilder pass complete to 12-Arthur Thomas to LAC 37 for 12 yards. Tackle by 22-Brad Donahue.</t>
   </si>