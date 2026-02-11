--- v1 (2025-12-27)
+++ v2 (2026-02-11)
@@ -281,66 +281,66 @@
   <si>
     <t>ST Rusher8</t>
   </si>
   <si>
     <t>15:00</t>
   </si>
   <si>
     <t>IND has won the toss and elected to defer.</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>IND 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 6-Richard Evans kicks 74 yards from IND 35 to LAC -9. Touchback.</t>
   </si>
   <si>
-    <t>#32 Damien Nash - RB</t>
+    <t>#29 Damien Nash - RB</t>
   </si>
   <si>
     <t>#42 Thomas Magoon - FS</t>
   </si>
   <si>
     <t>#50 Shaun Nixon - WLB</t>
   </si>
   <si>
-    <t>#55 Nate Neyland - MLB</t>
+    <t>#98 Nate Neyland - MLB</t>
   </si>
   <si>
     <t>#26 John Wood - CB</t>
   </si>
   <si>
-    <t>#99 Eugene Pitts - RDE</t>
+    <t>#73 Eugene Pitts - RDE</t>
   </si>
   <si>
     <t>#93 Jared Tucker - LDE</t>
   </si>
   <si>
     <t>#31 Dwight Green - CB</t>
   </si>
   <si>
     <t>#24 Thomas Coleman - CB</t>
   </si>
   <si>
     <t>#97 Will Anderson - LDE</t>
   </si>
   <si>
     <t>#53 John Oconnor - WLB</t>
   </si>
   <si>
     <t>#6 Richard Evans - K</t>
   </si>
   <si>
     <t>LAC</t>
   </si>
   <si>
     <t>LAC 25</t>
   </si>
@@ -365,102 +365,102 @@
   <si>
     <t>#13 Keenan Allen - WR</t>
   </si>
   <si>
     <t>#85 Arthur Thomas - WR</t>
   </si>
   <si>
     <t>#78 Charles Wester - LT</t>
   </si>
   <si>
     <t>#64 Alan Payne - LG</t>
   </si>
   <si>
     <t>#63 Mason Reed - C</t>
   </si>
   <si>
     <t>#64 Claude Sanchez - RG</t>
   </si>
   <si>
     <t>#77 Blake Gonzalez - RT</t>
   </si>
   <si>
     <t>#79 Charles Smith - LDE</t>
   </si>
   <si>
-    <t>#79 Anthony Smith - RDE</t>
+    <t>#73 Anthony Smith - DT</t>
   </si>
   <si>
     <t>#98 Keith Sanders - DT</t>
   </si>
   <si>
-    <t>#92 James Shepard - DT</t>
+    <t>#59 James Shepard - DT</t>
   </si>
   <si>
     <t>#43 Hector Evans - CB</t>
   </si>
   <si>
     <t>#70 David Rueda - LDE</t>
   </si>
   <si>
     <t>#47 Ronald Brown - CB</t>
   </si>
   <si>
     <t>#22 Brad Donahue - CB</t>
   </si>
   <si>
     <t>#54 Ron Tash - MLB</t>
   </si>
   <si>
     <t>#20 Lacy Adams - SS</t>
   </si>
   <si>
     <t>#43 Mack Anderson - CB</t>
   </si>
   <si>
     <t>14:14</t>
   </si>
   <si>
     <t>LAC 32</t>
   </si>
   <si>
     <t>I Formation Normal PA Fullback Flat</t>
   </si>
   <si>
     <t>4-3 Normal Double WR3</t>
   </si>
   <si>
     <t>2-3-LAC 32 (14:13) 8-Dennis Guilder pass complete to 21-Edward Joiner to LAC 41 for 8 yards. Tackle by 56-Hector Evans.</t>
   </si>
   <si>
     <t>#86 Edward Joiner - WR</t>
   </si>
   <si>
     <t>#80 Robert Meier - TE</t>
   </si>
   <si>
-    <t>#38 Stephen Dozier - SS</t>
+    <t>#38 Stephen Dozier - FS</t>
   </si>
   <si>
     <t>#40 Bruce Silva - FS</t>
   </si>
   <si>
     <t>#41 Charles Randle - SS</t>
   </si>
   <si>
     <t>13:38</t>
   </si>
   <si>
     <t>LAC 41</t>
   </si>
   <si>
     <t>I Formation Power Play Action HB Downfield</t>
   </si>
   <si>
     <t>Goal Line Attack #3</t>
   </si>
   <si>
     <t>1-10-LAC 41 (13:37) (Hot Read) 8-Dennis Guilder pass INTERCEPTED by 95-John Long at LAC 37. 95-John Long to LAC 38 for -0 yards. Tackle by 77-Blake Gonzalez. Pressure by 55-David Rueda.</t>
   </si>
   <si>
     <t>#82 Murray Donahue - TE</t>
   </si>
@@ -485,51 +485,51 @@
   <si>
     <t>#9 Marc White - QB</t>
   </si>
   <si>
     <t>#47 Ralph Bradley - FB</t>
   </si>
   <si>
     <t>#81 Antone Fowler - TE</t>
   </si>
   <si>
     <t>#82 Greg Barrow - WR</t>
   </si>
   <si>
     <t>#15 Randy White - WR</t>
   </si>
   <si>
     <t>#12 Stanley King - WR</t>
   </si>
   <si>
     <t>#75 Andrew Ketron - LT</t>
   </si>
   <si>
     <t>#66 Stephen Lacourse - LT</t>
   </si>
   <si>
-    <t>#60 Dale Brase - C</t>
+    <t>#60 Dale Brase - LG</t>
   </si>
   <si>
     <t>#76 Ray Whaley - RG</t>
   </si>
   <si>
     <t>#74 Tim Granger - LG</t>
   </si>
   <si>
     <t>#58 Lyle Goodwin - WLB</t>
   </si>
   <si>
     <t>#78 Samuel Cole - DT</t>
   </si>
   <si>
     <t>#25 Alvin Brassell - CB</t>
   </si>
   <si>
     <t>13:30</t>
   </si>
   <si>
     <t>Goal Line Normal HB Off Tackle</t>
   </si>
   <si>
     <t>2-10-LAC 38 (13:31) 35-Ralph Bradley ran to LAC 34 for 4 yards. Tackle by 31-Dwight Green.</t>
   </si>
@@ -2358,93 +2358,93 @@
     <col min="8" max="8" width="37.705" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="281.788" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="26.993" bestFit="true" customWidth="true" style="0"/>
-    <col min="33" max="33" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="33" max="33" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="75" max="75" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="75" max="75" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="29.421" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>