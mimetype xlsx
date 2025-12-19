--- v0 (2025-10-16)
+++ v1 (2025-12-19)
@@ -299,105 +299,105 @@
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 14-Daniel Snipes kicks 74 yards from DET 35 to BUF -9. Touchback.</t>
   </si>
   <si>
     <t>#25 Marshall Bowen - RB</t>
   </si>
   <si>
     <t>#72 Austin Roth - RDE</t>
   </si>
   <si>
     <t>#42 Timmy Adams - SS</t>
   </si>
   <si>
     <t>#53 Kenneth Blum - SLB</t>
   </si>
   <si>
     <t>#57 David Hernandez - MLB</t>
   </si>
   <si>
     <t>#91 Dave Baker - WLB</t>
   </si>
   <si>
-    <t>#41 Frank Medina - FS</t>
-[...2 lines deleted...]
-    <t>#77 Jorge Rodriguez - DT</t>
+    <t>#31 Frank Medina - CB</t>
+  </si>
+  <si>
+    <t>#73 Jorge Rodriguez - RDE</t>
   </si>
   <si>
     <t>#28 Dennis Hutchinson - CB</t>
   </si>
   <si>
     <t>#61 Phillip Williams - RDE</t>
   </si>
   <si>
     <t>#21 Jerald Garris - SS</t>
   </si>
   <si>
     <t>#14 Daniel Snipes - K</t>
   </si>
   <si>
     <t>BUF</t>
   </si>
   <si>
     <t>BUF 25</t>
   </si>
   <si>
     <t>Singleback Normal FL Drag</t>
   </si>
   <si>
     <t>Nickel Normal Man Cover 2</t>
   </si>
   <si>
     <t>1-10-BUF 25 (15:00) 19-Colin McClain pass complete to 17-Joshua Scott to BUF 35 for 10 yards. Tackle by 21-David Vangundy. Pressure by 97-Daniel Wilson.</t>
   </si>
   <si>
     <t>#19 Colin McClain - QB</t>
   </si>
   <si>
     <t>#82 Scott Jimenez - TE</t>
   </si>
   <si>
     <t>#17 Joshua Scott - WR</t>
   </si>
   <si>
     <t>#15 James Roland - WR</t>
   </si>
   <si>
     <t>#80 Harry Wise - WR</t>
   </si>
   <si>
     <t>#65 William Espinoza - RG</t>
   </si>
   <si>
     <t>#63 John Andrews - LT</t>
   </si>
   <si>
-    <t>#79 George Frost - C</t>
+    <t>#50 George Frost - C</t>
   </si>
   <si>
     <t>#73 Joan Shorts - RG</t>
   </si>
   <si>
     <t>#60 Richard Thompson - RT</t>
   </si>
   <si>
     <t>#93 Jeff Owens - RDE</t>
   </si>
   <si>
     <t>#97 Leo Muse - DT</t>
   </si>
   <si>
     <t>#96 Coy Foster - DT</t>
   </si>
   <si>
     <t>#92 Daniel Wilson - LDE</t>
   </si>
   <si>
     <t>#51 Micheal Kelly - SLB</t>
   </si>
   <si>
     <t>#55 Brandon Clinton - MLB</t>
   </si>
@@ -416,87 +416,87 @@
   <si>
     <t>#52 Dennis Shaw - WLB</t>
   </si>
   <si>
     <t>14:24</t>
   </si>
   <si>
     <t>BUF 35</t>
   </si>
   <si>
     <t>Split Backs 3 Wide WR2 Deep Post</t>
   </si>
   <si>
     <t>Nickel Normal Double WR1</t>
   </si>
   <si>
     <t>2-1-BUF 35 (14:23) 19-Colin McClain pass complete to 24-Mason Taylor to BUF 41 for 6 yards. Pushed out of bounds by 51-Micheal Kelly. DET 96-Leo Muse was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#24 Mason Taylor - RB</t>
   </si>
   <si>
     <t>#39 Marcus Teague - FB</t>
   </si>
   <si>
-    <t>#22 Robert Rayburn - CB</t>
+    <t>#50 Robert Rayburn - SLB</t>
   </si>
   <si>
     <t>#23 Jeff Kennedy - CB</t>
   </si>
   <si>
     <t>13:40</t>
   </si>
   <si>
     <t>BUF 41</t>
   </si>
   <si>
     <t>Split Backs 3 Wide Slot Post</t>
   </si>
   <si>
     <t>Nickel Normal 3 Deep Man Under</t>
   </si>
   <si>
     <t>1-10-BUF 41 (13:39) 19-Colin McClain pass complete to 30-Emile McMullin to BUF 47 for 6 yards. Tackle by 24-Dale Martin.</t>
   </si>
   <si>
     <t>#30 Emile McMullin - RB</t>
   </si>
   <si>
     <t>#7 Andre Bailey - WR</t>
   </si>
   <si>
     <t>#14 Joshua Cunningham - WR</t>
   </si>
   <si>
     <t>#84 Gary Stillman - WR</t>
   </si>
   <si>
     <t>#91 Richard Gilmer - DT</t>
   </si>
   <si>
-    <t>#56 Norman Massey - SLB</t>
+    <t>#56 Norman Massey - WLB</t>
   </si>
   <si>
     <t>12:55</t>
   </si>
   <si>
     <t>BUF 47</t>
   </si>
   <si>
     <t>Singleback Empty 4 Slot Crosses</t>
   </si>
   <si>
     <t>Dime Normal Double WR2</t>
   </si>
   <si>
     <t>2-4-BUF 47 (12:54) 19-Colin McClain sacked at BUF 41 for -7 yards (97-Daniel Wilson). Sack allowed by 65-William Espinoza.</t>
   </si>
   <si>
     <t>#22 Jeffery Weber - CB</t>
   </si>
   <si>
     <t>#45 Dean Knight - CB</t>
   </si>
   <si>
     <t>12:15</t>
   </si>
@@ -521,78 +521,78 @@
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-21-BUF 30 (11:35) 11-Jeffrey Stapleton punts 49 yards to DET 21. Fair Catch by 38-Edward Reed.</t>
   </si>
   <si>
     <t>#11 Jeffrey Stapleton - P</t>
   </si>
   <si>
     <t>#71 Doug Chapple - C</t>
   </si>
   <si>
     <t>#38 Edward Reed - RB</t>
   </si>
   <si>
     <t>#36 Ronald Neilsen - FB</t>
   </si>
   <si>
     <t>#61 Owen Simon - C</t>
   </si>
   <si>
     <t>#57 Manuel Gilman - SLB</t>
   </si>
   <si>
-    <t>#83 Donald Delacruz - TE</t>
+    <t>#89 Donald Delacruz - TE</t>
   </si>
   <si>
     <t>#69 Jason Houser - C</t>
   </si>
   <si>
     <t>#76 William Cason - C</t>
   </si>
   <si>
     <t>#69 Michael Sonntag - LG</t>
   </si>
   <si>
     <t>11:28</t>
   </si>
   <si>
     <t>DET 21</t>
   </si>
   <si>
     <t>Singleback Big HB Inside Strong</t>
   </si>
   <si>
     <t>4-3 Normal Cover 2</t>
   </si>
   <si>
     <t>1-10-DET 21 (11:29) 33-Eddie Gregg ran to DET 24 for 2 yards. Tackle by 55-Larry Sanders.</t>
   </si>
   <si>
-    <t>#2 Steven Gorman - QB</t>
+    <t>#16 Steven Gorman - QB</t>
   </si>
   <si>
     <t>#33 Eddie Gregg - WR</t>
   </si>
   <si>
     <t>#61 Aaron Clark - LG</t>
   </si>
   <si>
     <t>#84 Joseph Barber - WR</t>
   </si>
   <si>
     <t>#83 Kenneth Smith - WR</t>
   </si>
   <si>
     <t>#63 Lester Stephens - LT</t>
   </si>
   <si>
     <t>#74 Jason Kleinman - RG</t>
   </si>
   <si>
     <t>#65 Jesse Prout - LG</t>
   </si>
   <si>
     <t>#76 Harold McDonald - RT</t>
   </si>
@@ -686,51 +686,51 @@
   <si>
     <t>#32 John Boner - RB</t>
   </si>
   <si>
     <t>8:51</t>
   </si>
   <si>
     <t>4-3 Under Crash Right</t>
   </si>
   <si>
     <t>3-11-BUF 47 (8:50) 2-Steven Gorman pass complete to 87-Joseph Barber to BUF 44 for 3 yards. Tackle by 48-Adam Bryant.</t>
   </si>
   <si>
     <t>8:06</t>
   </si>
   <si>
     <t>BUF 44</t>
   </si>
   <si>
     <t>4-8-BUF 44 (8:05) 5-Christopher Boyd punts 40 yards to BUF 4.</t>
   </si>
   <si>
     <t>#5 Christopher Boyd - P</t>
   </si>
   <si>
-    <t>#67 Daniel Pettitt - RG</t>
+    <t>#53 Daniel Pettitt - RG</t>
   </si>
   <si>
     <t>7:53</t>
   </si>
   <si>
     <t>BUF 4</t>
   </si>
   <si>
     <t>Goal Line Normal HB Toss Strong</t>
   </si>
   <si>
     <t>46 Heavy 2 Deep Man Under</t>
   </si>
   <si>
     <t>1-10-BUF 4 (7:54) 25-Marshall Bowen ran to BUF 9 for 4 yards. Tackle by 51-Micheal Kelly.</t>
   </si>
   <si>
     <t>#83 Diego Lam - TE</t>
   </si>
   <si>
     <t>#58 John Lange - SLB</t>
   </si>
   <si>
     <t>7:20</t>
   </si>
@@ -2391,87 +2391,87 @@
     <col min="17" max="17" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="31.707" bestFit="true" customWidth="true" style="0"/>
-    <col min="42" max="42" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="42" max="42" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="57" max="57" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="57" max="57" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="78" max="78" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="78" max="78" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="29.421" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>