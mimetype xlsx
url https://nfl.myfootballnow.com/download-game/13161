--- v1 (2025-12-19)
+++ v2 (2026-02-07)
@@ -362,108 +362,108 @@
   <si>
     <t>#17 Joshua Scott - WR</t>
   </si>
   <si>
     <t>#15 James Roland - WR</t>
   </si>
   <si>
     <t>#80 Harry Wise - WR</t>
   </si>
   <si>
     <t>#65 William Espinoza - RG</t>
   </si>
   <si>
     <t>#63 John Andrews - LT</t>
   </si>
   <si>
     <t>#50 George Frost - C</t>
   </si>
   <si>
     <t>#73 Joan Shorts - RG</t>
   </si>
   <si>
     <t>#60 Richard Thompson - RT</t>
   </si>
   <si>
-    <t>#93 Jeff Owens - RDE</t>
+    <t>#53 Jeff Owens - RDE</t>
   </si>
   <si>
     <t>#97 Leo Muse - DT</t>
   </si>
   <si>
     <t>#96 Coy Foster - DT</t>
   </si>
   <si>
-    <t>#92 Daniel Wilson - LDE</t>
+    <t>#93 Daniel Wilson - RDE</t>
   </si>
   <si>
     <t>#51 Micheal Kelly - SLB</t>
   </si>
   <si>
     <t>#55 Brandon Clinton - MLB</t>
   </si>
   <si>
     <t>#21 David Vangundy - CB</t>
   </si>
   <si>
-    <t>#29 Gary Sandlin - CB</t>
+    <t>#41 Gary Sandlin - CB</t>
   </si>
   <si>
     <t>#24 Dale Martin - CB</t>
   </si>
   <si>
     <t>#26 Jeffrey Schuler - FS</t>
   </si>
   <si>
-    <t>#52 Dennis Shaw - WLB</t>
+    <t>#52 Dennis Shaw - SLB</t>
   </si>
   <si>
     <t>14:24</t>
   </si>
   <si>
     <t>BUF 35</t>
   </si>
   <si>
     <t>Split Backs 3 Wide WR2 Deep Post</t>
   </si>
   <si>
     <t>Nickel Normal Double WR1</t>
   </si>
   <si>
     <t>2-1-BUF 35 (14:23) 19-Colin McClain pass complete to 24-Mason Taylor to BUF 41 for 6 yards. Pushed out of bounds by 51-Micheal Kelly. DET 96-Leo Muse was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#24 Mason Taylor - RB</t>
   </si>
   <si>
     <t>#39 Marcus Teague - FB</t>
   </si>
   <si>
-    <t>#50 Robert Rayburn - SLB</t>
-[...2 lines deleted...]
-    <t>#23 Jeff Kennedy - CB</t>
+    <t>#92 Robert Rayburn - SLB</t>
+  </si>
+  <si>
+    <t>#23 Jeff Kennedy - SS</t>
   </si>
   <si>
     <t>13:40</t>
   </si>
   <si>
     <t>BUF 41</t>
   </si>
   <si>
     <t>Split Backs 3 Wide Slot Post</t>
   </si>
   <si>
     <t>Nickel Normal 3 Deep Man Under</t>
   </si>
   <si>
     <t>1-10-BUF 41 (13:39) 19-Colin McClain pass complete to 30-Emile McMullin to BUF 47 for 6 yards. Tackle by 24-Dale Martin.</t>
   </si>
   <si>
     <t>#30 Emile McMullin - RB</t>
   </si>
   <si>
     <t>#7 Andre Bailey - WR</t>
   </si>
   <si>
     <t>#14 Joshua Cunningham - WR</t>
   </si>
@@ -521,102 +521,102 @@
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-21-BUF 30 (11:35) 11-Jeffrey Stapleton punts 49 yards to DET 21. Fair Catch by 38-Edward Reed.</t>
   </si>
   <si>
     <t>#11 Jeffrey Stapleton - P</t>
   </si>
   <si>
     <t>#71 Doug Chapple - C</t>
   </si>
   <si>
     <t>#38 Edward Reed - RB</t>
   </si>
   <si>
     <t>#36 Ronald Neilsen - FB</t>
   </si>
   <si>
     <t>#61 Owen Simon - C</t>
   </si>
   <si>
     <t>#57 Manuel Gilman - SLB</t>
   </si>
   <si>
-    <t>#89 Donald Delacruz - TE</t>
+    <t>#87 Donald Delacruz - LT</t>
   </si>
   <si>
     <t>#69 Jason Houser - C</t>
   </si>
   <si>
-    <t>#76 William Cason - C</t>
-[...2 lines deleted...]
-    <t>#69 Michael Sonntag - LG</t>
+    <t>#76 William Cason - RT</t>
+  </si>
+  <si>
+    <t>#52 Michael Sonntag - LG</t>
   </si>
   <si>
     <t>11:28</t>
   </si>
   <si>
     <t>DET 21</t>
   </si>
   <si>
     <t>Singleback Big HB Inside Strong</t>
   </si>
   <si>
     <t>4-3 Normal Cover 2</t>
   </si>
   <si>
     <t>1-10-DET 21 (11:29) 33-Eddie Gregg ran to DET 24 for 2 yards. Tackle by 55-Larry Sanders.</t>
   </si>
   <si>
     <t>#16 Steven Gorman - QB</t>
   </si>
   <si>
     <t>#33 Eddie Gregg - WR</t>
   </si>
   <si>
     <t>#61 Aaron Clark - LG</t>
   </si>
   <si>
     <t>#84 Joseph Barber - WR</t>
   </si>
   <si>
     <t>#83 Kenneth Smith - WR</t>
   </si>
   <si>
     <t>#63 Lester Stephens - LT</t>
   </si>
   <si>
     <t>#74 Jason Kleinman - RG</t>
   </si>
   <si>
-    <t>#65 Jesse Prout - LG</t>
-[...2 lines deleted...]
-    <t>#76 Harold McDonald - RT</t>
+    <t>#56 Jesse Prout - LG</t>
+  </si>
+  <si>
+    <t>#52 Harold McDonald - RT</t>
   </si>
   <si>
     <t>#3 Steven Salem - LDE</t>
   </si>
   <si>
     <t>#62 Gregory Jacobson - DT</t>
   </si>
   <si>
     <t>#55 Larry Sanders - LDE</t>
   </si>
   <si>
     <t>#99 Leland Webster - WLB</t>
   </si>
   <si>
     <t>#58 Jonathon Talley - MLB</t>
   </si>
   <si>
     <t>#48 Adam Bryant - CB</t>
   </si>
   <si>
     <t>11:26</t>
   </si>
   <si>
     <t>Timeout DET</t>
   </si>
@@ -635,51 +635,51 @@
   <si>
     <t>2-8-DET 24 (10:58) 2-Steven Gorman pass complete to 16-Kenneth Smith to BUF 46 for 31 yards. Tackle by 28-Dennis Hutchinson.</t>
   </si>
   <si>
     <t>#30 Samuel Kearney - RB</t>
   </si>
   <si>
     <t>#86 Thomas Cangelosi - WR</t>
   </si>
   <si>
     <t>10:14</t>
   </si>
   <si>
     <t>BUF 46</t>
   </si>
   <si>
     <t>I Formation Normal FL Hook</t>
   </si>
   <si>
     <t>4-3 Under Crash Left</t>
   </si>
   <si>
     <t>1-10-BUF 46 (10:13) 2-Steven Gorman pass complete to 82-Miguel Yamamoto to BUF 39 for 6 yards. Tackle by 57-David Hernandez.</t>
   </si>
   <si>
-    <t>#34 Eugene Deleon - RB</t>
+    <t>#28 Eugene Deleon - RB</t>
   </si>
   <si>
     <t>#85 Miguel Yamamoto - WR</t>
   </si>
   <si>
     <t>#87 Abraham Guerra - WR</t>
   </si>
   <si>
     <t>#33 Willie Steen - CB</t>
   </si>
   <si>
     <t>#29 Jason Huber - FS</t>
   </si>
   <si>
     <t>9:28</t>
   </si>
   <si>
     <t>BUF 39</t>
   </si>
   <si>
     <t>I Formation 3WR Backfield Flats</t>
   </si>
   <si>
     <t>2-4-BUF 39 (9:27) 2-Steven Gorman sacked at BUF 47 for -7 yards (3-Steven Salem). Sack allowed by 76-Harold McDonald.</t>
   </si>
@@ -707,51 +707,51 @@
   <si>
     <t>#5 Christopher Boyd - P</t>
   </si>
   <si>
     <t>#53 Daniel Pettitt - RG</t>
   </si>
   <si>
     <t>7:53</t>
   </si>
   <si>
     <t>BUF 4</t>
   </si>
   <si>
     <t>Goal Line Normal HB Toss Strong</t>
   </si>
   <si>
     <t>46 Heavy 2 Deep Man Under</t>
   </si>
   <si>
     <t>1-10-BUF 4 (7:54) 25-Marshall Bowen ran to BUF 9 for 4 yards. Tackle by 51-Micheal Kelly.</t>
   </si>
   <si>
     <t>#83 Diego Lam - TE</t>
   </si>
   <si>
-    <t>#58 John Lange - SLB</t>
+    <t>#59 John Lange - LDE</t>
   </si>
   <si>
     <t>7:20</t>
   </si>
   <si>
     <t>BUF 9</t>
   </si>
   <si>
     <t>Strong I Normal Counter Strong</t>
   </si>
   <si>
     <t>2-6-BUF 9 (7:19) 24-Mason Taylor ran to BUF 10 for 2 yards. Tackle by 51-Micheal Kelly.</t>
   </si>
   <si>
     <t>6:40</t>
   </si>
   <si>
     <t>BUF 10</t>
   </si>
   <si>
     <t>Shotgun Normal Deep Weak In and Out</t>
   </si>
   <si>
     <t>3-4-BUF 10 (6:39) 19-Colin McClain sacked at BUF 1 for -10 yards (94-Jeff Owens). Sack allowed by 60-Richard Thompson.</t>
   </si>
@@ -794,51 +794,51 @@
   <si>
     <t>Shotgun 5 Wide Parallel Slants</t>
   </si>
   <si>
     <t>4-3 Normal SS Blitz</t>
   </si>
   <si>
     <t>3-8-BUF 34 (5:00) 2-Steven Gorman pass complete to 82-Miguel Yamamoto to BUF 29 for 5 yards. Tackle by 57-David Hernandez.</t>
   </si>
   <si>
     <t>4:21</t>
   </si>
   <si>
     <t>BUF 29</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-3-BUF 29 (4:20) 14-Daniel Snipes 46 yard field goal is NO GOOD. (Wide Right)</t>
   </si>
   <si>
-    <t>#61 Vincent Dorsey - C</t>
+    <t>#61 Vincent Dorsey - LT</t>
   </si>
   <si>
     <t>#93 Brant Plummer - RDE</t>
   </si>
   <si>
     <t>4:15</t>
   </si>
   <si>
     <t>I Formation Twin WR Hard Slants</t>
   </si>
   <si>
     <t>1-10-BUF 36 (4:16) 19-Colin McClain pass Pass knocked down by 51-Micheal Kelly. incomplete, intended for 86-Scott Jimenez.</t>
   </si>
   <si>
     <t>4:13</t>
   </si>
   <si>
     <t>I Formation Twin WR Slot Out</t>
   </si>
   <si>
     <t>2-10-BUF 36 (4:14) 19-Colin McClain pass complete to 39-Marcus Teague to BUF 38 for 2 yards. Tackle by 57-Manuel Gilman. 39-Marcus Teague breaks down the CB.</t>
   </si>
   <si>
     <t>3:34</t>
   </si>
@@ -959,51 +959,51 @@
   <si>
     <t>Shotgun 2 RB 3 WR WR Hooks</t>
   </si>
   <si>
     <t>3-5-DET 32 (13:42) 19-Colin McClain pass complete to 17-Joshua Scott to DET 29 for 3 yards. Tackle by 24-Dale Martin.</t>
   </si>
   <si>
     <t>12:56</t>
   </si>
   <si>
     <t>DET 29</t>
   </si>
   <si>
     <t>4-1-DET 29 (12:55) 13-Jose Pilcher 47 yard field goal is NO GOOD. (Wide Right)</t>
   </si>
   <si>
     <t>#2 James Garry - QB</t>
   </si>
   <si>
     <t>#13 Jose Pilcher - K</t>
   </si>
   <si>
     <t>#66 Larry Stringfellow - LG</t>
   </si>
   <si>
-    <t>#99 Douglas Woodall - DT</t>
+    <t>#67 Douglas Woodall - DT</t>
   </si>
   <si>
     <t>12:51</t>
   </si>
   <si>
     <t>DET 36</t>
   </si>
   <si>
     <t>I Formation 3WR WR Out</t>
   </si>
   <si>
     <t>4-3 Normal Double WR2</t>
   </si>
   <si>
     <t>1-10-DET 36 (12:52) 2-Steven Gorman pass complete to 82-Miguel Yamamoto to BUF 28 for 36 yards. Tackle by 48-Adam Bryant.</t>
   </si>
   <si>
     <t>12:07</t>
   </si>
   <si>
     <t>BUF 28</t>
   </si>
   <si>
     <t>Singleback Normal HB Inside Weak</t>
   </si>
@@ -2416,51 +2416,51 @@
     <col min="42" max="42" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="67" max="67" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="67" max="67" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="29.421" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">