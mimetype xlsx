--- v2 (2026-02-07)
+++ v3 (2026-03-27)
@@ -449,51 +449,51 @@
   <si>
     <t>BUF 41</t>
   </si>
   <si>
     <t>Split Backs 3 Wide Slot Post</t>
   </si>
   <si>
     <t>Nickel Normal 3 Deep Man Under</t>
   </si>
   <si>
     <t>1-10-BUF 41 (13:39) 19-Colin McClain pass complete to 30-Emile McMullin to BUF 47 for 6 yards. Tackle by 24-Dale Martin.</t>
   </si>
   <si>
     <t>#30 Emile McMullin - RB</t>
   </si>
   <si>
     <t>#7 Andre Bailey - WR</t>
   </si>
   <si>
     <t>#14 Joshua Cunningham - WR</t>
   </si>
   <si>
     <t>#84 Gary Stillman - WR</t>
   </si>
   <si>
-    <t>#91 Richard Gilmer - DT</t>
+    <t>#94 Richard Gilmer - DT</t>
   </si>
   <si>
     <t>#56 Norman Massey - WLB</t>
   </si>
   <si>
     <t>12:55</t>
   </si>
   <si>
     <t>BUF 47</t>
   </si>
   <si>
     <t>Singleback Empty 4 Slot Crosses</t>
   </si>
   <si>
     <t>Dime Normal Double WR2</t>
   </si>
   <si>
     <t>2-4-BUF 47 (12:54) 19-Colin McClain sacked at BUF 41 for -7 yards (97-Daniel Wilson). Sack allowed by 65-William Espinoza.</t>
   </si>
   <si>
     <t>#22 Jeffery Weber - CB</t>
   </si>
   <si>
     <t>#45 Dean Knight - CB</t>
   </si>