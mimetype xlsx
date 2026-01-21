--- v0 (2025-11-06)
+++ v1 (2026-01-21)
@@ -281,51 +281,51 @@
   <si>
     <t>ST Rusher8</t>
   </si>
   <si>
     <t>15:00</t>
   </si>
   <si>
     <t>LAC has won the toss and elected to receive.</t>
   </si>
   <si>
     <t>TEN</t>
   </si>
   <si>
     <t>TEN 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 9-Brian Larson kicks 67 yards from TEN 35 to LAC -2. Touchback.</t>
   </si>
   <si>
-    <t>#32 Damien Nash - RB</t>
+    <t>#29 Damien Nash - RB</t>
   </si>
   <si>
     <t>#11 Ryan Morrow - RB</t>
   </si>
   <si>
     <t>#93 Jared Tucker - LDE</t>
   </si>
   <si>
     <t>#31 Dwight Green - CB</t>
   </si>
   <si>
     <t>#50 Shaun Nixon - WLB</t>
   </si>
   <si>
     <t>#23 Luther Chavez - CB</t>
   </si>
   <si>
     <t>#97 Will Anderson - LDE</t>
   </si>
   <si>
     <t>#24 Thomas Coleman - CB</t>
   </si>
   <si>
     <t>#53 John Oconnor - WLB</t>
   </si>
@@ -380,51 +380,51 @@
   <si>
     <t>#77 Blake Gonzalez - RT</t>
   </si>
   <si>
     <t>#48 Terry Daniel - RDE</t>
   </si>
   <si>
     <t>#99 Joseph Arthur - DT</t>
   </si>
   <si>
     <t>#79 Norman Williams - DT</t>
   </si>
   <si>
     <t>#79 Charles Smith - LDE</t>
   </si>
   <si>
     <t>#97 Steve Woods - MLB</t>
   </si>
   <si>
     <t>#46 Chris Houde - WLB</t>
   </si>
   <si>
     <t>#42 Joseph Bryan - FS</t>
   </si>
   <si>
-    <t>#42 Thomas Jarvis - CB</t>
+    <t>#27 Thomas Jarvis - CB</t>
   </si>
   <si>
     <t>#38 Edward Lilly - CB</t>
   </si>
   <si>
     <t>#40 Andrew Ferreira - SS</t>
   </si>
   <si>
     <t>#41 Gordon Nelson - SS</t>
   </si>
   <si>
     <t>14:28</t>
   </si>
   <si>
     <t>Strong I Big HB Off Tackle</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Zone Under</t>
   </si>
   <si>
     <t>2-10-LAC 25 (14:27) 11-Ryan Morrow ran to TEN 45 for 30 yards. Pushed out of bounds by 42-Thomas Jarvis. LAC 73-Claude Sanchez was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#86 Edward Joiner - WR</t>
   </si>
@@ -575,78 +575,78 @@
   <si>
     <t>#78 Robert Beaumont - RT</t>
   </si>
   <si>
     <t>LAC 35</t>
   </si>
   <si>
     <t>(10:31) 3-Daniel Newsome kicks 75 yards from LAC 35 to TEN -10. Touchback.</t>
   </si>
   <si>
     <t>#83 Roland Fritz - TE</t>
   </si>
   <si>
     <t>TEN 25</t>
   </si>
   <si>
     <t>I Formation 3WR HB Inside Weak</t>
   </si>
   <si>
     <t>Nickel Normal Double WR1</t>
   </si>
   <si>
     <t>1-10-TEN 25 (10:31) 83-Aaron Tenney ran to TEN 39 for 14 yards. Tackle by 26-John Wood.</t>
   </si>
   <si>
-    <t>#6 Jean Martin - QB</t>
+    <t>#8 Jean Martin - QB</t>
   </si>
   <si>
     <t>#25 Aaron Tenney - RB</t>
   </si>
   <si>
     <t>#18 Aaron Atwood - WR</t>
   </si>
   <si>
     <t>#14 James Summers - WR</t>
   </si>
   <si>
     <t>#83 Kenny Parker - WR</t>
   </si>
   <si>
     <t>#70 John Millar - LT</t>
   </si>
   <si>
-    <t>#58 Galen Larsen - LG</t>
+    <t>#69 Galen Larsen - LG</t>
   </si>
   <si>
     <t>#60 Robert Allen - RG</t>
   </si>
   <si>
     <t>#64 Clyde Reid - LT</t>
   </si>
   <si>
-    <t>#76 Lyle Goodwin - RDE</t>
+    <t>#58 Lyle Goodwin - WLB</t>
   </si>
   <si>
     <t>#78 Samuel Cole - DT</t>
   </si>
   <si>
     <t>#96 Jared Moore - RDE</t>
   </si>
   <si>
     <t>#56 John Cooper - WLB</t>
   </si>
   <si>
     <t>#20 William Varga - CB</t>
   </si>
   <si>
     <t>9:52</t>
   </si>
   <si>
     <t>TEN 39</t>
   </si>
   <si>
     <t>I Formation Normal HB Dive</t>
   </si>
   <si>
     <t>46 Heavy 2 Deep Man Under</t>
   </si>
@@ -830,51 +830,51 @@
   <si>
     <t>4-6-LAC 11 (2:21) 9-Brian Larson 30 yard field goal is GOOD. LAC 7 TEN 3</t>
   </si>
   <si>
     <t>#10 William Evans - QB</t>
   </si>
   <si>
     <t>#80 Jeffrey Whitaker - TE</t>
   </si>
   <si>
     <t>#61 Johnny Poole - LT</t>
   </si>
   <si>
     <t>#57 Johnathan Thompson - RT</t>
   </si>
   <si>
     <t>#54 Earl Super - LT</t>
   </si>
   <si>
     <t>#61 Harold Sy - LG</t>
   </si>
   <si>
     <t>#98 Robert Spruill - LDE</t>
   </si>
   <si>
-    <t>#2 Alvin Brassell - CB</t>
+    <t>#25 Alvin Brassell - CB</t>
   </si>
   <si>
     <t>#94 Tyrone Ayala - DT</t>
   </si>
   <si>
     <t>#54 Jason Hughes - MLB</t>
   </si>
   <si>
     <t>2:17</t>
   </si>
   <si>
     <t>(2:18) 9-Brian Larson kicks 74 yards from TEN 35 to LAC -9. Touchback.</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR Shotgun Dive</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>1-10-LAC 25 (2:18) 32-Damien Nash ran to LAC 35 for 10 yards. Tackle by 39-Andrew Ferreira.</t>
   </si>
   <si>
     <t>1:34</t>
   </si>
@@ -1289,51 +1289,51 @@
   <si>
     <t>Shotgun 2 RB 3 WR Strong Deep</t>
   </si>
   <si>
     <t>Dime Normal Double WR1 WR2</t>
   </si>
   <si>
     <t>1-10-TEN 25 (15:00) 6-Jean Martin pass Pass knocked down by 20-William Varga. incomplete, intended for 18-Aaron Atwood.</t>
   </si>
   <si>
     <t>14:55</t>
   </si>
   <si>
     <t>2-10-TEN 25 (14:56) 26-Stanton Bennett ran to TEN 30 for 5 yards. Tackle by 95-Samuel Cole. 75-Robert Beaumont completely missed his blocking assignment. 75-Robert Beaumont totally missed that block. TEN 72-Galen Larsen was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>14:16</t>
   </si>
   <si>
     <t>TEN 30</t>
   </si>
   <si>
     <t>3-5-TEN 30 (14:15) 83-Aaron Tenney ran to TEN 31 for 1 yards. Tackle by 95-Samuel Cole.</t>
   </si>
   <si>
-    <t>#66 Lee Miller - RG</t>
+    <t>#52 Lee Miller - RG</t>
   </si>
   <si>
     <t>TEN 31</t>
   </si>
   <si>
     <t>4-4-TEN 31 (13:37) 4-Lawrence Perez punts 48 yards to LAC 21. Fair Catch by 32-Damien Nash.</t>
   </si>
   <si>
     <t>13:29</t>
   </si>
   <si>
     <t>LAC 21</t>
   </si>
   <si>
     <t>4-3 Normal WLB Outside Blitz</t>
   </si>
   <si>
     <t>1-10-LAC 21 (13:30) 11-Ryan Morrow ran to LAC 22 for 1 yards. Tackle by 79-Norman Williams.</t>
   </si>
   <si>
     <t>12:46</t>
   </si>
   <si>
     <t>2-9-LAC 22 (12:45) 8-Dennis Guilder pass complete to 21-Edward Joiner to LAC 24 for 2 yards. Tackle by 45-Danny Anderson.</t>
   </si>