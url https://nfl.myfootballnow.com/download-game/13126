--- v1 (2026-01-21)
+++ v2 (2026-03-22)
@@ -314,51 +314,51 @@
   <si>
     <t>#31 Dwight Green - CB</t>
   </si>
   <si>
     <t>#50 Shaun Nixon - WLB</t>
   </si>
   <si>
     <t>#23 Luther Chavez - CB</t>
   </si>
   <si>
     <t>#97 Will Anderson - LDE</t>
   </si>
   <si>
     <t>#24 Thomas Coleman - CB</t>
   </si>
   <si>
     <t>#53 John Oconnor - WLB</t>
   </si>
   <si>
     <t>#42 Thomas Magoon - FS</t>
   </si>
   <si>
     <t>#26 John Wood - CB</t>
   </si>
   <si>
-    <t>#9 Brian Larson - K</t>
+    <t>#5 Brian Larson - K</t>
   </si>
   <si>
     <t>LAC</t>
   </si>
   <si>
     <t>LAC 25</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR Shotgun Sweep</t>
   </si>
   <si>
     <t>Nickel Normal SS Blitz</t>
   </si>
   <si>
     <t>1-10-LAC 25 (15:00) 32-Damien Nash ran to LAC 25 for a short loss. Tackle by 39-Andrew Ferreira.</t>
   </si>
   <si>
     <t>#8 Dennis Guilder - QB</t>
   </si>
   <si>
     <t>#16 Henry Snow - WR</t>
   </si>
   <si>
     <t>#13 Keenan Allen - WR</t>
   </si>
@@ -836,51 +836,51 @@
   <si>
     <t>#80 Jeffrey Whitaker - TE</t>
   </si>
   <si>
     <t>#61 Johnny Poole - LT</t>
   </si>
   <si>
     <t>#57 Johnathan Thompson - RT</t>
   </si>
   <si>
     <t>#54 Earl Super - LT</t>
   </si>
   <si>
     <t>#61 Harold Sy - LG</t>
   </si>
   <si>
     <t>#98 Robert Spruill - LDE</t>
   </si>
   <si>
     <t>#25 Alvin Brassell - CB</t>
   </si>
   <si>
     <t>#94 Tyrone Ayala - DT</t>
   </si>
   <si>
-    <t>#54 Jason Hughes - MLB</t>
+    <t>#50 Jason Hughes - MLB</t>
   </si>
   <si>
     <t>2:17</t>
   </si>
   <si>
     <t>(2:18) 9-Brian Larson kicks 74 yards from TEN 35 to LAC -9. Touchback.</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR Shotgun Dive</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>1-10-LAC 25 (2:18) 32-Damien Nash ran to LAC 35 for 10 yards. Tackle by 39-Andrew Ferreira.</t>
   </si>
   <si>
     <t>1:34</t>
   </si>
   <si>
     <t>Empty 4 Wide Spread Corner Post</t>
   </si>
   <si>
     <t>Dime Flat CB3 CB4 Blitz</t>
   </si>