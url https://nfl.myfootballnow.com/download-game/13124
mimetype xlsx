--- v0 (2025-10-19)
+++ v1 (2025-12-19)
@@ -371,111 +371,111 @@
   <si>
     <t>#14 Barry Crandell - WR</t>
   </si>
   <si>
     <t>#75 Douglas Fulton - LG</t>
   </si>
   <si>
     <t>#67 Joseph Reyes - RG</t>
   </si>
   <si>
     <t>#66 Mark Strayhorn - C</t>
   </si>
   <si>
     <t>#64 Lester Parker - RG</t>
   </si>
   <si>
     <t>#79 Willie Walker - RT</t>
   </si>
   <si>
     <t>#95 John Long - LDE</t>
   </si>
   <si>
     <t>#58 Edward Cable - LDE</t>
   </si>
   <si>
-    <t>#57 Johnie Friedman - WLB</t>
-[...2 lines deleted...]
-    <t>#65 Donald Lombardi - SLB</t>
+    <t>#39 Johnie Friedman - FS</t>
+  </si>
+  <si>
+    <t>#59 Donald Lombardi - WLB</t>
   </si>
   <si>
     <t>#43 Hector Evans - CB</t>
   </si>
   <si>
     <t>#94 Matthew Thomas - WLB</t>
   </si>
   <si>
-    <t>#52 David Rueda - RDE</t>
+    <t>#70 David Rueda - LDE</t>
   </si>
   <si>
     <t>#47 Ronald Brown - CB</t>
   </si>
   <si>
     <t>#20 Lacy Adams - SS</t>
   </si>
   <si>
     <t>#40 Bruce Silva - FS</t>
   </si>
   <si>
     <t>#24 Stephen Frey - CB</t>
   </si>
   <si>
     <t>14:16</t>
   </si>
   <si>
     <t>KCY 26</t>
   </si>
   <si>
     <t>I Formation Power HB Strong Outside</t>
   </si>
   <si>
     <t>4-3 Normal WLB MLB Blitz</t>
   </si>
   <si>
     <t>2-9-KCY 26 (14:15) 22-Fred Sager ran to KCY 25 for -1 yards. Tackle by 55-David Rueda.</t>
   </si>
   <si>
     <t>#25 Stephen Sutton - RB</t>
   </si>
   <si>
     <t>#79 Anthony Smith - RDE</t>
   </si>
   <si>
     <t>#98 Keith Sanders - DT</t>
   </si>
   <si>
     <t>#92 James Shepard - DT</t>
   </si>
   <si>
     <t>#38 Stephen Dozier - SS</t>
   </si>
   <si>
     <t>#54 Ron Tash - MLB</t>
   </si>
   <si>
-    <t>#41 Charles Randle - FS</t>
+    <t>#41 Charles Randle - SS</t>
   </si>
   <si>
     <t>13:33</t>
   </si>
   <si>
     <t>I Formation 3WR Slot Corner Long</t>
   </si>
   <si>
     <t>Dime Normal Double WR3</t>
   </si>
   <si>
     <t>3-10-KCY 25 (13:32) 1-Rafael Somerville sacked at KCY 17 for -8 yards (98-James Shepard). Sack allowed by 75-Douglas Fulton. KCY 64-Lester Parker was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#83 William Webster - WR</t>
   </si>
   <si>
     <t>#82 Robert Bedwell - WR</t>
   </si>
   <si>
     <t>#22 Brad Donahue - CB</t>
   </si>
   <si>
     <t>12:49</t>
   </si>
@@ -533,93 +533,93 @@
   <si>
     <t>#47 Ralph Bradley - FB</t>
   </si>
   <si>
     <t>#43 Michael King - LG</t>
   </si>
   <si>
     <t>#69 Martin Montenegro - LG</t>
   </si>
   <si>
     <t>#82 Greg Barrow - WR</t>
   </si>
   <si>
     <t>#15 Randy White - WR</t>
   </si>
   <si>
     <t>#75 Andrew Ketron - LT</t>
   </si>
   <si>
     <t>#66 Stephen Lacourse - LT</t>
   </si>
   <si>
     <t>#60 Dale Brase - C</t>
   </si>
   <si>
-    <t>#64 Robert Delay - RG</t>
+    <t>#58 Robert Delay - RG</t>
   </si>
   <si>
     <t>#74 Tim Granger - LG</t>
   </si>
   <si>
     <t>#52 William Overholt - MLB</t>
   </si>
   <si>
     <t>#91 Paul Moss - MLB</t>
   </si>
   <si>
     <t>#44 Scott Johnson - WLB</t>
   </si>
   <si>
     <t>#33 Brian Rodriguez - CB</t>
   </si>
   <si>
     <t>#35 Arthur Wood - FS</t>
   </si>
   <si>
-    <t>#31 Derek Tucker - FS</t>
+    <t>#43 Derek Tucker - CB</t>
   </si>
   <si>
     <t>12:36</t>
   </si>
   <si>
     <t>IND 50</t>
   </si>
   <si>
     <t>Goal Line Normal PA TE Drag</t>
   </si>
   <si>
     <t>4-3 Normal Double WR3</t>
   </si>
   <si>
     <t>1-10-IND 50 (12:37) PENALTY - False Start (KCY 80-Levi Kosinski)</t>
   </si>
   <si>
     <t>#82 Levi Kosinski - FB</t>
   </si>
   <si>
-    <t>#65 Arthur Craig - RG</t>
+    <t>#64 Arthur Craig - RG</t>
   </si>
   <si>
     <t>KCY 45</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR FL Drag</t>
   </si>
   <si>
     <t>1-15-KCY 45 (12:37) 1-Rafael Somerville pass complete to 22-Fred Sager to KCY 48 for 3 yards. Tackle by 24-Stephen Frey.</t>
   </si>
   <si>
     <t>11:52</t>
   </si>
   <si>
     <t>KCY 48</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR FB In</t>
   </si>
   <si>
     <t>2-12-KCY 48 (11:51) 1-Rafael Somerville pass incomplete, intended for 14-Barry Crandell.</t>
   </si>
   <si>
     <t>11:48</t>
   </si>
@@ -1835,51 +1835,51 @@
   <si>
     <t>3-8-KCY 26 (4:49) 1-Rafael Somerville pass Pass knocked down by 26-Ronald Brown. incomplete, intended for 15-Jose Brown.</t>
   </si>
   <si>
     <t>4:45</t>
   </si>
   <si>
     <t>4-8-KCY 26 (4:46) 16-Peter Owenby punts 47 yards to IND 27. 12-Stanley King to IND 35 for 9 yards. Tackle by 51-Garrett Otey.</t>
   </si>
   <si>
     <t>1-10-IND 35 (4:38) 30-Dennis Marsh ran to IND 36 for a short gain. 30-Dennis Marsh FUMBLES (71-Willie Renteria) recovered by IND-66-Stephen Lacourse at IND 37. Tackle by 91-Paul Moss. PENALTY - Facemask (KCY 71-Willie Renteria)</t>
   </si>
   <si>
     <t>4:34</t>
   </si>
   <si>
     <t>1-10-KCY 48 (4:35) 32-Donald Houston ran to KCY 39 for 9 yards. Tackle by 35-Arthur Wood.</t>
   </si>
   <si>
     <t>3:59</t>
   </si>
   <si>
     <t>2-1-KCY 39 (3:58) 34-Don Carter ran to KCY 38 for 2 yards. Tackle by 90-Nathaniel Stickney.</t>
   </si>
   <si>
-    <t>#34 Don Carter - RB</t>
+    <t>#45 Don Carter - RB</t>
   </si>
   <si>
     <t>3:21</t>
   </si>
   <si>
     <t>1-10-KCY 38 (3:20) 32-Donald Houston ran to KCY 29 for 9 yards. Tackle by 31-Derek Tucker.</t>
   </si>
   <si>
     <t>2:36</t>
   </si>
   <si>
     <t>KCY 29</t>
   </si>
   <si>
     <t>2-1-KCY 29 (2:35) 34-Don Carter ran to KCY 20 for 9 yards. Tackle by 35-Arthur Wood.</t>
   </si>
   <si>
     <t>KCY 20</t>
   </si>
   <si>
     <t>1-10-KCY 20 (2:00) 32-Donald Houston ran to KCY 18 for 1 yards. Tackle by 90-Nathaniel Stickney.</t>
   </si>
   <si>
     <t>1:21</t>
   </si>
@@ -2268,51 +2268,51 @@
     <col min="14" max="14" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="39" max="39" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="39" max="39" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="28.136" bestFit="true" customWidth="true" style="0"/>