--- v1 (2025-12-19)
+++ v2 (2026-01-08)
@@ -371,51 +371,51 @@
   <si>
     <t>#14 Barry Crandell - WR</t>
   </si>
   <si>
     <t>#75 Douglas Fulton - LG</t>
   </si>
   <si>
     <t>#67 Joseph Reyes - RG</t>
   </si>
   <si>
     <t>#66 Mark Strayhorn - C</t>
   </si>
   <si>
     <t>#64 Lester Parker - RG</t>
   </si>
   <si>
     <t>#79 Willie Walker - RT</t>
   </si>
   <si>
     <t>#95 John Long - LDE</t>
   </si>
   <si>
     <t>#58 Edward Cable - LDE</t>
   </si>
   <si>
-    <t>#39 Johnie Friedman - FS</t>
+    <t>#29 Johnie Friedman - CB</t>
   </si>
   <si>
     <t>#59 Donald Lombardi - WLB</t>
   </si>
   <si>
     <t>#43 Hector Evans - CB</t>
   </si>
   <si>
     <t>#94 Matthew Thomas - WLB</t>
   </si>
   <si>
     <t>#70 David Rueda - LDE</t>
   </si>
   <si>
     <t>#47 Ronald Brown - CB</t>
   </si>
   <si>
     <t>#20 Lacy Adams - SS</t>
   </si>
   <si>
     <t>#40 Bruce Silva - FS</t>
   </si>
   <si>
     <t>#24 Stephen Frey - CB</t>
   </si>
@@ -425,72 +425,72 @@
   <si>
     <t>KCY 26</t>
   </si>
   <si>
     <t>I Formation Power HB Strong Outside</t>
   </si>
   <si>
     <t>4-3 Normal WLB MLB Blitz</t>
   </si>
   <si>
     <t>2-9-KCY 26 (14:15) 22-Fred Sager ran to KCY 25 for -1 yards. Tackle by 55-David Rueda.</t>
   </si>
   <si>
     <t>#25 Stephen Sutton - RB</t>
   </si>
   <si>
     <t>#79 Anthony Smith - RDE</t>
   </si>
   <si>
     <t>#98 Keith Sanders - DT</t>
   </si>
   <si>
     <t>#92 James Shepard - DT</t>
   </si>
   <si>
-    <t>#38 Stephen Dozier - SS</t>
+    <t>#38 Stephen Dozier - FS</t>
   </si>
   <si>
     <t>#54 Ron Tash - MLB</t>
   </si>
   <si>
     <t>#41 Charles Randle - SS</t>
   </si>
   <si>
     <t>13:33</t>
   </si>
   <si>
     <t>I Formation 3WR Slot Corner Long</t>
   </si>
   <si>
     <t>Dime Normal Double WR3</t>
   </si>
   <si>
     <t>3-10-KCY 25 (13:32) 1-Rafael Somerville sacked at KCY 17 for -8 yards (98-James Shepard). Sack allowed by 75-Douglas Fulton. KCY 64-Lester Parker was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
-    <t>#83 William Webster - WR</t>
+    <t>#19 William Webster - WR</t>
   </si>
   <si>
     <t>#82 Robert Bedwell - WR</t>
   </si>
   <si>
     <t>#22 Brad Donahue - CB</t>
   </si>
   <si>
     <t>12:49</t>
   </si>
   <si>
     <t>KCY 17</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-18-KCY 17 (12:48) 16-Peter Owenby punts 48 yards to IND 35. 12-Stanley King to IND 45 for 9 yards. Tackle by 51-Garrett Otey. IND 94-Carl Adkins was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#16 Peter Owenby - P</t>
   </si>