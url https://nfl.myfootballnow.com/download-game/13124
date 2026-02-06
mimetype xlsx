--- v2 (2026-01-08)
+++ v3 (2026-02-06)
@@ -341,54 +341,54 @@
   <si>
     <t>KCY</t>
   </si>
   <si>
     <t>KCY 25</t>
   </si>
   <si>
     <t>I Formation Normal FL Hitch</t>
   </si>
   <si>
     <t>4-3 Normal WLB Outside Blitz</t>
   </si>
   <si>
     <t>1-10-KCY 25 (15:00) 1-Rafael Somerville pass complete to 15-Jose Brown to KCY 26 for 1 yards. Tackle by 40-Bruce Silva. KCY 15-Jose Brown was injured on the play. He looks like he should be able to return. IND 40-Bruce Silva was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#1 Rafael Somerville - QB</t>
   </si>
   <si>
     <t>#22 Fred Sager - RB</t>
   </si>
   <si>
     <t>#42 James Jacques - FB</t>
   </si>
   <si>
-    <t>#83 Bruce Leung - TE</t>
-[...2 lines deleted...]
-    <t>#15 Jose Brown - WR</t>
+    <t>#46 Bruce Leung - TE</t>
+  </si>
+  <si>
+    <t>#17 Jose Brown - WR</t>
   </si>
   <si>
     <t>#14 Barry Crandell - WR</t>
   </si>
   <si>
     <t>#75 Douglas Fulton - LG</t>
   </si>
   <si>
     <t>#67 Joseph Reyes - RG</t>
   </si>
   <si>
     <t>#66 Mark Strayhorn - C</t>
   </si>
   <si>
     <t>#64 Lester Parker - RG</t>
   </si>
   <si>
     <t>#79 Willie Walker - RT</t>
   </si>
   <si>
     <t>#95 John Long - LDE</t>
   </si>
   <si>
     <t>#58 Edward Cable - LDE</t>
   </si>
@@ -416,57 +416,57 @@
   <si>
     <t>#40 Bruce Silva - FS</t>
   </si>
   <si>
     <t>#24 Stephen Frey - CB</t>
   </si>
   <si>
     <t>14:16</t>
   </si>
   <si>
     <t>KCY 26</t>
   </si>
   <si>
     <t>I Formation Power HB Strong Outside</t>
   </si>
   <si>
     <t>4-3 Normal WLB MLB Blitz</t>
   </si>
   <si>
     <t>2-9-KCY 26 (14:15) 22-Fred Sager ran to KCY 25 for -1 yards. Tackle by 55-David Rueda.</t>
   </si>
   <si>
     <t>#25 Stephen Sutton - RB</t>
   </si>
   <si>
-    <t>#79 Anthony Smith - RDE</t>
+    <t>#73 Anthony Smith - DT</t>
   </si>
   <si>
     <t>#98 Keith Sanders - DT</t>
   </si>
   <si>
-    <t>#92 James Shepard - DT</t>
+    <t>#59 James Shepard - DT</t>
   </si>
   <si>
     <t>#38 Stephen Dozier - FS</t>
   </si>
   <si>
     <t>#54 Ron Tash - MLB</t>
   </si>
   <si>
     <t>#41 Charles Randle - SS</t>
   </si>
   <si>
     <t>13:33</t>
   </si>
   <si>
     <t>I Formation 3WR Slot Corner Long</t>
   </si>
   <si>
     <t>Dime Normal Double WR3</t>
   </si>
   <si>
     <t>3-10-KCY 25 (13:32) 1-Rafael Somerville sacked at KCY 17 for -8 yards (98-James Shepard). Sack allowed by 75-Douglas Fulton. KCY 64-Lester Parker was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#19 William Webster - WR</t>
   </si>
@@ -530,60 +530,60 @@
   <si>
     <t>#9 Marc White - QB</t>
   </si>
   <si>
     <t>#47 Ralph Bradley - FB</t>
   </si>
   <si>
     <t>#43 Michael King - LG</t>
   </si>
   <si>
     <t>#69 Martin Montenegro - LG</t>
   </si>
   <si>
     <t>#82 Greg Barrow - WR</t>
   </si>
   <si>
     <t>#15 Randy White - WR</t>
   </si>
   <si>
     <t>#75 Andrew Ketron - LT</t>
   </si>
   <si>
     <t>#66 Stephen Lacourse - LT</t>
   </si>
   <si>
-    <t>#60 Dale Brase - C</t>
+    <t>#60 Dale Brase - LG</t>
   </si>
   <si>
     <t>#58 Robert Delay - RG</t>
   </si>
   <si>
     <t>#74 Tim Granger - LG</t>
   </si>
   <si>
-    <t>#52 William Overholt - MLB</t>
+    <t>#57 William Overholt - WLB</t>
   </si>
   <si>
     <t>#91 Paul Moss - MLB</t>
   </si>
   <si>
     <t>#44 Scott Johnson - WLB</t>
   </si>
   <si>
     <t>#33 Brian Rodriguez - CB</t>
   </si>
   <si>
     <t>#35 Arthur Wood - FS</t>
   </si>
   <si>
     <t>#43 Derek Tucker - CB</t>
   </si>
   <si>
     <t>12:36</t>
   </si>
   <si>
     <t>IND 50</t>
   </si>
   <si>
     <t>Goal Line Normal PA TE Drag</t>
   </si>