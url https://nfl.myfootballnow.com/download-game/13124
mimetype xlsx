--- v3 (2026-02-06)
+++ v4 (2026-03-19)
@@ -539,51 +539,51 @@
   <si>
     <t>#69 Martin Montenegro - LG</t>
   </si>
   <si>
     <t>#82 Greg Barrow - WR</t>
   </si>
   <si>
     <t>#15 Randy White - WR</t>
   </si>
   <si>
     <t>#75 Andrew Ketron - LT</t>
   </si>
   <si>
     <t>#66 Stephen Lacourse - LT</t>
   </si>
   <si>
     <t>#60 Dale Brase - LG</t>
   </si>
   <si>
     <t>#58 Robert Delay - RG</t>
   </si>
   <si>
     <t>#74 Tim Granger - LG</t>
   </si>
   <si>
-    <t>#57 William Overholt - WLB</t>
+    <t>#57 William Overholt - MLB</t>
   </si>
   <si>
     <t>#91 Paul Moss - MLB</t>
   </si>
   <si>
     <t>#44 Scott Johnson - WLB</t>
   </si>
   <si>
     <t>#33 Brian Rodriguez - CB</t>
   </si>
   <si>
     <t>#35 Arthur Wood - FS</t>
   </si>
   <si>
     <t>#43 Derek Tucker - CB</t>
   </si>
   <si>
     <t>12:36</t>
   </si>
   <si>
     <t>IND 50</t>
   </si>
   <si>
     <t>Goal Line Normal PA TE Drag</t>
   </si>