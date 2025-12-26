--- v0 (2025-10-28)
+++ v1 (2025-12-26)
@@ -284,147 +284,147 @@
   <si>
     <t>15:00</t>
   </si>
   <si>
     <t>TBY has won the toss and elected to receive.</t>
   </si>
   <si>
     <t>PHI</t>
   </si>
   <si>
     <t>PHI 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 3-Richard Wright kicks 75 yards from PHI 35 to TBY -10. Touchback.</t>
   </si>
   <si>
     <t>#10 Sean Franco - WR</t>
   </si>
   <si>
-    <t>#5 Peter Benton - CB</t>
+    <t>#29 Peter Benton - CB</t>
   </si>
   <si>
     <t>#35 Kelvin Parodi - SS</t>
   </si>
   <si>
-    <t>#22 Kennith Brown - WLB</t>
+    <t>#22 Kennith Brown - SLB</t>
   </si>
   <si>
     <t>#40 Orlando Laine - CB</t>
   </si>
   <si>
     <t>#25 Joseph Riddell - CB</t>
   </si>
   <si>
     <t>#46 Andre Briggs - SS</t>
   </si>
   <si>
     <t>#36 Manuel Cartwright - CB</t>
   </si>
   <si>
     <t>#10 Isaac Church - CB</t>
   </si>
   <si>
     <t>#41 James Ruiz - CB</t>
   </si>
   <si>
     <t>#36 Samuel Fernandez - CB</t>
   </si>
   <si>
     <t>#3 Richard Wright - K</t>
   </si>
   <si>
     <t>TBY</t>
   </si>
   <si>
     <t>TBY 25</t>
   </si>
   <si>
     <t>Goal Line Normal HB Dive</t>
   </si>
   <si>
     <t>Goal Line Attack #1</t>
   </si>
   <si>
     <t>1-10-TBY 25 (15:00) 26-Kenneth Silvia ran to TBY 29 for 4 yards. Tackle by 92-Brian Montague. TBY 84-Eugene Gammill was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
-    <t>#1 Alan Powell - QB</t>
+    <t>#9 Alan Powell - QB</t>
   </si>
   <si>
     <t>#26 Kenneth Silvia - RB</t>
   </si>
   <si>
-    <t>#89 Joseph Johnson - LT</t>
+    <t>#89 Joseph Johnson - RT</t>
   </si>
   <si>
     <t>#81 Christopher Staley - TE</t>
   </si>
   <si>
     <t>#84 Eugene Gammill - TE</t>
   </si>
   <si>
     <t>#75 John Gleason - LG</t>
   </si>
   <si>
     <t>#69 Leo Lattimore - RT</t>
   </si>
   <si>
     <t>#72 Matthew Stephenson - C</t>
   </si>
   <si>
     <t>#53 William Lown - LG</t>
   </si>
   <si>
     <t>#62 Maurice Jeans - RG</t>
   </si>
   <si>
     <t>#52 Brent Hawkins - LDE</t>
   </si>
   <si>
     <t>#56 Walter Keller - LDE</t>
   </si>
   <si>
     <t>#60 Robert Johnson - DT</t>
   </si>
   <si>
     <t>#94 Kristopher Jeter - DT</t>
   </si>
   <si>
     <t>#90 Carl Russell - DT</t>
   </si>
   <si>
     <t>#53 Brian Montague - MLB</t>
   </si>
   <si>
-    <t>#91 Charles Lajoie - MLB</t>
+    <t>#91 Charles Lajoie - DT</t>
   </si>
   <si>
     <t>#97 James Butler - WLB</t>
   </si>
   <si>
     <t>#36 Mark Williams - CB</t>
   </si>
   <si>
     <t>#25 Michale Plata - CB</t>
   </si>
   <si>
     <t>#26 Rudy Liberty - K</t>
   </si>
   <si>
     <t>14:23</t>
   </si>
   <si>
     <t>TBY 29</t>
   </si>
   <si>
     <t>Goal Line Normal HB Weak</t>
   </si>
   <si>
     <t>2-6-TBY 29 (14:22) 26-Kenneth Silvia ran to TBY 31 for 2 yards. Tackle by 97-James Butler.</t>
   </si>
@@ -500,96 +500,96 @@
   <si>
     <t>#52 Patrick Sims - SLB</t>
   </si>
   <si>
     <t>#22 Matt Silver - FS</t>
   </si>
   <si>
     <t>13:34</t>
   </si>
   <si>
     <t>PHI 20</t>
   </si>
   <si>
     <t>I Formation 3WR SE Post</t>
   </si>
   <si>
     <t>Nickel Normal CB3 MLB Blitz</t>
   </si>
   <si>
     <t>1-10-PHI 20 (13:35) 7-Randall Anderson sacked at PHI 12 for -9 yards (50-Eugene Pearce). Sack allowed by 58-Alvin Gonzales. 58-Alvin Gonzales missed that block completely.</t>
   </si>
   <si>
     <t>#7 Randall Anderson - QB</t>
   </si>
   <si>
-    <t>#6 Tyrone Tucker - WR</t>
+    <t>#24 Tyrone Tucker - RB</t>
   </si>
   <si>
     <t>#41 Franklin Blessing - FB</t>
   </si>
   <si>
     <t>#84 Howard Andrews - WR</t>
   </si>
   <si>
     <t>#87 Ernest Worthey - WR</t>
   </si>
   <si>
     <t>#85 Antonio Doolin - WR</t>
   </si>
   <si>
     <t>#72 Richard Gracia - LT</t>
   </si>
   <si>
-    <t>#61 Angelo Ingram - C</t>
+    <t>#70 Angelo Ingram - C</t>
   </si>
   <si>
     <t>#73 Robert Webster - C</t>
   </si>
   <si>
     <t>#58 Alvin Gonzales - RG</t>
   </si>
   <si>
     <t>#52 Michael Sutton - RT</t>
   </si>
   <si>
     <t>#54 Leo Brooks - DT</t>
   </si>
   <si>
     <t>#91 Eugene Pearce - DT</t>
   </si>
   <si>
     <t>#52 William Taylor - DT</t>
   </si>
   <si>
     <t>#90 John Mosher - RDE</t>
   </si>
   <si>
     <t>#98 Louis Bardin - MLB</t>
   </si>
   <si>
-    <t>#90 Alfred Juliano - DT</t>
+    <t>#90 Alfred Juliano - LDE</t>
   </si>
   <si>
     <t>12:53</t>
   </si>
   <si>
     <t>PHI 12</t>
   </si>
   <si>
     <t>I Formation 3WR HB Inside Weak</t>
   </si>
   <si>
     <t>Nickel Blitz Weak Blitz</t>
   </si>
   <si>
     <t>2-19-PHI 12 (12:52) 29-Tyrone Tucker ran to PHI 12 for a short loss. Tackle by 41-Andre Briggs.</t>
   </si>
   <si>
     <t>12:14</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR WR Hooks</t>
   </si>
   <si>
     <t>Nickel Normal SS Blitz</t>
   </si>
@@ -602,51 +602,51 @@
   <si>
     <t>11:29</t>
   </si>
   <si>
     <t>PHI 3</t>
   </si>
   <si>
     <t>4-28-PHI 3 (11:28) 8-William Oakes punts 50 yards to TBY 47. 89-Sean Franco to PHI 39 for 13 yards. Tackle by 82-Marc Mize.</t>
   </si>
   <si>
     <t>#8 William Oakes - P</t>
   </si>
   <si>
     <t>#82 Marc Mize - TE</t>
   </si>
   <si>
     <t>#55 James McLaughlin - C</t>
   </si>
   <si>
     <t>#76 Craig Brown - LT</t>
   </si>
   <si>
     <t>#53 Leon Booker - RG</t>
   </si>
   <si>
-    <t>#51 Michael Armand - RDE</t>
+    <t>#99 Michael Armand - RDE</t>
   </si>
   <si>
     <t>#97 Joshua Watson - MLB</t>
   </si>
   <si>
     <t>11:18</t>
   </si>
   <si>
     <t>PHI 39</t>
   </si>
   <si>
     <t>I Formation Normal FL Hitch</t>
   </si>
   <si>
     <t>4-3 Normal Man QB Spy</t>
   </si>
   <si>
     <t>1-10-PHI 39 (11:19) 1-Alan Powell pass complete to 13-Quentin Taylor to PHI 26 for 13 yards. Tackle by 25-Michale Plata.</t>
   </si>
   <si>
     <t>#75 Daniel Tate - DT</t>
   </si>
   <si>
     <t>10:41</t>
   </si>
@@ -734,51 +734,51 @@
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-12-PHI 28 (8:32) 7-William Silver 45 yard field goal is NO GOOD. (Wide Left)</t>
   </si>
   <si>
     <t>#7 William Silver - K</t>
   </si>
   <si>
     <t>8:28</t>
   </si>
   <si>
     <t>I Formation Power HB Sweep Weak</t>
   </si>
   <si>
     <t>Goal Line Attack #3</t>
   </si>
   <si>
     <t>1-10-PHI 35 (8:29) 29-Tyrone Tucker ran to PHI 33 for -2 yards. Tackle by 98-Louis Bardin.</t>
   </si>
   <si>
     <t>#99 Glenn Shaver - RDE</t>
   </si>
   <si>
-    <t>#95 Walter Collins - RDE</t>
+    <t>#9 Walter Collins - DT</t>
   </si>
   <si>
     <t>7:52</t>
   </si>
   <si>
     <t>PHI 33</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR FB In</t>
   </si>
   <si>
     <t>2-12-PHI 33 (7:51) 7-Randall Anderson sacked at PHI 23 for -10 yards (90-John Mosher). Sack allowed by 61-Angelo Ingram. 61-Angelo Ingram was completely beat on that play.</t>
   </si>
   <si>
     <t>7:07</t>
   </si>
   <si>
     <t>PHI 23</t>
   </si>
   <si>
     <t>I Formation 3WR HB Toss Strong</t>
   </si>
   <si>
     <t>3-22-PHI 23 (7:06) 27-Samuel Ward ran to PHI 25 for 2 yards. Tackle by 95-Walter Collins.</t>
   </si>
@@ -863,51 +863,51 @@
   <si>
     <t>PHI 15</t>
   </si>
   <si>
     <t>2-1-PHI 15 (2:11) 26-Kenneth Silvia ran to PHI 18 for -3 yards. Tackle by 91-Brent Hawkins.</t>
   </si>
   <si>
     <t>1:29</t>
   </si>
   <si>
     <t>PHI 18</t>
   </si>
   <si>
     <t>3-3-PHI 18 (1:28) 26-Kenneth Silvia ran to PHI 21 for -3 yards. Tackle by 91-Charles Lajoie.</t>
   </si>
   <si>
     <t>0:50</t>
   </si>
   <si>
     <t>PHI 21</t>
   </si>
   <si>
     <t>4-6-PHI 21 (0:49) 7-William Silver 38 yard field goal is GOOD. PHI 0 TBY 3</t>
   </si>
   <si>
-    <t>#64 Juan Root - RT</t>
+    <t>#78 Juan Root - RT</t>
   </si>
   <si>
     <t>0:45</t>
   </si>
   <si>
     <t>TBY 35</t>
   </si>
   <si>
     <t>(0:46) 7-William Silver kicks 74 yards from TBY 35 to PHI -9. Touchback.</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR RB Curls</t>
   </si>
   <si>
     <t>1-10-PHI 25 (0:46) 7-Randall Anderson pass incomplete, intended for 85-Antonio Doolin. Pressure by 98-Louis Bardin.</t>
   </si>
   <si>
     <t>0:41</t>
   </si>
   <si>
     <t>I Formation 3WR WR Out</t>
   </si>
   <si>
     <t>Nickel Blitz Triple CB Blitz</t>
   </si>
@@ -2196,84 +2196,84 @@
     <col min="14" max="14" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="39" max="39" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="39" max="39" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="32.992" bestFit="true" customWidth="true" style="0"/>
-    <col min="72" max="72" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="72" max="72" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="28.136" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>