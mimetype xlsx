--- v1 (2025-12-26)
+++ v2 (2026-01-25)
@@ -338,51 +338,51 @@
   <si>
     <t>#3 Richard Wright - K</t>
   </si>
   <si>
     <t>TBY</t>
   </si>
   <si>
     <t>TBY 25</t>
   </si>
   <si>
     <t>Goal Line Normal HB Dive</t>
   </si>
   <si>
     <t>Goal Line Attack #1</t>
   </si>
   <si>
     <t>1-10-TBY 25 (15:00) 26-Kenneth Silvia ran to TBY 29 for 4 yards. Tackle by 92-Brian Montague. TBY 84-Eugene Gammill was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#9 Alan Powell - QB</t>
   </si>
   <si>
     <t>#26 Kenneth Silvia - RB</t>
   </si>
   <si>
-    <t>#89 Joseph Johnson - RT</t>
+    <t>#89 Joseph Johnson - LT</t>
   </si>
   <si>
     <t>#81 Christopher Staley - TE</t>
   </si>
   <si>
     <t>#84 Eugene Gammill - TE</t>
   </si>
   <si>
     <t>#75 John Gleason - LG</t>
   </si>
   <si>
     <t>#69 Leo Lattimore - RT</t>
   </si>
   <si>
     <t>#72 Matthew Stephenson - C</t>
   </si>
   <si>
     <t>#53 William Lown - LG</t>
   </si>
   <si>
     <t>#62 Maurice Jeans - RG</t>
   </si>
   <si>
     <t>#52 Brent Hawkins - LDE</t>
   </si>
@@ -587,69 +587,69 @@
   <si>
     <t>12:14</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR WR Hooks</t>
   </si>
   <si>
     <t>Nickel Normal SS Blitz</t>
   </si>
   <si>
     <t>3-19-PHI 12 (12:13) 7-Randall Anderson sacked at PHI 3 for -9 yards (90-John Mosher). Sack allowed by 72-Richard Gracia.</t>
   </si>
   <si>
     <t>#31 Richard Correa - RB</t>
   </si>
   <si>
     <t>11:29</t>
   </si>
   <si>
     <t>PHI 3</t>
   </si>
   <si>
     <t>4-28-PHI 3 (11:28) 8-William Oakes punts 50 yards to TBY 47. 89-Sean Franco to PHI 39 for 13 yards. Tackle by 82-Marc Mize.</t>
   </si>
   <si>
-    <t>#8 William Oakes - P</t>
+    <t>#9 William Oakes - P</t>
   </si>
   <si>
     <t>#82 Marc Mize - TE</t>
   </si>
   <si>
     <t>#55 James McLaughlin - C</t>
   </si>
   <si>
     <t>#76 Craig Brown - LT</t>
   </si>
   <si>
     <t>#53 Leon Booker - RG</t>
   </si>
   <si>
     <t>#99 Michael Armand - RDE</t>
   </si>
   <si>
-    <t>#97 Joshua Watson - MLB</t>
+    <t>#54 Joshua Watson - MLB</t>
   </si>
   <si>
     <t>11:18</t>
   </si>
   <si>
     <t>PHI 39</t>
   </si>
   <si>
     <t>I Formation Normal FL Hitch</t>
   </si>
   <si>
     <t>4-3 Normal Man QB Spy</t>
   </si>
   <si>
     <t>1-10-PHI 39 (11:19) 1-Alan Powell pass complete to 13-Quentin Taylor to PHI 26 for 13 yards. Tackle by 25-Michale Plata.</t>
   </si>
   <si>
     <t>#75 Daniel Tate - DT</t>
   </si>
   <si>
     <t>10:41</t>
   </si>
   <si>
     <t>PHI 26</t>
   </si>
@@ -977,51 +977,51 @@
   <si>
     <t>TBY 42</t>
   </si>
   <si>
     <t>1-10-TBY 42 (14:10) 1-Alan Powell pass complete to 87-Robert Jeffries to TBY 46 for 3 yards. Tackle by 36-Mark Williams. 87-Robert Jeffries made a great move on the CB.</t>
   </si>
   <si>
     <t>TBY 46</t>
   </si>
   <si>
     <t>I Formation 3WR Slot Short WR Deep</t>
   </si>
   <si>
     <t>2-7-TBY 46 (13:33) 1-Alan Powell pass Pass knocked down by 13-Rudy Liberty. incomplete, intended for 87-Robert Jeffries.</t>
   </si>
   <si>
     <t>13:28</t>
   </si>
   <si>
     <t>Weak I Normal WR Corner TE Middle</t>
   </si>
   <si>
     <t>3-7-TBY 46 (13:29) 1-Alan Powell pass complete to 26-Kenneth Silvia to PHI 45 for 9 yards. Tackle by 96-Kenneth Corbin. 26-Kenneth Silvia made a great move on the CB.</t>
   </si>
   <si>
-    <t>#29 Christopher Lambert - WR</t>
+    <t>#16 Christopher Lambert - WR</t>
   </si>
   <si>
     <t>#49 Calvin Ivey - FS</t>
   </si>
   <si>
     <t>1-10-PHI 45 (12:52) 88-Bradley Carlson ran to PHI 29 for 17 yards. Tackle by 22-Matt Silver.</t>
   </si>
   <si>
     <t>12:13</t>
   </si>
   <si>
     <t>Goal Line Normal HB Outside Strong</t>
   </si>
   <si>
     <t>1-10-PHI 29 (12:12) 18-Jimmy Humphreys ran to PHI 18 for 11 yards. Tackle by 13-Rudy Liberty. PENALTY - Facemask (PHI 13-Rudy Liberty)</t>
   </si>
   <si>
     <t>12:08</t>
   </si>
   <si>
     <t>PHI 9</t>
   </si>
   <si>
     <t>I Formation Power HB Draw</t>
   </si>