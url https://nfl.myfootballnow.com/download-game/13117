--- v2 (2026-01-25)
+++ v3 (2026-03-29)
@@ -311,114 +311,114 @@
   <si>
     <t>#35 Kelvin Parodi - SS</t>
   </si>
   <si>
     <t>#22 Kennith Brown - SLB</t>
   </si>
   <si>
     <t>#40 Orlando Laine - CB</t>
   </si>
   <si>
     <t>#25 Joseph Riddell - CB</t>
   </si>
   <si>
     <t>#46 Andre Briggs - SS</t>
   </si>
   <si>
     <t>#36 Manuel Cartwright - CB</t>
   </si>
   <si>
     <t>#10 Isaac Church - CB</t>
   </si>
   <si>
     <t>#41 James Ruiz - CB</t>
   </si>
   <si>
-    <t>#36 Samuel Fernandez - CB</t>
+    <t>#46 Samuel Fernandez - CB</t>
   </si>
   <si>
     <t>#3 Richard Wright - K</t>
   </si>
   <si>
     <t>TBY</t>
   </si>
   <si>
     <t>TBY 25</t>
   </si>
   <si>
     <t>Goal Line Normal HB Dive</t>
   </si>
   <si>
     <t>Goal Line Attack #1</t>
   </si>
   <si>
     <t>1-10-TBY 25 (15:00) 26-Kenneth Silvia ran to TBY 29 for 4 yards. Tackle by 92-Brian Montague. TBY 84-Eugene Gammill was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#9 Alan Powell - QB</t>
   </si>
   <si>
     <t>#26 Kenneth Silvia - RB</t>
   </si>
   <si>
     <t>#89 Joseph Johnson - LT</t>
   </si>
   <si>
-    <t>#81 Christopher Staley - TE</t>
+    <t>#44 Christopher Staley - FB</t>
   </si>
   <si>
     <t>#84 Eugene Gammill - TE</t>
   </si>
   <si>
     <t>#75 John Gleason - LG</t>
   </si>
   <si>
     <t>#69 Leo Lattimore - RT</t>
   </si>
   <si>
     <t>#72 Matthew Stephenson - C</t>
   </si>
   <si>
     <t>#53 William Lown - LG</t>
   </si>
   <si>
     <t>#62 Maurice Jeans - RG</t>
   </si>
   <si>
-    <t>#52 Brent Hawkins - LDE</t>
+    <t>#57 Brent Hawkins - LDE</t>
   </si>
   <si>
     <t>#56 Walter Keller - LDE</t>
   </si>
   <si>
     <t>#60 Robert Johnson - DT</t>
   </si>
   <si>
     <t>#94 Kristopher Jeter - DT</t>
   </si>
   <si>
-    <t>#90 Carl Russell - DT</t>
+    <t>#77 Carl Russell - DT</t>
   </si>
   <si>
     <t>#53 Brian Montague - MLB</t>
   </si>
   <si>
     <t>#91 Charles Lajoie - DT</t>
   </si>
   <si>
     <t>#97 James Butler - WLB</t>
   </si>
   <si>
     <t>#36 Mark Williams - CB</t>
   </si>
   <si>
     <t>#25 Michale Plata - CB</t>
   </si>
   <si>
     <t>#26 Rudy Liberty - K</t>
   </si>
   <si>
     <t>14:23</t>
   </si>
   <si>
     <t>TBY 29</t>
   </si>