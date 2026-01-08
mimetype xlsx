--- v0 (2025-11-28)
+++ v1 (2026-01-08)
@@ -380,51 +380,51 @@
   <si>
     <t>#58 Matthew Hill - RT</t>
   </si>
   <si>
     <t>#66 Vaughn Jones - LT</t>
   </si>
   <si>
     <t>#77 Todd Phillips - RG</t>
   </si>
   <si>
     <t>#90 David McDonald - LDE</t>
   </si>
   <si>
     <t>#62 Timothy Jones - DT</t>
   </si>
   <si>
     <t>#96 Randy Thomas - DT</t>
   </si>
   <si>
     <t>#66 Roderick Inman - RDE</t>
   </si>
   <si>
     <t>#97 Arthur Hale - SLB</t>
   </si>
   <si>
-    <t>#97 Joshua Watson - MLB</t>
+    <t>#54 Joshua Watson - MLB</t>
   </si>
   <si>
     <t>#94 Robert Patterson - WLB</t>
   </si>
   <si>
     <t>#47 Danny Patterson - FS</t>
   </si>
   <si>
     <t>#48 Geoffrey Hale - CB</t>
   </si>
   <si>
     <t>#40 Myron Brooks - SS</t>
   </si>
   <si>
     <t>#30 Michael Dozier - FS</t>
   </si>
   <si>
     <t>14:19</t>
   </si>
   <si>
     <t>GBY 32</t>
   </si>
   <si>
     <t>Split Backs Normal Weak Pitch Sweep</t>
   </si>
@@ -503,51 +503,51 @@
   <si>
     <t>#82 Robert Brigham - WR</t>
   </si>
   <si>
     <t>#60 Clifford Owens - LT</t>
   </si>
   <si>
     <t>#61 David Willard - LG</t>
   </si>
   <si>
     <t>#71 Luis Godwin - C</t>
   </si>
   <si>
     <t>#64 Jason Lane - RG</t>
   </si>
   <si>
     <t>#67 James Fulmer - RT</t>
   </si>
   <si>
     <t>#75 Marcus Frisina - DT</t>
   </si>
   <si>
     <t>#24 Bob Beck - CB</t>
   </si>
   <si>
-    <t>#34 Abraham Kozak - FS</t>
+    <t>#34 Abraham Kozak - CB</t>
   </si>
   <si>
     <t>12:58</t>
   </si>
   <si>
     <t>GBY 33</t>
   </si>
   <si>
     <t>Singleback Normal WR Quick In</t>
   </si>
   <si>
     <t>1-10-GBY 33 (12:57) 5-Armando Seidel pass Pass knocked down by 25-Jean Dalton. incomplete, intended for 82-Robert Brigham.</t>
   </si>
   <si>
     <t>12:53</t>
   </si>
   <si>
     <t>Singleback Empty 4 Short Posts</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>2-10-GBY 33 (12:54) 5-Armando Seidel pass incomplete, intended for 89-William Ward.</t>
   </si>