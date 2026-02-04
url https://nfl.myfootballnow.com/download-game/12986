--- v1 (2026-01-08)
+++ v2 (2026-02-04)
@@ -281,69 +281,69 @@
   <si>
     <t>ST Rusher8</t>
   </si>
   <si>
     <t>15:00</t>
   </si>
   <si>
     <t>PIT has won the toss and elected to defer.</t>
   </si>
   <si>
     <t>PIT</t>
   </si>
   <si>
     <t>PIT 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 9-Joshua Brooks kicks 74 yards from PIT 35 to GBY -9. Touchback.</t>
   </si>
   <si>
-    <t>#24 Charles Keppler - RB</t>
+    <t>#37 Charles Keppler - RB</t>
   </si>
   <si>
     <t>#95 David Morris - MLB</t>
   </si>
   <si>
     <t>#57 Gary Utz - DT</t>
   </si>
   <si>
     <t>#91 James Rosado - RDE</t>
   </si>
   <si>
-    <t>#60 Michael Pass - WLB</t>
+    <t>#60 Michael Pass - MLB</t>
   </si>
   <si>
     <t>#51 Anthony Ferguson - WLB</t>
   </si>
   <si>
-    <t>#92 Jose Hettinger - RDE</t>
+    <t>#92 Jose Hettinger - LDE</t>
   </si>
   <si>
     <t>#20 Robert Henry - CB</t>
   </si>
   <si>
     <t>#98 Marcus Scales - DT</t>
   </si>
   <si>
     <t>#50 John Johnson - RDE</t>
   </si>
   <si>
     <t>#25 Jean Dalton - CB</t>
   </si>
   <si>
     <t>#9 Joshua Brooks - K</t>
   </si>
   <si>
     <t>GBY</t>
   </si>
   <si>
     <t>GBY 25</t>
   </si>
   <si>
     <t>Strong I Normal Short Attack</t>
   </si>
@@ -356,63 +356,63 @@
   <si>
     <t>#2 Jason Romero - QB</t>
   </si>
   <si>
     <t>#15 Randy White - WR</t>
   </si>
   <si>
     <t>#40 William Myles - RB</t>
   </si>
   <si>
     <t>#44 Scott Cude - FB</t>
   </si>
   <si>
     <t>#82 Michael Olson - WR</t>
   </si>
   <si>
     <t>#85 John Russell - WR</t>
   </si>
   <si>
     <t>#8 Luis Marino - LG</t>
   </si>
   <si>
     <t>#77 Gene Lopez - LG</t>
   </si>
   <si>
-    <t>#58 Matthew Hill - RT</t>
+    <t>#69 Matthew Hill - RT</t>
   </si>
   <si>
     <t>#66 Vaughn Jones - LT</t>
   </si>
   <si>
-    <t>#77 Todd Phillips - RG</t>
+    <t>#77 Todd Phillips - RT</t>
   </si>
   <si>
     <t>#90 David McDonald - LDE</t>
   </si>
   <si>
-    <t>#62 Timothy Jones - DT</t>
+    <t>#93 Timothy Jones - DT</t>
   </si>
   <si>
     <t>#96 Randy Thomas - DT</t>
   </si>
   <si>
     <t>#66 Roderick Inman - RDE</t>
   </si>
   <si>
     <t>#97 Arthur Hale - SLB</t>
   </si>
   <si>
     <t>#54 Joshua Watson - MLB</t>
   </si>
   <si>
     <t>#94 Robert Patterson - WLB</t>
   </si>
   <si>
     <t>#47 Danny Patterson - FS</t>
   </si>
   <si>
     <t>#48 Geoffrey Hale - CB</t>
   </si>
   <si>
     <t>#40 Myron Brooks - SS</t>
   </si>
@@ -494,51 +494,51 @@
   <si>
     <t>#89 William Ward - TE</t>
   </si>
   <si>
     <t>#11 Donald Bale - WR</t>
   </si>
   <si>
     <t>#14 Kenneth Finley - WR</t>
   </si>
   <si>
     <t>#82 Robert Brigham - WR</t>
   </si>
   <si>
     <t>#60 Clifford Owens - LT</t>
   </si>
   <si>
     <t>#61 David Willard - LG</t>
   </si>
   <si>
     <t>#71 Luis Godwin - C</t>
   </si>
   <si>
     <t>#64 Jason Lane - RG</t>
   </si>
   <si>
-    <t>#67 James Fulmer - RT</t>
+    <t>#57 James Fulmer - RG</t>
   </si>
   <si>
     <t>#75 Marcus Frisina - DT</t>
   </si>
   <si>
     <t>#24 Bob Beck - CB</t>
   </si>
   <si>
     <t>#34 Abraham Kozak - CB</t>
   </si>
   <si>
     <t>12:58</t>
   </si>
   <si>
     <t>GBY 33</t>
   </si>
   <si>
     <t>Singleback Normal WR Quick In</t>
   </si>
   <si>
     <t>1-10-GBY 33 (12:57) 5-Armando Seidel pass Pass knocked down by 25-Jean Dalton. incomplete, intended for 82-Robert Brigham.</t>
   </si>
   <si>
     <t>12:53</t>
   </si>
@@ -653,51 +653,51 @@
   <si>
     <t>GBY 22</t>
   </si>
   <si>
     <t>Shotgun 5 Wide Middle Curls</t>
   </si>
   <si>
     <t>1-10-GBY 22 (12:05) 5-Armando Seidel pass complete to 19-Chris McGee to GBY 13 for 9 yards. Tackle by 55-Robert Henry.</t>
   </si>
   <si>
     <t>11:25</t>
   </si>
   <si>
     <t>GBY 13</t>
   </si>
   <si>
     <t>Weak I Normal Skinny Posts</t>
   </si>
   <si>
     <t>Nickel Normal Double WR1</t>
   </si>
   <si>
     <t>2-1-GBY 13 (11:24) 5-Armando Seidel pass complete to 44-Ryan Nicely to GBY 13 for -1 yards. Tackle by 55-Robert Henry.</t>
   </si>
   <si>
-    <t>#86 Daniel Goetz - FB</t>
+    <t>#47 Daniel Goetz - FB</t>
   </si>
   <si>
     <t>10:39</t>
   </si>
   <si>
     <t>Goal Line Normal HB Off Tackle</t>
   </si>
   <si>
     <t>Goal Line Attack #3</t>
   </si>
   <si>
     <t>3-1-GBY 13 (10:38) 44-Ryan Nicely ran to GBY 8 for 5 yards. Tackle by 25-Jean Dalton.</t>
   </si>
   <si>
     <t>#87 Christopher Eddy - TE</t>
   </si>
   <si>
     <t>9:53</t>
   </si>
   <si>
     <t>GBY 8</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR Shotgun Dive</t>
   </si>
@@ -959,51 +959,51 @@
   <si>
     <t>#37 Brian Almond - RB</t>
   </si>
   <si>
     <t>2:01</t>
   </si>
   <si>
     <t>1-10-GBY 22 (2:02) 44-Ryan Nicely ran to GBY 25 for -3 yards. Tackle by 91-James Rosado.</t>
   </si>
   <si>
     <t>1:30</t>
   </si>
   <si>
     <t>2-13-GBY 25 (1:29) 5-Armando Seidel pass Pass knocked down by 24-Bob Beck. incomplete, intended for 19-Chris McGee.</t>
   </si>
   <si>
     <t>1:25</t>
   </si>
   <si>
     <t>3-13-GBY 25 (1:26) 5-Armando Seidel pass complete to 44-Ryan Nicely to GBY 11 for 14 yards. Tackle by 46-Joseph Gagne.</t>
   </si>
   <si>
     <t>#90 John Mackie - SLB</t>
   </si>
   <si>
-    <t>#55 Rex George - MLB</t>
+    <t>#51 Rex George - MLB</t>
   </si>
   <si>
     <t>0:49</t>
   </si>
   <si>
     <t>GBY 11</t>
   </si>
   <si>
     <t>Split Backs 3 Wide Slot Post</t>
   </si>
   <si>
     <t>1-10-GBY 11 (0:48) 5-Armando Seidel pass INTERCEPTED by 25-Jean Dalton at GBY 0. 25-Jean Dalton to GBY 0 for 0 yards. Tackle by 14-Kenneth Finley. Pressure by 91-James Rosado.</t>
   </si>
   <si>
     <t>0:43</t>
   </si>
   <si>
     <t>GBY 0</t>
   </si>
   <si>
     <t>I Formation 3WR Backfield Flats</t>
   </si>
   <si>
     <t>1-10-GBY 0 (0:44) 2-Jason Romero pass complete to 88-Douglas Garcia to PIT 39 for 61 yards. Tackle by 47-Danny Patterson.</t>
   </si>