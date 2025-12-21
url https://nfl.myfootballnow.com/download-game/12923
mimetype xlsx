--- v0 (2025-10-20)
+++ v1 (2025-12-21)
@@ -281,234 +281,234 @@
   <si>
     <t>ST Rusher8</t>
   </si>
   <si>
     <t>15:00</t>
   </si>
   <si>
     <t>LAR has won the toss and elected to receive.</t>
   </si>
   <si>
     <t>SFO</t>
   </si>
   <si>
     <t>SFO 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 11-Jamal Lesher kicks 72 yards from SFO 35 to LAR -7. 14-Philip Lam to LAR 24 for 31 yards. Tackle by 29-Jesse McWhorter. 48-Andrew Appling missed that block completely.</t>
   </si>
   <si>
-    <t>#19 Philip Lam - WR</t>
+    <t>#13 Philip Lam - WR</t>
   </si>
   <si>
     <t>#23 Keith Ross - CB</t>
   </si>
   <si>
     <t>#59 Willard Jimenez - SLB</t>
   </si>
   <si>
     <t>#47 David Sutherland - CB</t>
   </si>
   <si>
-    <t>#58 Roy Simon - RDE</t>
+    <t>#76 Roy Simon - RDE</t>
   </si>
   <si>
     <t>#42 Timmy Adams - SS</t>
   </si>
   <si>
     <t>#45 Peter Bean - FS</t>
   </si>
   <si>
     <t>#96 Joe Trask - SLB</t>
   </si>
   <si>
     <t>#39 Elwood Brown - CB</t>
   </si>
   <si>
     <t>#48 Andrew Appling - CB</t>
   </si>
   <si>
-    <t>#99 Hilton McGowan - WLB</t>
+    <t>#56 Hilton McGowan - MLB</t>
   </si>
   <si>
     <t>#11 Jamal Lesher - K</t>
   </si>
   <si>
     <t>LAR</t>
   </si>
   <si>
     <t>14:55</t>
   </si>
   <si>
     <t>LAR 24</t>
   </si>
   <si>
     <t>Shotgun Normal HB Sweep</t>
   </si>
   <si>
     <t>Nickel Normal Man Cover 2</t>
   </si>
   <si>
     <t>1-10-LAR 24 (14:56) 33-Jamie Matlock ran to LAR 33 for 9 yards. Tackle by 47-Samuel Montijo.</t>
   </si>
   <si>
     <t>#17 Christopher McGaugh - QB</t>
   </si>
   <si>
     <t>#30 Jamie Matlock - RB</t>
   </si>
   <si>
-    <t>#80 William Wilson - TE</t>
+    <t>#49 William Wilson - FB</t>
   </si>
   <si>
     <t>#2 William Evans - TE</t>
   </si>
   <si>
     <t>#81 Eugene Smith - WR</t>
   </si>
   <si>
     <t>#84 Michael White - WR</t>
   </si>
   <si>
-    <t>#1 Willie Hicks - RT</t>
+    <t>#1 Willie Hicks - LT</t>
   </si>
   <si>
     <t>#60 Damien Peterson - LG</t>
   </si>
   <si>
-    <t>#63 Jerry Sasser - C</t>
-[...5 lines deleted...]
-    <t>#66 Terry Brown - LG</t>
+    <t>#64 Jerry Sasser - RG</t>
+  </si>
+  <si>
+    <t>#49 Michael Hostetter - FB</t>
+  </si>
+  <si>
+    <t>#64 Terry Brown - RG</t>
   </si>
   <si>
     <t>#93 Charles Ward - LDE</t>
   </si>
   <si>
     <t>#92 Eric Lucas - DT</t>
   </si>
   <si>
     <t>#98 Jacob Hoggard - DT</t>
   </si>
   <si>
     <t>#60 James Guillory - RDE</t>
   </si>
   <si>
     <t>#93 Jack Guthrie - MLB</t>
   </si>
   <si>
     <t>#91 Ronald Ferris - WLB</t>
   </si>
   <si>
     <t>#29 Jesse McWhorter - CB</t>
   </si>
   <si>
     <t>#41 Christopher Price - CB</t>
   </si>
   <si>
     <t>#45 Michael Vick - CB</t>
   </si>
   <si>
-    <t>#35 Joe Gore - FS</t>
+    <t>#38 Joe Gore - CB</t>
   </si>
   <si>
     <t>#25 Samuel Montijo - FS</t>
   </si>
   <si>
     <t>14:17</t>
   </si>
   <si>
     <t>LAR 33</t>
   </si>
   <si>
     <t>Singleback Slot Strong HB Strong Inside</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>2-1-LAR 33 (14:16) 31-Kelvin Smith ran to LAR 35 for 2 yards. Tackle by 88-Charles Ward. 80-William Wilson completely missed his blocking assignment.</t>
   </si>
   <si>
     <t>#31 Kelvin Smith - RB</t>
   </si>
   <si>
-    <t>#82 Victor Boggs - WR</t>
-[...2 lines deleted...]
-    <t>#51 Adam Hubbard - SLB</t>
+    <t>#13 Victor Boggs - RB</t>
+  </si>
+  <si>
+    <t>#51 Adam Hubbard - SS</t>
   </si>
   <si>
     <t>13:40</t>
   </si>
   <si>
     <t>LAR 35</t>
   </si>
   <si>
     <t>Split Backs Normal Posts</t>
   </si>
   <si>
     <t>4-3 Normal Double Safety Blitz</t>
   </si>
   <si>
     <t>1-10-LAR 35 (13:39) 17-Christopher McGaugh pass Pass knocked down by 91-Ronald Ferris. incomplete, intended for 80-William Wilson.</t>
   </si>
   <si>
     <t>#68 William Schaefer - FB</t>
   </si>
   <si>
     <t>13:34</t>
   </si>
   <si>
     <t>Shotgun Normal HB Flare</t>
   </si>
   <si>
     <t>2-10-LAR 35 (13:35) 17-Christopher McGaugh pass complete to 81-Eugene Smith to SFO 38 for 27 yards.</t>
   </si>
   <si>
     <t>12:51</t>
   </si>
   <si>
     <t>SFO 38</t>
   </si>
   <si>
     <t>I Formation 3WR WR Out</t>
   </si>
   <si>
     <t>1-10-SFO 38 (12:50) 17-Christopher McGaugh pass incomplete, intended for 14-Philip Lam.</t>
   </si>
   <si>
-    <t>#86 David March - TE</t>
+    <t>#40 David March - FB</t>
   </si>
   <si>
     <t>#50 Heriberto Lemon - SLB</t>
   </si>
   <si>
     <t>12:47</t>
   </si>
   <si>
     <t>4-3 Normal SLB Outside Blitz</t>
   </si>
   <si>
     <t>2-10-SFO 38 (12:48) 17-Christopher McGaugh pass complete to 80-William Wilson to SFO 24 for 13 yards. Tackle by 91-Ronald Ferris. Pressure by 51-Adam Hubbard.</t>
   </si>
   <si>
     <t>12:12</t>
   </si>
   <si>
     <t>SFO 24</t>
   </si>
   <si>
     <t>Nickel Strong CB3 Blitz Man</t>
   </si>
   <si>
     <t>1-10-SFO 24 (12:11) 17-Christopher McGaugh pass complete to 31-Kelvin Smith to SFO 15 for 9 yards. Tackle by 50-Heriberto Lemon. PENALTY - Pass Interference (SFO 50-Heriberto Lemon)</t>
   </si>
@@ -530,123 +530,123 @@
   <si>
     <t>4-3 Normal WLB Outside Blitz</t>
   </si>
   <si>
     <t>1-10-SFO 17 (12:08) 17-Christopher McGaugh pass complete to 84-Michael White for 17 yards. TOUCHDOWN! SFO 0 LAR 6</t>
   </si>
   <si>
     <t>12:04</t>
   </si>
   <si>
     <t>SFO 15</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>(12:05) Extra point GOOD by 5-Chester McGuire. SFO 0 LAR 7</t>
   </si>
   <si>
     <t>#4 Michael Colbert - P</t>
   </si>
   <si>
-    <t>#67 Rick Valdez - RG</t>
+    <t>#67 Rick Valdez - C</t>
   </si>
   <si>
     <t>#5 Chester McGuire - K</t>
   </si>
   <si>
     <t>#44 Robert Renfrow - FB</t>
   </si>
   <si>
     <t>#72 Ralph Burr - DT</t>
   </si>
   <si>
     <t>#46 Wilbert Sandler - SLB</t>
   </si>
   <si>
     <t>#94 Walter Mapes - DT</t>
   </si>
   <si>
     <t>(12:05) 5-Chester McGuire kicks 74 yards from LAR 35 to SFO -9. Touchback.</t>
   </si>
   <si>
     <t>#37 Dominique Thompson - RB</t>
   </si>
   <si>
     <t>#55 Tim Magness - CB</t>
   </si>
   <si>
     <t>SFO 25</t>
   </si>
   <si>
     <t>I Formation Normal Max Protect</t>
   </si>
   <si>
     <t>4-3 Normal Double WR3</t>
   </si>
   <si>
     <t>1-10-SFO 25 (12:05) 4-Mark Fuller pass Pass knocked down by 45-Peter Bean. incomplete, intended for 37-Dominique Thompson.</t>
   </si>
   <si>
     <t>#13 Mark Fuller - QB</t>
   </si>
   <si>
-    <t>#43 Steven Leonard - FB</t>
+    <t>#43 Steven Leonard - TE</t>
   </si>
   <si>
     <t>#81 Tom Oliver - TE</t>
   </si>
   <si>
     <t>#10 Jess Oquinn - WR</t>
   </si>
   <si>
     <t>#15 Anthony Parker - WR</t>
   </si>
   <si>
     <t>#78 Jerry Hall - LG</t>
   </si>
   <si>
     <t>#78 Ronald Velazquez - LG</t>
   </si>
   <si>
     <t>#58 Robert Sharma - C</t>
   </si>
   <si>
     <t>#70 Stephen Colson - RG</t>
   </si>
   <si>
     <t>#73 Henry Boston - RG</t>
   </si>
   <si>
     <t>#78 Danny Saenz - LDE</t>
   </si>
   <si>
-    <t>#94 Robert Sapp - RDE</t>
+    <t>#63 Robert Sapp - RDE</t>
   </si>
   <si>
     <t>#73 Roger Cotton - DT</t>
   </si>
   <si>
     <t>#52 Brandon Steger - SLB</t>
   </si>
   <si>
     <t>#43 Neal Parker - FS</t>
   </si>
   <si>
     <t>12:00</t>
   </si>
   <si>
     <t>I Formation Power HB Strong Outside</t>
   </si>
   <si>
     <t>Quarter Normal CB5 Blitz</t>
   </si>
   <si>
     <t>2-10-SFO 25 (12:01) 37-Dominique Thompson ran to SFO 31 for 6 yards. Tackle by 48-Andrew Appling.</t>
   </si>
   <si>
     <t>#39 Felix Kim - RB</t>
   </si>
@@ -788,51 +788,51 @@
   <si>
     <t>4-4-SFO 49 (7:34) 4-Michael Colbert punts 49 yards to SFO 0.4-4-SFO 49 (7:34) 4-Michael Colbert punts 49 yards to SFO 0. Touchback.</t>
   </si>
   <si>
     <t>7:24</t>
   </si>
   <si>
     <t>SFO 20</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR RB Curls</t>
   </si>
   <si>
     <t>4-3 Under Crash Left</t>
   </si>
   <si>
     <t>1-10-SFO 20 (7:25) 4-Mark Fuller pass complete to 30-Jonathan Loftis to SFO 23 for 3 yards. Tackle by 45-Peter Bean. Pressure by 78-Danny Saenz.</t>
   </si>
   <si>
     <t>#30 Jonathan Loftis - RB</t>
   </si>
   <si>
     <t>#81 John Emberton - WR</t>
   </si>
   <si>
-    <t>#76 Fernando Smith - DT</t>
+    <t>#76 Fernando Smith - RDE</t>
   </si>
   <si>
     <t>6:41</t>
   </si>
   <si>
     <t>SFO 23</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR Shotgun Dive</t>
   </si>
   <si>
     <t>4-3 Under Crash Right</t>
   </si>
   <si>
     <t>2-7-SFO 23 (6:40) 37-Dominique Thompson ran to SFO 22 for -1 yards. Tackle by 50-Hilton McGowan.</t>
   </si>
   <si>
     <t>6:07</t>
   </si>
   <si>
     <t>SFO 22</t>
   </si>
   <si>
     <t>I Formation Power HB Draw</t>
   </si>
@@ -2131,51 +2131,51 @@
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="352.628" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="25.851" bestFit="true" customWidth="true" style="0"/>
-    <col min="34" max="34" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="34" max="34" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="30.564" bestFit="true" customWidth="true" style="0"/>