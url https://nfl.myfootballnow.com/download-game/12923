--- v1 (2025-12-21)
+++ v2 (2026-01-20)
@@ -353,57 +353,57 @@
   <si>
     <t>Nickel Normal Man Cover 2</t>
   </si>
   <si>
     <t>1-10-LAR 24 (14:56) 33-Jamie Matlock ran to LAR 33 for 9 yards. Tackle by 47-Samuel Montijo.</t>
   </si>
   <si>
     <t>#17 Christopher McGaugh - QB</t>
   </si>
   <si>
     <t>#30 Jamie Matlock - RB</t>
   </si>
   <si>
     <t>#49 William Wilson - FB</t>
   </si>
   <si>
     <t>#2 William Evans - TE</t>
   </si>
   <si>
     <t>#81 Eugene Smith - WR</t>
   </si>
   <si>
     <t>#84 Michael White - WR</t>
   </si>
   <si>
-    <t>#1 Willie Hicks - LT</t>
+    <t>#1 Willie Hicks - C</t>
   </si>
   <si>
     <t>#60 Damien Peterson - LG</t>
   </si>
   <si>
-    <t>#64 Jerry Sasser - RG</t>
+    <t>#64 Jerry Sasser - LG</t>
   </si>
   <si>
     <t>#49 Michael Hostetter - FB</t>
   </si>
   <si>
     <t>#64 Terry Brown - RG</t>
   </si>
   <si>
     <t>#93 Charles Ward - LDE</t>
   </si>
   <si>
     <t>#92 Eric Lucas - DT</t>
   </si>
   <si>
     <t>#98 Jacob Hoggard - DT</t>
   </si>
   <si>
     <t>#60 James Guillory - RDE</t>
   </si>
   <si>
     <t>#93 Jack Guthrie - MLB</t>
   </si>
   <si>
     <t>#91 Ronald Ferris - WLB</t>
   </si>
@@ -419,72 +419,72 @@
   <si>
     <t>#38 Joe Gore - CB</t>
   </si>
   <si>
     <t>#25 Samuel Montijo - FS</t>
   </si>
   <si>
     <t>14:17</t>
   </si>
   <si>
     <t>LAR 33</t>
   </si>
   <si>
     <t>Singleback Slot Strong HB Strong Inside</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>2-1-LAR 33 (14:16) 31-Kelvin Smith ran to LAR 35 for 2 yards. Tackle by 88-Charles Ward. 80-William Wilson completely missed his blocking assignment.</t>
   </si>
   <si>
     <t>#31 Kelvin Smith - RB</t>
   </si>
   <si>
-    <t>#13 Victor Boggs - RB</t>
+    <t>#13 Victor Boggs - WR</t>
   </si>
   <si>
     <t>#51 Adam Hubbard - SS</t>
   </si>
   <si>
     <t>13:40</t>
   </si>
   <si>
     <t>LAR 35</t>
   </si>
   <si>
     <t>Split Backs Normal Posts</t>
   </si>
   <si>
     <t>4-3 Normal Double Safety Blitz</t>
   </si>
   <si>
     <t>1-10-LAR 35 (13:39) 17-Christopher McGaugh pass Pass knocked down by 91-Ronald Ferris. incomplete, intended for 80-William Wilson.</t>
   </si>
   <si>
-    <t>#68 William Schaefer - FB</t>
+    <t>#26 William Schaefer - FB</t>
   </si>
   <si>
     <t>13:34</t>
   </si>
   <si>
     <t>Shotgun Normal HB Flare</t>
   </si>
   <si>
     <t>2-10-LAR 35 (13:35) 17-Christopher McGaugh pass complete to 81-Eugene Smith to SFO 38 for 27 yards.</t>
   </si>
   <si>
     <t>12:51</t>
   </si>
   <si>
     <t>SFO 38</t>
   </si>
   <si>
     <t>I Formation 3WR WR Out</t>
   </si>
   <si>
     <t>1-10-SFO 38 (12:50) 17-Christopher McGaugh pass incomplete, intended for 14-Philip Lam.</t>
   </si>
   <si>
     <t>#40 David March - FB</t>
   </si>
@@ -494,51 +494,51 @@
   <si>
     <t>12:47</t>
   </si>
   <si>
     <t>4-3 Normal SLB Outside Blitz</t>
   </si>
   <si>
     <t>2-10-SFO 38 (12:48) 17-Christopher McGaugh pass complete to 80-William Wilson to SFO 24 for 13 yards. Tackle by 91-Ronald Ferris. Pressure by 51-Adam Hubbard.</t>
   </si>
   <si>
     <t>12:12</t>
   </si>
   <si>
     <t>SFO 24</t>
   </si>
   <si>
     <t>Nickel Strong CB3 Blitz Man</t>
   </si>
   <si>
     <t>1-10-SFO 24 (12:11) 17-Christopher McGaugh pass complete to 31-Kelvin Smith to SFO 15 for 9 yards. Tackle by 50-Heriberto Lemon. PENALTY - Pass Interference (SFO 50-Heriberto Lemon)</t>
   </si>
   <si>
     <t>#24 David Ruiz - CB</t>
   </si>
   <si>
-    <t>#57 David Arceneaux - MLB</t>
+    <t>#90 David Arceneaux - MLB</t>
   </si>
   <si>
     <t>12:07</t>
   </si>
   <si>
     <t>SFO 17</t>
   </si>
   <si>
     <t>Weak I Normal Skinny Posts</t>
   </si>
   <si>
     <t>4-3 Normal WLB Outside Blitz</t>
   </si>
   <si>
     <t>1-10-SFO 17 (12:08) 17-Christopher McGaugh pass complete to 84-Michael White for 17 yards. TOUCHDOWN! SFO 0 LAR 6</t>
   </si>
   <si>
     <t>12:04</t>
   </si>
   <si>
     <t>SFO 15</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
@@ -2122,51 +2122,51 @@
   <cols>
     <col min="1" max="1" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="47.131" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="41.133" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="352.628" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
-    <col min="25" max="25" width="24.708" bestFit="true" customWidth="true" style="0"/>
+    <col min="25" max="25" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="32.992" bestFit="true" customWidth="true" style="0"/>