--- v2 (2026-01-20)
+++ v3 (2026-03-22)
@@ -293,225 +293,225 @@
   <si>
     <t>SFO 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 11-Jamal Lesher kicks 72 yards from SFO 35 to LAR -7. 14-Philip Lam to LAR 24 for 31 yards. Tackle by 29-Jesse McWhorter. 48-Andrew Appling missed that block completely.</t>
   </si>
   <si>
     <t>#13 Philip Lam - WR</t>
   </si>
   <si>
     <t>#23 Keith Ross - CB</t>
   </si>
   <si>
     <t>#59 Willard Jimenez - SLB</t>
   </si>
   <si>
     <t>#47 David Sutherland - CB</t>
   </si>
   <si>
-    <t>#76 Roy Simon - RDE</t>
+    <t>#91 Roy Simon - LDE</t>
   </si>
   <si>
     <t>#42 Timmy Adams - SS</t>
   </si>
   <si>
     <t>#45 Peter Bean - FS</t>
   </si>
   <si>
     <t>#96 Joe Trask - SLB</t>
   </si>
   <si>
     <t>#39 Elwood Brown - CB</t>
   </si>
   <si>
     <t>#48 Andrew Appling - CB</t>
   </si>
   <si>
     <t>#56 Hilton McGowan - MLB</t>
   </si>
   <si>
     <t>#11 Jamal Lesher - K</t>
   </si>
   <si>
     <t>LAR</t>
   </si>
   <si>
     <t>14:55</t>
   </si>
   <si>
     <t>LAR 24</t>
   </si>
   <si>
     <t>Shotgun Normal HB Sweep</t>
   </si>
   <si>
     <t>Nickel Normal Man Cover 2</t>
   </si>
   <si>
     <t>1-10-LAR 24 (14:56) 33-Jamie Matlock ran to LAR 33 for 9 yards. Tackle by 47-Samuel Montijo.</t>
   </si>
   <si>
     <t>#17 Christopher McGaugh - QB</t>
   </si>
   <si>
     <t>#30 Jamie Matlock - RB</t>
   </si>
   <si>
-    <t>#49 William Wilson - FB</t>
+    <t>#49 William Wilson - TE</t>
   </si>
   <si>
     <t>#2 William Evans - TE</t>
   </si>
   <si>
     <t>#81 Eugene Smith - WR</t>
   </si>
   <si>
     <t>#84 Michael White - WR</t>
   </si>
   <si>
     <t>#1 Willie Hicks - C</t>
   </si>
   <si>
-    <t>#60 Damien Peterson - LG</t>
-[...2 lines deleted...]
-    <t>#64 Jerry Sasser - LG</t>
+    <t>#61 Damien Peterson - LG</t>
+  </si>
+  <si>
+    <t>#64 Jerry Sasser - C</t>
   </si>
   <si>
     <t>#49 Michael Hostetter - FB</t>
   </si>
   <si>
     <t>#64 Terry Brown - RG</t>
   </si>
   <si>
     <t>#93 Charles Ward - LDE</t>
   </si>
   <si>
     <t>#92 Eric Lucas - DT</t>
   </si>
   <si>
     <t>#98 Jacob Hoggard - DT</t>
   </si>
   <si>
-    <t>#60 James Guillory - RDE</t>
+    <t>#69 James Guillory - RDE</t>
   </si>
   <si>
     <t>#93 Jack Guthrie - MLB</t>
   </si>
   <si>
     <t>#91 Ronald Ferris - WLB</t>
   </si>
   <si>
     <t>#29 Jesse McWhorter - CB</t>
   </si>
   <si>
     <t>#41 Christopher Price - CB</t>
   </si>
   <si>
     <t>#45 Michael Vick - CB</t>
   </si>
   <si>
     <t>#38 Joe Gore - CB</t>
   </si>
   <si>
     <t>#25 Samuel Montijo - FS</t>
   </si>
   <si>
     <t>14:17</t>
   </si>
   <si>
     <t>LAR 33</t>
   </si>
   <si>
     <t>Singleback Slot Strong HB Strong Inside</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>2-1-LAR 33 (14:16) 31-Kelvin Smith ran to LAR 35 for 2 yards. Tackle by 88-Charles Ward. 80-William Wilson completely missed his blocking assignment.</t>
   </si>
   <si>
     <t>#31 Kelvin Smith - RB</t>
   </si>
   <si>
-    <t>#13 Victor Boggs - WR</t>
+    <t>#13 Victor Boggs - RB</t>
   </si>
   <si>
     <t>#51 Adam Hubbard - SS</t>
   </si>
   <si>
     <t>13:40</t>
   </si>
   <si>
     <t>LAR 35</t>
   </si>
   <si>
     <t>Split Backs Normal Posts</t>
   </si>
   <si>
     <t>4-3 Normal Double Safety Blitz</t>
   </si>
   <si>
     <t>1-10-LAR 35 (13:39) 17-Christopher McGaugh pass Pass knocked down by 91-Ronald Ferris. incomplete, intended for 80-William Wilson.</t>
   </si>
   <si>
     <t>#26 William Schaefer - FB</t>
   </si>
   <si>
     <t>13:34</t>
   </si>
   <si>
     <t>Shotgun Normal HB Flare</t>
   </si>
   <si>
     <t>2-10-LAR 35 (13:35) 17-Christopher McGaugh pass complete to 81-Eugene Smith to SFO 38 for 27 yards.</t>
   </si>
   <si>
     <t>12:51</t>
   </si>
   <si>
     <t>SFO 38</t>
   </si>
   <si>
     <t>I Formation 3WR WR Out</t>
   </si>
   <si>
     <t>1-10-SFO 38 (12:50) 17-Christopher McGaugh pass incomplete, intended for 14-Philip Lam.</t>
   </si>
   <si>
     <t>#40 David March - FB</t>
   </si>
   <si>
-    <t>#50 Heriberto Lemon - SLB</t>
+    <t>#56 Heriberto Lemon - SLB</t>
   </si>
   <si>
     <t>12:47</t>
   </si>
   <si>
     <t>4-3 Normal SLB Outside Blitz</t>
   </si>
   <si>
     <t>2-10-SFO 38 (12:48) 17-Christopher McGaugh pass complete to 80-William Wilson to SFO 24 for 13 yards. Tackle by 91-Ronald Ferris. Pressure by 51-Adam Hubbard.</t>
   </si>
   <si>
     <t>12:12</t>
   </si>
   <si>
     <t>SFO 24</t>
   </si>
   <si>
     <t>Nickel Strong CB3 Blitz Man</t>
   </si>
   <si>
     <t>1-10-SFO 24 (12:11) 17-Christopher McGaugh pass complete to 31-Kelvin Smith to SFO 15 for 9 yards. Tackle by 50-Heriberto Lemon. PENALTY - Pass Interference (SFO 50-Heriberto Lemon)</t>
   </si>
   <si>
     <t>#24 David Ruiz - CB</t>
   </si>