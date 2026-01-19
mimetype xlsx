--- v0 (2025-10-21)
+++ v1 (2026-01-19)
@@ -290,177 +290,177 @@
   <si>
     <t>DEN</t>
   </si>
   <si>
     <t>DEN 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 19-Isaac Armstrong kicks 74 yards from DEN 35 to LVR -9. Touchback.</t>
   </si>
   <si>
     <t>#85 Red Diesel - WR</t>
   </si>
   <si>
     <t>#52 Alvin Robinson - WLB</t>
   </si>
   <si>
     <t>#40 Bubba Kush - SS</t>
   </si>
   <si>
-    <t>#2 Joseph Sliger - LDE</t>
-[...2 lines deleted...]
-    <t>#96 Albert Cothern - WLB</t>
+    <t>#67 Joseph Sliger - LDE</t>
+  </si>
+  <si>
+    <t>#56 Albert Cothern - SLB</t>
   </si>
   <si>
     <t>#98 Danny Ray - RDE</t>
   </si>
   <si>
     <t>#47 Gabriel Wilke - SS</t>
   </si>
   <si>
     <t>#93 Machine Gun Joe Viterbo - MLB</t>
   </si>
   <si>
-    <t>#66 Edward Thompson - LDE</t>
+    <t>#96 Edward Thompson - RDE</t>
   </si>
   <si>
     <t>#97 Chubbs Peterson - SLB</t>
   </si>
   <si>
     <t>#27 Gregory Markley - CB</t>
   </si>
   <si>
     <t>#19 Isaac Armstrong - K</t>
   </si>
   <si>
     <t>LVR</t>
   </si>
   <si>
     <t>LVR 25</t>
   </si>
   <si>
     <t>Goal Line Normal HB Weak</t>
   </si>
   <si>
     <t>Goal Line Attack #3</t>
   </si>
   <si>
     <t>1-10-LVR 25 (15:00) 48-Valentin Jones ran to LVR 26 for 1 yards. Tackle by 59-Woodrow Meyer.</t>
   </si>
   <si>
     <t>#12 Ken Stabler - QB</t>
   </si>
   <si>
     <t>#48 Valentin Jones - RB</t>
   </si>
   <si>
     <t>#43 Roy Bergman - FB</t>
   </si>
   <si>
     <t>#22 Harold Jackson - RB</t>
   </si>
   <si>
     <t>#87 Michael Mayer - TE</t>
   </si>
   <si>
     <t>#82 Harold Perrone - TE</t>
   </si>
   <si>
     <t>#64 Bon Fire - RT</t>
   </si>
   <si>
-    <t>#69 Nate Newton - LG</t>
+    <t>#78 Nate Newton - LT</t>
   </si>
   <si>
     <t>#57 Chief Hampton Forbes - C</t>
   </si>
   <si>
-    <t>#50 Takeru Kobayashi - RG</t>
+    <t>#50 Takeru Kobayashi - LT</t>
   </si>
   <si>
     <t>#70 Al Wyatt - RT</t>
   </si>
   <si>
     <t>#62 Michael Jackson - LDE</t>
   </si>
   <si>
     <t>#97 Gregory Thompson - DT</t>
   </si>
   <si>
     <t>#93 Howard Reyes - DT</t>
   </si>
   <si>
-    <t>#58 Glen King - LDE</t>
+    <t>#55 Glen King - LDE</t>
   </si>
   <si>
     <t>#69 Victor Miller - LDE</t>
   </si>
   <si>
     <t>#51 Elroy Soto - SLB</t>
   </si>
   <si>
     <t>#59 Woodrow Meyer - MLB</t>
   </si>
   <si>
     <t>#90 John Augustine - WLB</t>
   </si>
   <si>
     <t>#49 Roy Brown - CB</t>
   </si>
   <si>
     <t>#21 Joseph Knight - CB</t>
   </si>
   <si>
     <t>#36 James Bolding - SS</t>
   </si>
   <si>
     <t>14:18</t>
   </si>
   <si>
     <t>LVR 26</t>
   </si>
   <si>
     <t>Shotgun Normal Double Outs</t>
   </si>
   <si>
     <t>Nickel Strong FS CB3 Blitz</t>
   </si>
   <si>
     <t>2-9-LVR 26 (14:17) 12-Ken Stabler pass complete to 88-Wesley Robinson to LVR 27 for 1 yards. Tackle by 62-Michael Jackson.</t>
   </si>
   <si>
-    <t>#88 Wesley Robinson - WR</t>
-[...2 lines deleted...]
-    <t>#84 Josh Gordon - WR</t>
+    <t>#16 Wesley Robinson - WR</t>
+  </si>
+  <si>
+    <t>#81 Josh Gordon - WR</t>
   </si>
   <si>
     <t>#2 Frederic Bruner - CB</t>
   </si>
   <si>
     <t>#29 Joshua Parker - FS</t>
   </si>
   <si>
     <t>13:38</t>
   </si>
   <si>
     <t>LVR 27</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR FB In</t>
   </si>
   <si>
     <t>Nickel Normal Man Cover 2</t>
   </si>
   <si>
     <t>3-8-LVR 27 (13:37) PENALTY - False Start (LVR 88-Wesley Robinson)</t>
   </si>
   <si>
     <t>#13 Ross Cole - RB</t>
   </si>
@@ -578,51 +578,51 @@
   <si>
     <t>#89 Matthew Smith - TE</t>
   </si>
   <si>
     <t>#88 Richard Phillips - WR</t>
   </si>
   <si>
     <t>#76 Roland Maheu - RG</t>
   </si>
   <si>
     <t>#72 Christopher Williams - LG</t>
   </si>
   <si>
     <t>#55 Eugene Humphrey - C</t>
   </si>
   <si>
     <t>#65 Clarence Doi - LG</t>
   </si>
   <si>
     <t>#52 Dennis Mundo - RT</t>
   </si>
   <si>
     <t>#62 Dwayne Pride - DT</t>
   </si>
   <si>
-    <t>#95 Paul Parrott - DT</t>
+    <t>#95 Paul Parrott - RDE</t>
   </si>
   <si>
     <t>#59 Jason Pierre-Paul - RDE</t>
   </si>
   <si>
     <t>#44 Andrew Reich - CB</t>
   </si>
   <si>
     <t>#22 Marshall Vogler - SS</t>
   </si>
   <si>
     <t>10:48</t>
   </si>
   <si>
     <t>DEN 20</t>
   </si>
   <si>
     <t>Singleback Big WR Deep</t>
   </si>
   <si>
     <t>2-7-DEN 20 (10:47) 5-Kevin Watkins pass INTERCEPTED by 44-Andrew Reich at DEN 26. 44-Andrew Reich to DEN 26 for 0 yards. Tackle by 89-Matthew Smith.</t>
   </si>
   <si>
     <t>#18 Benjamin Johnson - RB</t>
   </si>
@@ -659,51 +659,51 @@
   <si>
     <t>I Formation Normal PA Streaks</t>
   </si>
   <si>
     <t>3-10-DEN 26 (10:38) 12-Ken Stabler sacked at DEN 33 for -7 yards (59-Woodrow Meyer). Sack allowed by 70-Al Wyatt.</t>
   </si>
   <si>
     <t>9:59</t>
   </si>
   <si>
     <t>DEN 33</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-17-DEN 33 (9:58) 10-James Green 51 yard field goal is GOOD. LVR 3 DEN 0</t>
   </si>
   <si>
     <t>#8 Emanuel Boykin - QB</t>
   </si>
   <si>
-    <t>#10 James Green - K</t>
+    <t>#6 James Green - K</t>
   </si>
   <si>
     <t>#42 Brady Tyus - CB</t>
   </si>
   <si>
     <t>#57 Carlos Velazquez - DT</t>
   </si>
   <si>
     <t>9:53</t>
   </si>
   <si>
     <t>LVR 35</t>
   </si>
   <si>
     <t>(9:54) 10-James Green kicks 75 yards from LVR 35 to DEN -10. Touchback.</t>
   </si>
   <si>
     <t>#1 Renaldo Robertson - RB</t>
   </si>
   <si>
     <t>#25 Roger Ward - CB</t>
   </si>
   <si>
     <t>DEN 25</t>
   </si>
@@ -1094,51 +1094,51 @@
   <si>
     <t>LVR 10</t>
   </si>
   <si>
     <t>I Formation Normal SE Post</t>
   </si>
   <si>
     <t>3-5-LVR 10 (9:56) 12-Ken Stabler pass Pass knocked down by 90-John Augustine. incomplete, intended for 87-Michael Mayer.</t>
   </si>
   <si>
     <t>9:50</t>
   </si>
   <si>
     <t>4-5-LVR 10 (9:51) 17-Jeffrey Granier punts 47 yards to DEN 44. 14-Donald Hilliard to DEN 49 for 6 yards. Tackle by 98-Danny Ray.</t>
   </si>
   <si>
     <t>9:41</t>
   </si>
   <si>
     <t>I Formation Normal HB Counter</t>
   </si>
   <si>
     <t>1-10-DEN 49 (9:42) 15-Charles Skipper ran to DEN 50 for a short gain. Tackle by 91-Uncle Sam .</t>
   </si>
   <si>
-    <t>#90 James King - WLB</t>
+    <t>#90 James King - LDE</t>
   </si>
   <si>
     <t>9:02</t>
   </si>
   <si>
     <t>DEN 50</t>
   </si>
   <si>
     <t>I Formation 3WR HB Inside Weak</t>
   </si>
   <si>
     <t>2-10-DEN 50 (9:01) 15-Charles Skipper ran to LVR 39 for 11 yards. Tackle by 47-Gabriel Wilke.</t>
   </si>
   <si>
     <t>8:27</t>
   </si>
   <si>
     <t>Goal Line Normal HB Dive</t>
   </si>
   <si>
     <t>1-10-LVR 39 (8:26) 15-Charles Skipper ran to LVR 36 for 3 yards. Tackle by 93-Machine Gun Joe Viterbo.</t>
   </si>
   <si>
     <t>7:45</t>
   </si>
@@ -1430,51 +1430,51 @@
   <si>
     <t>9:36</t>
   </si>
   <si>
     <t>LVR 43</t>
   </si>
   <si>
     <t>2-5-LVR 43 (9:35) 48-Valentin Jones ran to DEN 45 for 12 yards. Tackle by 36-James Bolding. DEN 71-Howard Reyes was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>9:01</t>
   </si>
   <si>
     <t>Shotgun Normal Deep Weak In and Out</t>
   </si>
   <si>
     <t>1-10-DEN 45 (9:00) 12-Ken Stabler pass complete to 85-Red Diesel to DEN 20 for 25 yards. Tackle by 2-Frederic Bruner. LVR 70-Al Wyatt was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>8:13</t>
   </si>
   <si>
     <t>1-10-DEN 20 (8:12) 12-Ken Stabler pass complete to 88-Wesley Robinson to DEN 6 for 14 yards. Tackle by 90-John Augustine. Pressure by 62-Michael Jackson.</t>
   </si>
   <si>
-    <t>#89 Stephen Scully - WR</t>
+    <t>#19 Stephen Scully - WR</t>
   </si>
   <si>
     <t>#33 Lawrence Buckles - FS</t>
   </si>
   <si>
     <t>7:32</t>
   </si>
   <si>
     <t>DEN 6</t>
   </si>
   <si>
     <t>1-6-DEN 6 (7:31) 12-Ken Stabler sacked at DEN 13 for -6 yards (97-Gregory Thompson). Sack allowed by 67-Anthony Bruce. LVR 69-Nate Newton was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#83 William Angeles - TE</t>
   </si>
   <si>
     <t>6:54</t>
   </si>
   <si>
     <t>DEN 13</t>
   </si>
   <si>
     <t>2-13-DEN 13 (6:53) 12-Ken Stabler sacked at DEN 20 for -7 yards (54-Antonio Reece)</t>
   </si>
@@ -2254,81 +2254,81 @@
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="382.05" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="25.851" bestFit="true" customWidth="true" style="0"/>
-    <col min="34" max="34" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="34" max="34" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="39.99" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="39.99" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="39.99" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="64" max="64" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="64" max="64" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="39.99" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="30.564" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">