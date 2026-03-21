--- v1 (2026-01-19)
+++ v2 (2026-03-21)
@@ -290,51 +290,51 @@
   <si>
     <t>DEN</t>
   </si>
   <si>
     <t>DEN 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 19-Isaac Armstrong kicks 74 yards from DEN 35 to LVR -9. Touchback.</t>
   </si>
   <si>
     <t>#85 Red Diesel - WR</t>
   </si>
   <si>
     <t>#52 Alvin Robinson - WLB</t>
   </si>
   <si>
     <t>#40 Bubba Kush - SS</t>
   </si>
   <si>
-    <t>#67 Joseph Sliger - LDE</t>
+    <t>#65 Joseph Sliger - LDE</t>
   </si>
   <si>
     <t>#56 Albert Cothern - SLB</t>
   </si>
   <si>
     <t>#98 Danny Ray - RDE</t>
   </si>
   <si>
     <t>#47 Gabriel Wilke - SS</t>
   </si>
   <si>
     <t>#93 Machine Gun Joe Viterbo - MLB</t>
   </si>
   <si>
     <t>#96 Edward Thompson - RDE</t>
   </si>
   <si>
     <t>#97 Chubbs Peterson - SLB</t>
   </si>
   <si>
     <t>#27 Gregory Markley - CB</t>
   </si>
   <si>
     <t>#19 Isaac Armstrong - K</t>
   </si>
@@ -350,84 +350,84 @@
   <si>
     <t>Goal Line Attack #3</t>
   </si>
   <si>
     <t>1-10-LVR 25 (15:00) 48-Valentin Jones ran to LVR 26 for 1 yards. Tackle by 59-Woodrow Meyer.</t>
   </si>
   <si>
     <t>#12 Ken Stabler - QB</t>
   </si>
   <si>
     <t>#48 Valentin Jones - RB</t>
   </si>
   <si>
     <t>#43 Roy Bergman - FB</t>
   </si>
   <si>
     <t>#22 Harold Jackson - RB</t>
   </si>
   <si>
     <t>#87 Michael Mayer - TE</t>
   </si>
   <si>
     <t>#82 Harold Perrone - TE</t>
   </si>
   <si>
-    <t>#64 Bon Fire - RT</t>
+    <t>#64 Bon Fire - LG</t>
   </si>
   <si>
     <t>#78 Nate Newton - LT</t>
   </si>
   <si>
     <t>#57 Chief Hampton Forbes - C</t>
   </si>
   <si>
     <t>#50 Takeru Kobayashi - LT</t>
   </si>
   <si>
     <t>#70 Al Wyatt - RT</t>
   </si>
   <si>
     <t>#62 Michael Jackson - LDE</t>
   </si>
   <si>
     <t>#97 Gregory Thompson - DT</t>
   </si>
   <si>
     <t>#93 Howard Reyes - DT</t>
   </si>
   <si>
     <t>#55 Glen King - LDE</t>
   </si>
   <si>
     <t>#69 Victor Miller - LDE</t>
   </si>
   <si>
     <t>#51 Elroy Soto - SLB</t>
   </si>
   <si>
-    <t>#59 Woodrow Meyer - MLB</t>
+    <t>#93 Woodrow Meyer - MLB</t>
   </si>
   <si>
     <t>#90 John Augustine - WLB</t>
   </si>
   <si>
     <t>#49 Roy Brown - CB</t>
   </si>
   <si>
     <t>#21 Joseph Knight - CB</t>
   </si>
   <si>
     <t>#36 James Bolding - SS</t>
   </si>
   <si>
     <t>14:18</t>
   </si>
   <si>
     <t>LVR 26</t>
   </si>
   <si>
     <t>Shotgun Normal Double Outs</t>
   </si>
   <si>
     <t>Nickel Strong FS CB3 Blitz</t>
   </si>
@@ -512,51 +512,51 @@
   <si>
     <t>#93 David Pardo - SLB</t>
   </si>
   <si>
     <t>11:40</t>
   </si>
   <si>
     <t>LVR 41</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-5-LVR 41 (11:39) 17-Jeffrey Granier punts 48 yards to DEN 12. 14-Donald Hilliard to DEN 17 for 6 yards. Tackle by 98-Danny Ray.</t>
   </si>
   <si>
     <t>#3 Jeffrey Granier - P</t>
   </si>
   <si>
     <t>#64 Sal Williams - C</t>
   </si>
   <si>
-    <t>#81 Donald Hilliard - WR</t>
+    <t>#17 Donald Hilliard - WR</t>
   </si>
   <si>
     <t>#54 Antonio Reece - SLB</t>
   </si>
   <si>
     <t>#71 Anthony Bruce - RT</t>
   </si>
   <si>
     <t>#71 Venn Diagram - LT</t>
   </si>
   <si>
     <t>#95 Lee Danforth - DT</t>
   </si>
   <si>
     <t>11:29</t>
   </si>
   <si>
     <t>DEN 17</t>
   </si>
   <si>
     <t>I Formation Power PA Flats</t>
   </si>
   <si>
     <t>4-3 Under Double LB Blitz</t>
   </si>
@@ -608,51 +608,51 @@
   <si>
     <t>#44 Andrew Reich - CB</t>
   </si>
   <si>
     <t>#22 Marshall Vogler - SS</t>
   </si>
   <si>
     <t>10:48</t>
   </si>
   <si>
     <t>DEN 20</t>
   </si>
   <si>
     <t>Singleback Big WR Deep</t>
   </si>
   <si>
     <t>2-7-DEN 20 (10:47) 5-Kevin Watkins pass INTERCEPTED by 44-Andrew Reich at DEN 26. 44-Andrew Reich to DEN 26 for 0 yards. Tackle by 89-Matthew Smith.</t>
   </si>
   <si>
     <t>#18 Benjamin Johnson - RB</t>
   </si>
   <si>
     <t>#13 Oscar Buchanan - WR</t>
   </si>
   <si>
-    <t>#37 Uncle Sam  - CB</t>
+    <t>#37 Uncle Sam  - FS</t>
   </si>
   <si>
     <t>10:43</t>
   </si>
   <si>
     <t>DEN 26</t>
   </si>
   <si>
     <t>Shotgun Normal HB Flare</t>
   </si>
   <si>
     <t>1-10-DEN 26 (10:44) 12-Ken Stabler pass Pass knocked down by 90-John Augustine. incomplete, intended for 48-Valentin Jones.</t>
   </si>
   <si>
     <t>10:40</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR WR Curl</t>
   </si>
   <si>
     <t>2-10-DEN 26 (10:41) 12-Ken Stabler pass Pass knocked down by 21-Joseph Knight. incomplete, intended for 84-Josh Gordon. 21-Joseph Knight got away with a hold on that play.</t>
   </si>
   <si>
     <t>10:37</t>
   </si>