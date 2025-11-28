--- v0 (2025-10-30)
+++ v1 (2025-11-28)
@@ -284,51 +284,51 @@
   <si>
     <t>15:00</t>
   </si>
   <si>
     <t>ATL has won the toss and elected to receive.</t>
   </si>
   <si>
     <t>BUF</t>
   </si>
   <si>
     <t>BUF 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 1-Calvin Beltran kicks 74 yards from BUF 35 to ATL -9. Touchback.</t>
   </si>
   <si>
     <t>#81 Sean Young - WR</t>
   </si>
   <si>
-    <t>#63 Tracey Swan - DT</t>
+    <t>#63 Tracey Swan - RDE</t>
   </si>
   <si>
     <t>#23 Lawrence Neal - CB</t>
   </si>
   <si>
     <t>#22 Ramon Free - FS</t>
   </si>
   <si>
     <t>#49 Alan Clements - FS</t>
   </si>
   <si>
     <t>#41 Andrew Chaparro - CB</t>
   </si>
   <si>
     <t>#59 Thomas Workman - SLB</t>
   </si>
   <si>
     <t>#40 Horacio Burchfield - SS</t>
   </si>
   <si>
     <t>#47 Robert Spann - CB</t>
   </si>
   <si>
     <t>#45 Virgil Mandel - SS</t>
   </si>
@@ -410,75 +410,75 @@
   <si>
     <t>#28 Dennis Hutchinson - CB</t>
   </si>
   <si>
     <t>#21 Jerald Garris - SS</t>
   </si>
   <si>
     <t>#29 Jason Huber - FS</t>
   </si>
   <si>
     <t>14:18</t>
   </si>
   <si>
     <t>ATL 37</t>
   </si>
   <si>
     <t>4-3 Under 2 Deep Flat Outside</t>
   </si>
   <si>
     <t>1-10-ATL 37 (14:17) 29-Ernest Barhorst ran to ATL 38 for 2 yards. Tackle by 92-Gregory Jacobson.</t>
   </si>
   <si>
     <t>#75 Michael Anderson - RT</t>
   </si>
   <si>
-    <t>#73 Jorge Rodriguez - DT</t>
+    <t>#73 Jorge Rodriguez - RDE</t>
   </si>
   <si>
     <t>#61 Phillip Williams - RDE</t>
   </si>
   <si>
     <t>13:43</t>
   </si>
   <si>
     <t>ATL 38</t>
   </si>
   <si>
     <t>Goal Line Normal HB Toss Strong</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Man</t>
   </si>
   <si>
     <t>2-8-ATL 38 (13:42) 29-Ernest Barhorst ran to BUF 44 for 18 yards.</t>
   </si>
   <si>
     <t>#30 Gary Carlson - RB</t>
   </si>
   <si>
-    <t>#83 Brian Green - TE</t>
+    <t>#45 Brian Green - FB</t>
   </si>
   <si>
     <t>13:04</t>
   </si>
   <si>
     <t>BUF 44</t>
   </si>
   <si>
     <t>1-10-BUF 44 (13:03) 46-Fred Williams ran to BUF 37 for 7 yards. Tackle by 41-Frank Medina.</t>
   </si>
   <si>
     <t>#46 Fred Williams - RB</t>
   </si>
   <si>
     <t>#26 Frank Medina - CB</t>
   </si>
   <si>
     <t>12:25</t>
   </si>
   <si>
     <t>BUF 37</t>
   </si>
   <si>
     <t>4-3 Normal Cover 2</t>
   </si>
@@ -1115,51 +1115,51 @@
   <si>
     <t>ATL 10</t>
   </si>
   <si>
     <t>Singleback Normal FL Drag</t>
   </si>
   <si>
     <t>3-10-ATL 10 (5:16) 19-Jeffery Lamarche sacked at ATL 15 for -5 yards (51-Patrick Marion). Sack allowed by 65-William Espinoza.</t>
   </si>
   <si>
     <t>4:40</t>
   </si>
   <si>
     <t>ATL 15</t>
   </si>
   <si>
     <t>4-15-ATL 15 (4:39) 1-Calvin Beltran 32 yard field goal is GOOD. ATL 10 BUF 3</t>
   </si>
   <si>
     <t>#2 James Garry - QB</t>
   </si>
   <si>
     <t>#50 Refugio Walker - LT</t>
   </si>
   <si>
-    <t>#93 Philip Nelson - RDE</t>
+    <t>#96 Philip Nelson - RDE</t>
   </si>
   <si>
     <t>#92 Charles Conner - DT</t>
   </si>
   <si>
     <t>#97 Wesley Swann - RDE</t>
   </si>
   <si>
     <t>4:35</t>
   </si>
   <si>
     <t>(4:36) 1-Calvin Beltran kicks 70 yards from BUF 35 to ATL -5. 80-Sean Young to ATL 31 for 36 yards. Tackle by 1-Calvin Beltran.</t>
   </si>
   <si>
     <t>4:29</t>
   </si>
   <si>
     <t>ATL 31</t>
   </si>
   <si>
     <t>1-10-ATL 31 (4:30) 11-Luis Alvares pass complete to 82-Dwight Jones to ATL 33 for 2 yards. Tackle by 29-Jason Huber.</t>
   </si>
   <si>
     <t>#21 David Medellin - WR</t>
   </si>
@@ -2246,92 +2246,92 @@
     <col min="7" max="7" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="36.42" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="421.04" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="32" max="32" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="32" max="32" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="31.707" bestFit="true" customWidth="true" style="0"/>
-    <col min="56" max="56" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="56" max="56" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="31.707" bestFit="true" customWidth="true" style="0"/>
-    <col min="73" max="73" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="73" max="73" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="28.136" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">