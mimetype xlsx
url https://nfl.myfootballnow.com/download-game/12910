--- v1 (2025-11-28)
+++ v2 (2026-01-12)
@@ -350,51 +350,51 @@
   <si>
     <t>4-3 Under Shallow Right Zone</t>
   </si>
   <si>
     <t>1-10-ATL 25 (15:00) 29-Ernest Barhorst ran to ATL 37 for 12 yards. Tackle by 21-Jerald Garris. ATL 72-Walter Brown was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#11 Luis Alvares - QB</t>
   </si>
   <si>
     <t>#29 Ernest Barhorst - RB</t>
   </si>
   <si>
     <t>#38 Michael Russell - FB</t>
   </si>
   <si>
     <t>#82 Dwight Jones - TE</t>
   </si>
   <si>
     <t>#13 Antonio Medrano - WR</t>
   </si>
   <si>
     <t>#73 Luther Foster - LT</t>
   </si>
   <si>
-    <t>#64 Jonathan Workman - LG</t>
+    <t>#66 Jonathan Workman - RG</t>
   </si>
   <si>
     <t>#61 John Garcia - C</t>
   </si>
   <si>
     <t>#69 Neal Cooke - RT</t>
   </si>
   <si>
     <t>#72 Walter Brown - RT</t>
   </si>
   <si>
     <t>#3 Steven Salem - LDE</t>
   </si>
   <si>
     <t>#62 Gregory Jacobson - DT</t>
   </si>
   <si>
     <t>#67 James Ames - DT</t>
   </si>
   <si>
     <t>#93 Brant Plummer - RDE</t>
   </si>
   <si>
     <t>#53 Rodolfo Beals - SLB</t>
   </si>
@@ -449,51 +449,51 @@
   <si>
     <t>Goal Line 3 Deep Man</t>
   </si>
   <si>
     <t>2-8-ATL 38 (13:42) 29-Ernest Barhorst ran to BUF 44 for 18 yards.</t>
   </si>
   <si>
     <t>#30 Gary Carlson - RB</t>
   </si>
   <si>
     <t>#45 Brian Green - FB</t>
   </si>
   <si>
     <t>13:04</t>
   </si>
   <si>
     <t>BUF 44</t>
   </si>
   <si>
     <t>1-10-BUF 44 (13:03) 46-Fred Williams ran to BUF 37 for 7 yards. Tackle by 41-Frank Medina.</t>
   </si>
   <si>
     <t>#46 Fred Williams - RB</t>
   </si>
   <si>
-    <t>#26 Frank Medina - CB</t>
+    <t>#31 Frank Medina - CB</t>
   </si>
   <si>
     <t>12:25</t>
   </si>
   <si>
     <t>BUF 37</t>
   </si>
   <si>
     <t>4-3 Normal Cover 2</t>
   </si>
   <si>
     <t>2-3-BUF 37 (12:24) 30-Gary Carlson ran to BUF 27 for 9 yards. Tackle by 29-Jason Huber.</t>
   </si>
   <si>
     <t>#46 Matthew Martinez - CB</t>
   </si>
   <si>
     <t>11:51</t>
   </si>
   <si>
     <t>BUF 27</t>
   </si>
   <si>
     <t>Goal Line Normal HB Weak</t>
   </si>