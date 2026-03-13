--- v2 (2026-01-12)
+++ v3 (2026-03-13)
@@ -311,96 +311,96 @@
   <si>
     <t>#23 Lawrence Neal - CB</t>
   </si>
   <si>
     <t>#22 Ramon Free - FS</t>
   </si>
   <si>
     <t>#49 Alan Clements - FS</t>
   </si>
   <si>
     <t>#41 Andrew Chaparro - CB</t>
   </si>
   <si>
     <t>#59 Thomas Workman - SLB</t>
   </si>
   <si>
     <t>#40 Horacio Burchfield - SS</t>
   </si>
   <si>
     <t>#47 Robert Spann - CB</t>
   </si>
   <si>
     <t>#45 Virgil Mandel - SS</t>
   </si>
   <si>
-    <t>#32 Gerald Durden - CB</t>
+    <t>#25 Gerald Durden - CB</t>
   </si>
   <si>
     <t>#1 Calvin Beltran - K</t>
   </si>
   <si>
     <t>ATL</t>
   </si>
   <si>
     <t>ATL 25</t>
   </si>
   <si>
     <t>I Formation Normal HB Dive</t>
   </si>
   <si>
     <t>4-3 Under Shallow Right Zone</t>
   </si>
   <si>
     <t>1-10-ATL 25 (15:00) 29-Ernest Barhorst ran to ATL 37 for 12 yards. Tackle by 21-Jerald Garris. ATL 72-Walter Brown was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#11 Luis Alvares - QB</t>
   </si>
   <si>
     <t>#29 Ernest Barhorst - RB</t>
   </si>
   <si>
     <t>#38 Michael Russell - FB</t>
   </si>
   <si>
     <t>#82 Dwight Jones - TE</t>
   </si>
   <si>
     <t>#13 Antonio Medrano - WR</t>
   </si>
   <si>
     <t>#73 Luther Foster - LT</t>
   </si>
   <si>
     <t>#66 Jonathan Workman - RG</t>
   </si>
   <si>
     <t>#61 John Garcia - C</t>
   </si>
   <si>
-    <t>#69 Neal Cooke - RT</t>
+    <t>#69 Neal Cooke - C</t>
   </si>
   <si>
     <t>#72 Walter Brown - RT</t>
   </si>
   <si>
     <t>#3 Steven Salem - LDE</t>
   </si>
   <si>
     <t>#62 Gregory Jacobson - DT</t>
   </si>
   <si>
     <t>#67 James Ames - DT</t>
   </si>
   <si>
     <t>#93 Brant Plummer - RDE</t>
   </si>
   <si>
     <t>#53 Rodolfo Beals - SLB</t>
   </si>
   <si>
     <t>#58 Jonathon Talley - MLB</t>
   </si>
   <si>
     <t>#91 Dave Baker - WLB</t>
   </si>
@@ -665,51 +665,51 @@
   <si>
     <t>#82 Scott Jimenez - TE</t>
   </si>
   <si>
     <t>#45 Ricardo Hoey - TE</t>
   </si>
   <si>
     <t>#65 William Espinoza - RG</t>
   </si>
   <si>
     <t>#66 Larry Stringfellow - LG</t>
   </si>
   <si>
     <t>#71 Doug Chapple - C</t>
   </si>
   <si>
     <t>#75 Emmett Hutchinson - RG</t>
   </si>
   <si>
     <t>#60 Richard Thompson - RT</t>
   </si>
   <si>
     <t>#78 William Banks - LDE</t>
   </si>
   <si>
-    <t>#90 Joel Martinez - LDE</t>
+    <t>#77 Joel Martinez - DT</t>
   </si>
   <si>
     <t>#66 Robert Gantt - DT</t>
   </si>
   <si>
     <t>#51 Patrick Marion - RDE</t>
   </si>
   <si>
     <t>#91 Brian Dunphy - SLB</t>
   </si>
   <si>
     <t>#52 Kenneth Brooks - WLB</t>
   </si>
   <si>
     <t>6:59</t>
   </si>
   <si>
     <t>BUF 29</t>
   </si>
   <si>
     <t>Singleback Normal FL Go</t>
   </si>
   <si>
     <t>Nickel Normal 3 Deep Man Under</t>
   </si>
@@ -731,54 +731,54 @@
   <si>
     <t>#65 Richard Contreras - MLB</t>
   </si>
   <si>
     <t>6:15</t>
   </si>
   <si>
     <t>BUF 32</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-3-BUF 32 (6:14) 16-Seth Larsen punts 39 yards to ATL 29. Fair Catch by 15-Tommie Ware.</t>
   </si>
   <si>
     <t>#7 Seth Larsen - P</t>
   </si>
   <si>
     <t>#15 Tommie Ware - WR</t>
   </si>
   <si>
-    <t>#69 Michael Sonntag - LG</t>
-[...2 lines deleted...]
-    <t>#76 William Cason - C</t>
+    <t>#52 Michael Sonntag - LG</t>
+  </si>
+  <si>
+    <t>#76 William Cason - RT</t>
   </si>
   <si>
     <t>#63 John Andrews - LT</t>
   </si>
   <si>
     <t>6:07</t>
   </si>
   <si>
     <t>ATL 29</t>
   </si>
   <si>
     <t>Goal Line Attack #1</t>
   </si>
   <si>
     <t>1-10-ATL 29 (6:08) 29-Ernest Barhorst ran to ATL 36 for 7 yards. Tackle by 53-Rodolfo Beals.</t>
   </si>
   <si>
     <t>5:35</t>
   </si>
   <si>
     <t>ATL 36</t>
   </si>
   <si>
     <t>Goal Line Attack #2</t>
   </si>
@@ -1115,51 +1115,51 @@
   <si>
     <t>ATL 10</t>
   </si>
   <si>
     <t>Singleback Normal FL Drag</t>
   </si>
   <si>
     <t>3-10-ATL 10 (5:16) 19-Jeffery Lamarche sacked at ATL 15 for -5 yards (51-Patrick Marion). Sack allowed by 65-William Espinoza.</t>
   </si>
   <si>
     <t>4:40</t>
   </si>
   <si>
     <t>ATL 15</t>
   </si>
   <si>
     <t>4-15-ATL 15 (4:39) 1-Calvin Beltran 32 yard field goal is GOOD. ATL 10 BUF 3</t>
   </si>
   <si>
     <t>#2 James Garry - QB</t>
   </si>
   <si>
     <t>#50 Refugio Walker - LT</t>
   </si>
   <si>
-    <t>#96 Philip Nelson - RDE</t>
+    <t>#58 Philip Nelson - SLB</t>
   </si>
   <si>
     <t>#92 Charles Conner - DT</t>
   </si>
   <si>
     <t>#97 Wesley Swann - RDE</t>
   </si>
   <si>
     <t>4:35</t>
   </si>
   <si>
     <t>(4:36) 1-Calvin Beltran kicks 70 yards from BUF 35 to ATL -5. 80-Sean Young to ATL 31 for 36 yards. Tackle by 1-Calvin Beltran.</t>
   </si>
   <si>
     <t>4:29</t>
   </si>
   <si>
     <t>ATL 31</t>
   </si>
   <si>
     <t>1-10-ATL 31 (4:30) 11-Luis Alvares pass complete to 82-Dwight Jones to ATL 33 for 2 yards. Tackle by 29-Jason Huber.</t>
   </si>
   <si>
     <t>#21 David Medellin - WR</t>
   </si>
@@ -2241,51 +2241,51 @@
     <col min="2" max="2" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="36.42" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="421.04" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="32.992" bestFit="true" customWidth="true" style="0"/>
-    <col min="27" max="27" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="27" max="27" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="30.564" bestFit="true" customWidth="true" style="0"/>
@@ -2295,51 +2295,51 @@
     <col min="56" max="56" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="81" max="81" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="81" max="81" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="28.136" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>