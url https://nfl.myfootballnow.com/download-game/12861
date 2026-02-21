--- v0 (2025-10-16)
+++ v1 (2026-02-21)
@@ -296,153 +296,153 @@
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 17-Victor Shand kicks 60 yards from DET 35 to SEA 5. 40-Fernando Stanford to SEA 23 for 19 yards. Tackle by 47-Jeff Kennedy. DET 57-Manuel Gilman was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#40 Fernando Stanford - RB</t>
   </si>
   <si>
     <t>#58 Ervin Gray - DT</t>
   </si>
   <si>
     <t>#43 Billy Mock - CB</t>
   </si>
   <si>
     <t>#53 Jerome Hicks - WLB</t>
   </si>
   <si>
     <t>#56 Robert Rennick - WLB</t>
   </si>
   <si>
-    <t>#51 George Bond - MLB</t>
+    <t>#85 George Bond - DT</t>
   </si>
   <si>
     <t>#32 Anthony Goad - CB</t>
   </si>
   <si>
     <t>#26 Rudy Liberty - K</t>
   </si>
   <si>
     <t>#91 Michael Davila - DT</t>
   </si>
   <si>
-    <t>#92 Benny Simon - WLB</t>
-[...2 lines deleted...]
-    <t>#64 Thomas Hendricks - DT</t>
+    <t>#55 Benny Simon - SLB</t>
+  </si>
+  <si>
+    <t>#64 Thomas Hendricks - LDE</t>
   </si>
   <si>
     <t>#9 Victor Shand - K</t>
   </si>
   <si>
     <t>SEA</t>
   </si>
   <si>
     <t>14:56</t>
   </si>
   <si>
     <t>SEA 23</t>
   </si>
   <si>
     <t>I Formation Normal PA Fullback Flat</t>
   </si>
   <si>
     <t>3-4 Normal Man QB Spy</t>
   </si>
   <si>
     <t>1-10-SEA 23 (14:57) 6-Robert Marrero pass complete to 84-Howard Sokol to SEA 37 for 14 yards. Pushed out of bounds by 51-Micheal Kelly. 84-Howard Sokol breaks down the CB.</t>
   </si>
   <si>
     <t>#6 Robert Marrero - QB</t>
   </si>
   <si>
-    <t>#49 Clarence Nelson - RB</t>
+    <t>#45 Clarence Nelson - RB</t>
   </si>
   <si>
     <t>#33 Thomas Phelps - FB</t>
   </si>
   <si>
     <t>#80 Bernard Hall - TE</t>
   </si>
   <si>
     <t>#14 Howard Sokol - WR</t>
   </si>
   <si>
     <t>#14 Jose Tobey - WR</t>
   </si>
   <si>
-    <t>#72 Scott Landrum - LT</t>
+    <t>#60 Scott Landrum - LG</t>
   </si>
   <si>
     <t>#59 Raul Gordon - RG</t>
   </si>
   <si>
     <t>#62 Oscar Crouch - C</t>
   </si>
   <si>
-    <t>#79 James Jordan - RG</t>
-[...2 lines deleted...]
-    <t>#66 Bradley Werner - RG</t>
+    <t>#65 James Jordan - RG</t>
+  </si>
+  <si>
+    <t>#79 Bradley Werner - LT</t>
   </si>
   <si>
     <t>#96 Coy Foster - DT</t>
   </si>
   <si>
     <t>#97 Leo Muse - DT</t>
   </si>
   <si>
-    <t>#92 Daniel Wilson - LDE</t>
-[...5 lines deleted...]
-    <t>#59 David Regalado - MLB</t>
+    <t>#93 Daniel Wilson - RDE</t>
+  </si>
+  <si>
+    <t>#59 John Lange - LDE</t>
+  </si>
+  <si>
+    <t>#54 David Regalado - WLB</t>
   </si>
   <si>
     <t>#51 Micheal Kelly - SLB</t>
   </si>
   <si>
     <t>#54 Larry Stroh - WLB</t>
   </si>
   <si>
-    <t>#22 Robert Rayburn - CB</t>
+    <t>#92 Robert Rayburn - SLB</t>
   </si>
   <si>
     <t>#35 Kenneth Eubanks - WLB</t>
   </si>
   <si>
     <t>#26 Jeffrey Schuler - FS</t>
   </si>
   <si>
-    <t>#52 Dennis Shaw - WLB</t>
+    <t>#52 Dennis Shaw - SLB</t>
   </si>
   <si>
     <t>14:20</t>
   </si>
   <si>
     <t>SEA 37</t>
   </si>
   <si>
     <t>I Formation Normal HB Blast</t>
   </si>
   <si>
     <t>46 Normal Inside Blitz</t>
   </si>
   <si>
     <t>1-10-SEA 37 (14:19) 40-Fernando Stanford ran to SEA 37 for 1 yards. Tackle by 75-Steven Williams. 66-Scott Landrum completely missed his blocking assignment.</t>
   </si>
   <si>
     <t>#54 Steven Williams - WLB</t>
   </si>
   <si>
     <t>14:17</t>
   </si>
   <si>
     <t>Timeout SEA</t>
   </si>
@@ -470,126 +470,126 @@
   <si>
     <t>4-3 Under Inside LB Blitz</t>
   </si>
   <si>
     <t>3-8-SEA 39 (12:58) 40-Fernando Stanford ran to SEA 45 for 5 yards. 40-Fernando Stanford FUMBLES (44-Dennis Shaw) recovered by DET-93-Coy Foster at SEA 45. Tackle by 60-Oscar Crouch.</t>
   </si>
   <si>
     <t>#66 Craig Lewis - C</t>
   </si>
   <si>
     <t>12:52</t>
   </si>
   <si>
     <t>SEA 45</t>
   </si>
   <si>
     <t>Goal Line Normal HB Off Tackle</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Man</t>
   </si>
   <si>
     <t>1-10-SEA 45 (12:53) 34-Eugene Deleon ran to SEA 31 for 14 yards. Tackle by 32-Anthony Goad.</t>
   </si>
   <si>
-    <t>#2 Steven Gorman - QB</t>
-[...2 lines deleted...]
-    <t>#34 Eugene Deleon - RB</t>
+    <t>#16 Steven Gorman - QB</t>
+  </si>
+  <si>
+    <t>#28 Eugene Deleon - RB</t>
   </si>
   <si>
     <t>#61 Aaron Clark - LG</t>
   </si>
   <si>
-    <t>#83 Donald Delacruz - TE</t>
+    <t>#87 Donald Delacruz - LT</t>
   </si>
   <si>
     <t>#78 Adam Joseph - RT</t>
   </si>
   <si>
     <t>#74 Jason Kleinman - RG</t>
   </si>
   <si>
     <t>#69 Jason Houser - C</t>
   </si>
   <si>
-    <t>#76 Harold McDonald - RT</t>
-[...2 lines deleted...]
-    <t>#61 Vincent Dorsey - C</t>
+    <t>#52 Harold McDonald - RT</t>
+  </si>
+  <si>
+    <t>#61 Vincent Dorsey - LT</t>
   </si>
   <si>
     <t>#63 Lester Stephens - LT</t>
   </si>
   <si>
     <t>#61 Owen Simon - C</t>
   </si>
   <si>
-    <t>#76 John Hyler - LDE</t>
-[...5 lines deleted...]
-    <t>#52 William Overholt - MLB</t>
+    <t>#92 John Hyler - RDE</t>
+  </si>
+  <si>
+    <t>#58 Garland Casey - MLB</t>
+  </si>
+  <si>
+    <t>#57 William Overholt - WLB</t>
   </si>
   <si>
     <t>#21 James McCall - SS</t>
   </si>
   <si>
     <t>12:08</t>
   </si>
   <si>
     <t>SEA 31</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR Shotgun Dive</t>
   </si>
   <si>
     <t>Nickel Normal 2 Deep</t>
   </si>
   <si>
     <t>1-10-SEA 31 (12:07) 80-Donald Delacruz ran to SEA 30 for a short gain. Tackle by 69-Garland Casey.</t>
   </si>
   <si>
     <t>#33 Eddie Gregg - WR</t>
   </si>
   <si>
     <t>#85 Miguel Yamamoto - WR</t>
   </si>
   <si>
     <t>#84 Harold Lusher - WR</t>
   </si>
   <si>
     <t>#83 Kenneth Smith - WR</t>
   </si>
   <si>
-    <t>#65 Jesse Prout - LG</t>
-[...2 lines deleted...]
-    <t>#23 Cory Lobdell - CB</t>
+    <t>#56 Jesse Prout - LG</t>
+  </si>
+  <si>
+    <t>#51 Cory Lobdell - MLB</t>
   </si>
   <si>
     <t>#46 Hugh Spruell - SS</t>
   </si>
   <si>
     <t>11:30</t>
   </si>
   <si>
     <t>SEA 30</t>
   </si>
   <si>
     <t>I Formation Normal HB Counter</t>
   </si>
   <si>
     <t>4-3 Under 2 Deep Flat Outside</t>
   </si>
   <si>
     <t>2-10-SEA 30 (11:29) 34-Eugene Deleon ran to SEA 18 for 12 yards. Tackle by 28-Hugh Spruell.</t>
   </si>
   <si>
     <t>10:51</t>
   </si>
   <si>
     <t>SEA 18</t>
   </si>
@@ -644,129 +644,129 @@
   <si>
     <t>#34 Dennis Hoffman - CB</t>
   </si>
   <si>
     <t>10:10</t>
   </si>
   <si>
     <t>SEA 13</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-4-SEA 13 (10:11) 17-Victor Shand 31 yard field goal is GOOD. DET 3 SEA 0</t>
   </si>
   <si>
     <t>#5 Christopher Boyd - P</t>
   </si>
   <si>
     <t>#26 Leonardo Day - RB</t>
   </si>
   <si>
-    <t>#51 Michael Armand - RDE</t>
-[...2 lines deleted...]
-    <t>#52 George Krause - LDE</t>
+    <t>#99 Michael Armand - RDE</t>
+  </si>
+  <si>
+    <t>#52 George Krause - SLB</t>
   </si>
   <si>
     <t>10:07</t>
   </si>
   <si>
     <t>(10:08) 17-Victor Shand kicks 64 yards from DET 35 to SEA 1. 40-Fernando Stanford to SEA 16 for 15 yards. Tackle by 45-Dean Knight.</t>
   </si>
   <si>
     <t>10:04</t>
   </si>
   <si>
     <t>SEA 16</t>
   </si>
   <si>
     <t>Goal Line Normal PA TE Drag</t>
   </si>
   <si>
     <t>1-10-SEA 16 (10:05) 6-Robert Marrero pass incomplete, dropped by 80-Bernard Hall.</t>
   </si>
   <si>
     <t>#2 Eric Witherspoon - RB</t>
   </si>
   <si>
-    <t>#4 James Blair - C</t>
+    <t>#68 James Blair - LT</t>
   </si>
   <si>
     <t>10:03</t>
   </si>
   <si>
     <t>2-10-SEA 16 (10:04) 40-Fernando Stanford ran to SEA 14 for -2 yards. Tackle by 97-Daniel Wilson.</t>
   </si>
   <si>
     <t>#57 Manuel Gilman - SLB</t>
   </si>
   <si>
     <t>9:20</t>
   </si>
   <si>
     <t>SEA 14</t>
   </si>
   <si>
     <t>I Formation 3WR HB Inside Strong</t>
   </si>
   <si>
     <t>3-12-SEA 14 (9:19) 40-Fernando Stanford ran to SEA 14 for 1 yards. Tackle by 42-Jeffrey Schuler.</t>
   </si>
   <si>
     <t>#85 James Sandoval - WR</t>
   </si>
   <si>
     <t>8:40</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-12-SEA 14 (8:39) 18-Manuel Fisher punts 48 yards to DET 38. 38-Edward Reed to DET 44 for 6 yards. Tackle by 13-Rudy Liberty.</t>
   </si>
   <si>
     <t>#18 Manuel Fisher - P</t>
   </si>
   <si>
     <t>#38 Edward Reed - RB</t>
   </si>
   <si>
     <t>#36 Ronald Neilsen - FB</t>
   </si>
   <si>
     <t>#73 Juan Allen - C</t>
   </si>
   <si>
-    <t>#68 Guadalupe Harmon - C</t>
+    <t>#68 Guadalupe Harmon - LT</t>
   </si>
   <si>
     <t>#54 Alfred Linkous - RT</t>
   </si>
   <si>
     <t>#95 Arthur Weeks - RDE</t>
   </si>
   <si>
     <t>8:30</t>
   </si>
   <si>
     <t>DET 44</t>
   </si>
   <si>
     <t>I Formation Normal HB Draw</t>
   </si>
   <si>
     <t>4-3 Normal Man QB Spy</t>
   </si>
   <si>
     <t>1-10-DET 44 (8:31) 34-Eugene Deleon ran to DET 49 for 4 yards. Tackle by 59-Robert Rennick.</t>
   </si>
   <si>
     <t>7:52</t>
   </si>
@@ -1628,102 +1628,102 @@
   <si>
     <t>12:51</t>
   </si>
   <si>
     <t>I Formation Power Play Action HB Downfield</t>
   </si>
   <si>
     <t>1-10-SEA 38 (12:52) 6-Robert Marrero pass complete to 80-Bernard Hall to DET 46 for 16 yards. Tackle by 42-Jeffrey Schuler.</t>
   </si>
   <si>
     <t>12:12</t>
   </si>
   <si>
     <t>DET 46</t>
   </si>
   <si>
     <t>1-10-DET 46 (12:11) 40-Fernando Stanford ran to DET 47 for -1 yards. Tackle by 51-Micheal Kelly. DET 96-Leo Muse was injured on the play.</t>
   </si>
   <si>
     <t>11:37</t>
   </si>
   <si>
     <t>2-11-DET 47 (11:36) 6-Robert Marrero pass complete to 40-Fernando Stanford to DET 19 for 28 yards. Tackle by 54-Larry Stroh. 40-Fernando Stanford did some fancy footwork there.</t>
   </si>
   <si>
-    <t>#91 Richard Gilmer - DT</t>
+    <t>#94 Richard Gilmer - DT</t>
   </si>
   <si>
     <t>11:09</t>
   </si>
   <si>
     <t>DET 19</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR FL Drag</t>
   </si>
   <si>
     <t>1-10-DET 19 (11:08) 6-Robert Marrero pass complete to 84-Howard Sokol to DET 16 for 3 yards. Tackle by 59-David Regalado. 84-Howard Sokol did some fancy footwork there.</t>
   </si>
   <si>
-    <t>#12 Michael Simpson - WR</t>
-[...2 lines deleted...]
-    <t>#23 Jeff Kennedy - CB</t>
+    <t>#46 Michael Simpson - TE</t>
+  </si>
+  <si>
+    <t>#23 Jeff Kennedy - SS</t>
   </si>
   <si>
     <t>10:48</t>
   </si>
   <si>
     <t>DET 16</t>
   </si>
   <si>
     <t>I Formation 3WR Slot Corner Long</t>
   </si>
   <si>
     <t>2-7-DET 16 (10:47) 6-Robert Marrero sacked at DET 21 for -5 yards (75-Steven Williams). Sack allowed by 68-Guadalupe Harmon.</t>
   </si>
   <si>
     <t>10:24</t>
   </si>
   <si>
     <t>3-12-DET 21 (10:23) 6-Robert Marrero pass incomplete, intended for 24-Thomas Phelps. Pressure by 50-Booker Voss.</t>
   </si>
   <si>
     <t>#45 Dean Knight - CB</t>
   </si>
   <si>
     <t>#56 John Cooper - WLB</t>
   </si>
   <si>
     <t>10:19</t>
   </si>
   <si>
     <t>4-12-DET 21 (10:20) 16-Mark Joyner 39 yard field goal is GOOD. DET 20 SEA 3</t>
   </si>
   <si>
-    <t>#93 Jeff Owens - RDE</t>
+    <t>#53 Jeff Owens - RDE</t>
   </si>
   <si>
     <t>#92 Michael Narvaez - DT</t>
   </si>
   <si>
     <t>10:16</t>
   </si>
   <si>
     <t>(10:17) 16-Mark Joyner kicks 72 yards from SEA 35 to DET -7. Touchback.</t>
   </si>
   <si>
     <t>1-10-DET 25 (10:17) 34-Eugene Deleon ran to DET 27 for 2 yards. Tackle by 59-Robert Rennick.</t>
   </si>
   <si>
     <t>9:39</t>
   </si>
   <si>
     <t>DET 27</t>
   </si>
   <si>
     <t>2-8-DET 27 (9:38) 38-Edward Reed ran to DET 30 for 2 yards. Tackle by 91-Michael Davila. 61-Lester Stephens was caught flat-footed on this play.</t>
   </si>
   <si>
     <t>DET 30</t>
   </si>
@@ -2368,102 +2368,102 @@
   <cols>
     <col min="1" max="1" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="45.846" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="367.91" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="25" max="25" width="29.421" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="27" max="27" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="25" max="25" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="26" max="26" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="27" max="27" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="29" max="29" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="29" max="29" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="32" max="32" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="32" max="32" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="35" max="35" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="35" max="35" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="57" max="57" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="57" max="57" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="25.851" bestFit="true" customWidth="true" style="0"/>
-    <col min="59" max="59" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="59" max="59" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="61" max="61" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="61" max="61" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="66" max="66" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="66" max="66" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="76" max="76" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="76" max="76" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="29.421" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">