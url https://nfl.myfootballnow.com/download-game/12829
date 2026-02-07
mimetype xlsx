--- v0 (2025-12-19)
+++ v1 (2026-02-07)
@@ -296,150 +296,150 @@
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 4-Leland Seeley kicks 72 yards from JAX 35 to HOU -7. Touchback.</t>
   </si>
   <si>
     <t>#21 Benjamin Nobles - RB</t>
   </si>
   <si>
     <t>#23 Lawrence Steinberger - FS</t>
   </si>
   <si>
     <t>#74 Stephen Vong - DT</t>
   </si>
   <si>
     <t>#97 Quinton Glover - MLB</t>
   </si>
   <si>
     <t>#92 Joshua Fouts - LDE</t>
   </si>
   <si>
-    <t>#99 Ira Doran - DT</t>
+    <t>#67 Ira Doran - DT</t>
   </si>
   <si>
     <t>#62 Kenneth Rommel - RDE</t>
   </si>
   <si>
     <t>#40 Frankie Beaton - FS</t>
   </si>
   <si>
     <t>#33 Cody Wagner - CB</t>
   </si>
   <si>
     <t>#59 John Kemper - DT</t>
   </si>
   <si>
     <t>#63 Edward Wilson - LDE</t>
   </si>
   <si>
     <t>#3 Leland Seeley - K</t>
   </si>
   <si>
     <t>HOU</t>
   </si>
   <si>
     <t>HOU 25</t>
   </si>
   <si>
     <t>Shotgun Normal Double Outs</t>
   </si>
   <si>
     <t>4-3 Under Crash Left</t>
   </si>
   <si>
     <t>1-10-HOU 25 (15:00) 10-Jaime Wright pass complete to 85-Ralph Womack to HOU 25 for a short gain. Tackle by 2-Timothy Coulter.</t>
   </si>
   <si>
-    <t>#1 Jaime Wright - QB</t>
+    <t>#16 Jaime Wright - QB</t>
   </si>
   <si>
     <t>#26 Thomas Brown - RB</t>
   </si>
   <si>
     <t>#84 James Le - TE</t>
   </si>
   <si>
     <t>#16 Ralph Womack - WR</t>
   </si>
   <si>
     <t>#18 Ricky Wedding - WR</t>
   </si>
   <si>
     <t>#15 Louis Neeley - WR</t>
   </si>
   <si>
     <t>#62 Eric Daniel - LT</t>
   </si>
   <si>
     <t>#60 Quinton Lightsey - LG</t>
   </si>
   <si>
-    <t>#54 Anthony Blackwell - C</t>
+    <t>#74 Anthony Blackwell - C</t>
   </si>
   <si>
     <t>#52 Gregory Rodriquez - LG</t>
   </si>
   <si>
     <t>#78 Nicholas Proto - RG</t>
   </si>
   <si>
     <t>#95 Fredrick Combest - LDE</t>
   </si>
   <si>
     <t>#97 Jorge Pruitt - DT</t>
   </si>
   <si>
     <t>#91 Ricky Harris - DT</t>
   </si>
   <si>
     <t>#77 Rocky Balboa - LDE</t>
   </si>
   <si>
     <t>#44 Robert Martinez - SLB</t>
   </si>
   <si>
     <t>#95 Jared Manning - SLB</t>
   </si>
   <si>
     <t>#90 Cyril Apel - MLB</t>
   </si>
   <si>
     <t>#2 Timothy Coulter - CB</t>
   </si>
   <si>
-    <t>#22 Frank Medina - CB</t>
+    <t>#35 Frank Medina - FS</t>
   </si>
   <si>
     <t>#47 Bruce Cordero - SS</t>
   </si>
   <si>
-    <t>#49 John Phelps - SS</t>
+    <t>#18 John Phelps - FS</t>
   </si>
   <si>
     <t>14:29</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR FB In</t>
   </si>
   <si>
     <t>Dime Normal Double WR2</t>
   </si>
   <si>
     <t>2-10-HOU 25 (14:28) 10-Jaime Wright pass complete to 21-Benjamin Nobles to HOU 33 for 8 yards. Tackle by 1-Robert Martinez. 21-Benjamin Nobles did some fancy footwork there. PENALTY - Holding (HOU 79-Anthony Blackwell)</t>
   </si>
   <si>
     <t>#93 Robert Scott - DT</t>
   </si>
   <si>
     <t>#21 Ryan McGuire - CB</t>
   </si>
   <si>
     <t>#24 Robert Boyd - CB</t>
   </si>
   <si>
     <t>14:22</t>
   </si>
@@ -695,51 +695,51 @@
   <si>
     <t>Nickel Normal Double WR1</t>
   </si>
   <si>
     <t>1-5-HOU 5 (8:08) 28-Daniel Scott ran for 5 yards. TOUCHDOWN! JAX 6 HOU 0</t>
   </si>
   <si>
     <t>8:04</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>(8:05) Extra point GOOD by 4-Leland Seeley. HOU 95-Matthew Calloway was injured on the play. He looks like he should be able to return. JAX 7 HOU 0</t>
   </si>
   <si>
     <t>#76 Arthur Jones - RT</t>
   </si>
   <si>
     <t>#68 Antoine Phillips - RT</t>
   </si>
   <si>
-    <t>#56 Joey Guzman - MLB</t>
+    <t>#99 Joey Guzman - MLB</t>
   </si>
   <si>
     <t>#59 Francis Bailey - WLB</t>
   </si>
   <si>
     <t>#92 Rolando Lawrence - MLB</t>
   </si>
   <si>
     <t>(8:05) 4-Leland Seeley kicks 75 yards from JAX 35 to HOU -10. Touchback.</t>
   </si>
   <si>
     <t>I Formation Normal HB Blast</t>
   </si>
   <si>
     <t>3-4 Normal Man Cover 1</t>
   </si>
   <si>
     <t>1-10-HOU 25 (8:05) 25-Thomas Brown ran to HOU 39 for 14 yards. Tackle by 47-Bruce Cordero.</t>
   </si>
   <si>
     <t>7:29</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR RB Curls</t>
   </si>
@@ -1511,51 +1511,51 @@
   <si>
     <t>JAX 36</t>
   </si>
   <si>
     <t>1-10-JAX 36 (1:21) 29-Vincent Cote ran to JAX 36 for a short loss. Tackle by 59-Kenneth Rowe.</t>
   </si>
   <si>
     <t>0:44</t>
   </si>
   <si>
     <t>2-10-JAX 36 (0:43) 10-Jaime Wright pass Pass knocked down by 2-Timothy Coulter. incomplete, intended for 85-Ralph Womack.</t>
   </si>
   <si>
     <t>0:39</t>
   </si>
   <si>
     <t>3-10-JAX 36 (0:40) 10-Jaime Wright pass Pass knocked down by 56-Cyril Apel. incomplete, intended for 84-James Le.</t>
   </si>
   <si>
     <t>0:37</t>
   </si>
   <si>
     <t>4-10-JAX 36 (0:38) 5-Allan Rennick 53 yard field goal is GOOD. JAX 31 HOU 3</t>
   </si>
   <si>
-    <t>#19 Justin Jackson - QB</t>
+    <t>#16 Justin Jackson - QB</t>
   </si>
   <si>
     <t>#64 Arthur Craig - RG</t>
   </si>
   <si>
     <t>#40 Willie Day Jr - FS</t>
   </si>
   <si>
     <t>0:33</t>
   </si>
   <si>
     <t>(0:34) 5-Allan Rennick kicks 71 yards from HOU 35 to JAX -6. Touchback.</t>
   </si>
   <si>
     <t>1-10-JAX 25 (0:34) 49-Aaron Wolfe ran to JAX 36 for 11 yards. 49-Aaron Wolfe FUMBLES (37-Kent Fair) recovered by HOU-24-Joseph Romero to JAX 35 for 1 yards. Tackle by 14-Marcus Riley. 23-Lawrence Steinberger missed that block completely. JAX 65-William Snowden was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>0:27</t>
   </si>
   <si>
     <t>1-10-JAX 35 (0:28) 25-Thomas Brown ran to JAX 34 for 1 yards. Tackle by 59-Kenneth Rowe.</t>
   </si>
   <si>
     <t>End of third quarter.</t>
   </si>
@@ -2125,51 +2125,51 @@
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:CD157"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="37.705" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="388.048" bestFit="true" customWidth="true" style="0"/>
-    <col min="13" max="13" width="24.708" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="30.564" bestFit="true" customWidth="true" style="0"/>