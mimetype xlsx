--- v1 (2026-02-07)
+++ v2 (2026-03-28)
@@ -335,105 +335,105 @@
   <si>
     <t>#63 Edward Wilson - LDE</t>
   </si>
   <si>
     <t>#3 Leland Seeley - K</t>
   </si>
   <si>
     <t>HOU</t>
   </si>
   <si>
     <t>HOU 25</t>
   </si>
   <si>
     <t>Shotgun Normal Double Outs</t>
   </si>
   <si>
     <t>4-3 Under Crash Left</t>
   </si>
   <si>
     <t>1-10-HOU 25 (15:00) 10-Jaime Wright pass complete to 85-Ralph Womack to HOU 25 for a short gain. Tackle by 2-Timothy Coulter.</t>
   </si>
   <si>
     <t>#16 Jaime Wright - QB</t>
   </si>
   <si>
-    <t>#26 Thomas Brown - RB</t>
+    <t>#32 Thomas Brown - RB</t>
   </si>
   <si>
     <t>#84 James Le - TE</t>
   </si>
   <si>
     <t>#16 Ralph Womack - WR</t>
   </si>
   <si>
     <t>#18 Ricky Wedding - WR</t>
   </si>
   <si>
-    <t>#15 Louis Neeley - WR</t>
+    <t>#80 Louis Neeley - WR</t>
   </si>
   <si>
     <t>#62 Eric Daniel - LT</t>
   </si>
   <si>
     <t>#60 Quinton Lightsey - LG</t>
   </si>
   <si>
     <t>#74 Anthony Blackwell - C</t>
   </si>
   <si>
     <t>#52 Gregory Rodriquez - LG</t>
   </si>
   <si>
     <t>#78 Nicholas Proto - RG</t>
   </si>
   <si>
     <t>#95 Fredrick Combest - LDE</t>
   </si>
   <si>
     <t>#97 Jorge Pruitt - DT</t>
   </si>
   <si>
     <t>#91 Ricky Harris - DT</t>
   </si>
   <si>
     <t>#77 Rocky Balboa - LDE</t>
   </si>
   <si>
     <t>#44 Robert Martinez - SLB</t>
   </si>
   <si>
     <t>#95 Jared Manning - SLB</t>
   </si>
   <si>
     <t>#90 Cyril Apel - MLB</t>
   </si>
   <si>
     <t>#2 Timothy Coulter - CB</t>
   </si>
   <si>
-    <t>#35 Frank Medina - FS</t>
+    <t>#40 Frank Medina - SS</t>
   </si>
   <si>
     <t>#47 Bruce Cordero - SS</t>
   </si>
   <si>
     <t>#18 John Phelps - FS</t>
   </si>
   <si>
     <t>14:29</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR FB In</t>
   </si>
   <si>
     <t>Dime Normal Double WR2</t>
   </si>
   <si>
     <t>2-10-HOU 25 (14:28) 10-Jaime Wright pass complete to 21-Benjamin Nobles to HOU 33 for 8 yards. Tackle by 1-Robert Martinez. 21-Benjamin Nobles did some fancy footwork there. PENALTY - Holding (HOU 79-Anthony Blackwell)</t>
   </si>
   <si>
     <t>#93 Robert Scott - DT</t>
   </si>
   <si>
     <t>#21 Ryan McGuire - CB</t>
   </si>
@@ -695,51 +695,51 @@
   <si>
     <t>Nickel Normal Double WR1</t>
   </si>
   <si>
     <t>1-5-HOU 5 (8:08) 28-Daniel Scott ran for 5 yards. TOUCHDOWN! JAX 6 HOU 0</t>
   </si>
   <si>
     <t>8:04</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>(8:05) Extra point GOOD by 4-Leland Seeley. HOU 95-Matthew Calloway was injured on the play. He looks like he should be able to return. JAX 7 HOU 0</t>
   </si>
   <si>
     <t>#76 Arthur Jones - RT</t>
   </si>
   <si>
     <t>#68 Antoine Phillips - RT</t>
   </si>
   <si>
-    <t>#99 Joey Guzman - MLB</t>
+    <t>#90 Joey Guzman - MLB</t>
   </si>
   <si>
     <t>#59 Francis Bailey - WLB</t>
   </si>
   <si>
     <t>#92 Rolando Lawrence - MLB</t>
   </si>
   <si>
     <t>(8:05) 4-Leland Seeley kicks 75 yards from JAX 35 to HOU -10. Touchback.</t>
   </si>
   <si>
     <t>I Formation Normal HB Blast</t>
   </si>
   <si>
     <t>3-4 Normal Man Cover 1</t>
   </si>
   <si>
     <t>1-10-HOU 25 (8:05) 25-Thomas Brown ran to HOU 39 for 14 yards. Tackle by 47-Bruce Cordero.</t>
   </si>
   <si>
     <t>7:29</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR RB Curls</t>
   </si>