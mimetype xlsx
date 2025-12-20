--- v0 (2025-10-25)
+++ v1 (2025-12-20)
@@ -290,147 +290,147 @@
   <si>
     <t>MIN</t>
   </si>
   <si>
     <t>MIN 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 6-Leroy Carolan kicks 74 yards from MIN 35 to DET -9. Touchback.</t>
   </si>
   <si>
     <t>#38 Edward Reed - RB</t>
   </si>
   <si>
     <t>#86 Thomas Cangelosi - WR</t>
   </si>
   <si>
     <t>#69 Jason Houser - C</t>
   </si>
   <si>
-    <t>#83 Donald Delacruz - TE</t>
+    <t>#89 Donald Delacruz - TE</t>
   </si>
   <si>
     <t>#61 Owen Simon - C</t>
   </si>
   <si>
     <t>#61 Aaron Clark - LG</t>
   </si>
   <si>
     <t>#61 Vincent Dorsey - C</t>
   </si>
   <si>
     <t>#26 Leonardo Day - RB</t>
   </si>
   <si>
     <t>#36 Ronald Neilsen - FB</t>
   </si>
   <si>
     <t>#84 Howard Andrews - WR</t>
   </si>
   <si>
     <t>#78 Adam Joseph - RT</t>
   </si>
   <si>
     <t>#6 Leroy Carolan - K</t>
   </si>
   <si>
     <t>DET</t>
   </si>
   <si>
     <t>DET 25</t>
   </si>
   <si>
     <t>Strong I Normal WR Post TE Out</t>
   </si>
   <si>
     <t>3-4 Normal Man Cover 1</t>
   </si>
   <si>
     <t>1-10-DET 25 (15:00) 2-Steven Gorman pass complete to 82-Miguel Yamamoto to DET 25 for a short gain. Tackle by 73-Claude Gross.</t>
   </si>
   <si>
-    <t>#2 Steven Gorman - QB</t>
+    <t>#16 Steven Gorman - QB</t>
   </si>
   <si>
     <t>#34 Eugene Deleon - RB</t>
   </si>
   <si>
     <t>#85 Miguel Yamamoto - WR</t>
   </si>
   <si>
     <t>#84 Harold Lusher - WR</t>
   </si>
   <si>
     <t>#74 Jason Kleinman - RG</t>
   </si>
   <si>
     <t>#76 Harold McDonald - RT</t>
   </si>
   <si>
     <t>#63 Lester Stephens - LT</t>
   </si>
   <si>
     <t>#65 Jesse Prout - LG</t>
   </si>
   <si>
     <t>#77 Patrick Randall - LDE</t>
   </si>
   <si>
     <t>#54 Jeremy Knight - RDE</t>
   </si>
   <si>
-    <t>#51 Reginald Salas - LDE</t>
+    <t>#51 Reginald Salas - DT</t>
   </si>
   <si>
     <t>#46 Mark Moore - SLB</t>
   </si>
   <si>
     <t>#93 Donald Stovall - RDE</t>
   </si>
   <si>
     <t>#28 Claude Gross - CB</t>
   </si>
   <si>
-    <t>#52 Peter Campbell - SLB</t>
+    <t>#52 Peter Campbell - WLB</t>
   </si>
   <si>
     <t>#27 Robert Howland - SS</t>
   </si>
   <si>
     <t>#39 Clinton Hodge - CB</t>
   </si>
   <si>
     <t>#42 James Diaz - SS</t>
   </si>
   <si>
-    <t>#41 Fernando Asay - FS</t>
+    <t>#20 Fernando Asay - CB</t>
   </si>
   <si>
     <t>14:26</t>
   </si>
   <si>
     <t>I Formation Normal PA Outside Curls</t>
   </si>
   <si>
     <t>3-4 Normal OLBs Blitz</t>
   </si>
   <si>
     <t>2-10-DET 25 (14:25) 2-Steven Gorman pass complete to 86-Harold Lusher to DET 30 for 4 yards. Tackle by 39-Clinton Hodge.</t>
   </si>
   <si>
     <t>13:45</t>
   </si>
   <si>
     <t>DET 30</t>
   </si>
   <si>
     <t>Weak I Normal HB Inside Weak</t>
   </si>
   <si>
     <t>4-3 Under Double LB Blitz</t>
   </si>
@@ -440,138 +440,138 @@
   <si>
     <t>#79 James Church - DT</t>
   </si>
   <si>
     <t>13:11</t>
   </si>
   <si>
     <t>DET 29</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-6-DET 29 (13:10) 5-Christopher Boyd punts 48 yards to MIN 23. Fair Catch by 88-Edmond Price.</t>
   </si>
   <si>
     <t>#5 Christopher Boyd - P</t>
   </si>
   <si>
     <t>#89 Edmond Price - WR</t>
   </si>
   <si>
-    <t>#13 Jason Fletcher - WR</t>
+    <t>#88 Jason Fletcher - TE</t>
   </si>
   <si>
     <t>#71 Jimmy Carley - RT</t>
   </si>
   <si>
     <t>#45 Kevin Garcia - FB</t>
   </si>
   <si>
     <t>#81 Philip McDonald - TE</t>
   </si>
   <si>
-    <t>#45 Ralph Davis - RB</t>
+    <t>#45 Ralph Davis - FB</t>
   </si>
   <si>
     <t>#65 Robby Schaeffer - C</t>
   </si>
   <si>
     <t>#78 Robert Karcher - DT</t>
   </si>
   <si>
     <t>#50 Thomas Jimenez - DT</t>
   </si>
   <si>
     <t>13:02</t>
   </si>
   <si>
     <t>MIN 23</t>
   </si>
   <si>
     <t>I Formation Power HB Strong Outside</t>
   </si>
   <si>
     <t>1-10-MIN 23 (13:03) 31-Jason Barton ran to MIN 24 for 2 yards. Tackle by 75-Steven Williams.</t>
   </si>
   <si>
     <t>#3 Douglas Millikan - QB</t>
   </si>
   <si>
     <t>#31 Jason Barton - RB</t>
   </si>
   <si>
     <t>#25 Brandon Rubio - FB</t>
   </si>
   <si>
     <t>#48 Wilbert Doby - FB</t>
   </si>
   <si>
     <t>#88 Michael Alonzo - TE</t>
   </si>
   <si>
     <t>#83 Daniel Bell - WR</t>
   </si>
   <si>
     <t>#70 Michael Miller - RT</t>
   </si>
   <si>
-    <t>#74 Chris Tolbert - RT</t>
+    <t>#69 Chris Tolbert - RT</t>
   </si>
   <si>
     <t>#55 David Collier - RG</t>
   </si>
   <si>
-    <t>#68 Daniel Stapp - LT</t>
+    <t>#74 Daniel Stapp - RT</t>
   </si>
   <si>
     <t>#92 Daniel Wilson - LDE</t>
   </si>
   <si>
     <t>#99 Douglas Woodall - DT</t>
   </si>
   <si>
     <t>#91 Richard Gilmer - DT</t>
   </si>
   <si>
     <t>#54 Steven Williams - WLB</t>
   </si>
   <si>
     <t>#54 Larry Stroh - WLB</t>
   </si>
   <si>
-    <t>#59 David Regalado - MLB</t>
+    <t>#54 David Regalado - MLB</t>
   </si>
   <si>
     <t>#51 Micheal Kelly - SLB</t>
   </si>
   <si>
-    <t>#22 Robert Rayburn - CB</t>
+    <t>#50 Robert Rayburn - SLB</t>
   </si>
   <si>
     <t>#35 Kenneth Eubanks - WLB</t>
   </si>
   <si>
     <t>#26 Jeffrey Schuler - FS</t>
   </si>
   <si>
     <t>#52 Dennis Shaw - WLB</t>
   </si>
   <si>
     <t>12:21</t>
   </si>
   <si>
     <t>MIN 24</t>
   </si>
   <si>
     <t>Singleback Normal HB Inside Weak</t>
   </si>
   <si>
     <t>4-3 Under Double Safety Blitz</t>
   </si>
   <si>
     <t>2-8-MIN 24 (12:20) 31-Jason Barton ran to MIN 24 for a short loss. Tackle by 44-Dennis Shaw.</t>
   </si>
@@ -593,51 +593,51 @@
   <si>
     <t>DET 15</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>(11:30) Extra point GOOD by 6-Leroy Carolan. MIN 7 DET 0</t>
   </si>
   <si>
     <t>#16 Mark Criddle - WR</t>
   </si>
   <si>
     <t>#1 David Pohlman - LT</t>
   </si>
   <si>
     <t>#75 Jeffrey Austin - RT</t>
   </si>
   <si>
     <t>#22 James Yamasaki - RB</t>
   </si>
   <si>
-    <t>#56 Norman Massey - SLB</t>
+    <t>#56 Norman Massey - WLB</t>
   </si>
   <si>
     <t>#57 Manuel Gilman - SLB</t>
   </si>
   <si>
     <t>#95 Arthur Weeks - RDE</t>
   </si>
   <si>
     <t>#92 Michael Narvaez - DT</t>
   </si>
   <si>
     <t>(11:30) 6-Leroy Carolan kicks 64 yards from MIN 35 to DET 1. 38-Edward Reed to DET 32 for 32 yards. Tackle by 71-David Fowler. DET 38-Edward Reed was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>11:23</t>
   </si>
   <si>
     <t>DET 32</t>
   </si>
   <si>
     <t>Strong I Normal Quick Hooks</t>
   </si>
   <si>
     <t>3-4 Normal Double Blitz</t>
   </si>
@@ -2266,51 +2266,51 @@
     <col min="15" max="15" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="40" max="40" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="40" max="40" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="28.136" bestFit="true" customWidth="true" style="0"/>