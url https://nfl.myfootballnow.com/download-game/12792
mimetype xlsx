--- v1 (2025-12-20)
+++ v2 (2026-02-08)
@@ -290,114 +290,114 @@
   <si>
     <t>MIN</t>
   </si>
   <si>
     <t>MIN 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 6-Leroy Carolan kicks 74 yards from MIN 35 to DET -9. Touchback.</t>
   </si>
   <si>
     <t>#38 Edward Reed - RB</t>
   </si>
   <si>
     <t>#86 Thomas Cangelosi - WR</t>
   </si>
   <si>
     <t>#69 Jason Houser - C</t>
   </si>
   <si>
-    <t>#89 Donald Delacruz - TE</t>
+    <t>#87 Donald Delacruz - LT</t>
   </si>
   <si>
     <t>#61 Owen Simon - C</t>
   </si>
   <si>
     <t>#61 Aaron Clark - LG</t>
   </si>
   <si>
-    <t>#61 Vincent Dorsey - C</t>
+    <t>#61 Vincent Dorsey - LT</t>
   </si>
   <si>
     <t>#26 Leonardo Day - RB</t>
   </si>
   <si>
     <t>#36 Ronald Neilsen - FB</t>
   </si>
   <si>
     <t>#84 Howard Andrews - WR</t>
   </si>
   <si>
     <t>#78 Adam Joseph - RT</t>
   </si>
   <si>
     <t>#6 Leroy Carolan - K</t>
   </si>
   <si>
     <t>DET</t>
   </si>
   <si>
     <t>DET 25</t>
   </si>
   <si>
     <t>Strong I Normal WR Post TE Out</t>
   </si>
   <si>
     <t>3-4 Normal Man Cover 1</t>
   </si>
   <si>
     <t>1-10-DET 25 (15:00) 2-Steven Gorman pass complete to 82-Miguel Yamamoto to DET 25 for a short gain. Tackle by 73-Claude Gross.</t>
   </si>
   <si>
     <t>#16 Steven Gorman - QB</t>
   </si>
   <si>
-    <t>#34 Eugene Deleon - RB</t>
+    <t>#28 Eugene Deleon - RB</t>
   </si>
   <si>
     <t>#85 Miguel Yamamoto - WR</t>
   </si>
   <si>
     <t>#84 Harold Lusher - WR</t>
   </si>
   <si>
     <t>#74 Jason Kleinman - RG</t>
   </si>
   <si>
-    <t>#76 Harold McDonald - RT</t>
+    <t>#52 Harold McDonald - RT</t>
   </si>
   <si>
     <t>#63 Lester Stephens - LT</t>
   </si>
   <si>
-    <t>#65 Jesse Prout - LG</t>
+    <t>#56 Jesse Prout - LG</t>
   </si>
   <si>
     <t>#77 Patrick Randall - LDE</t>
   </si>
   <si>
     <t>#54 Jeremy Knight - RDE</t>
   </si>
   <si>
     <t>#51 Reginald Salas - DT</t>
   </si>
   <si>
     <t>#46 Mark Moore - SLB</t>
   </si>
   <si>
     <t>#93 Donald Stovall - RDE</t>
   </si>
   <si>
     <t>#28 Claude Gross - CB</t>
   </si>
   <si>
     <t>#52 Peter Campbell - WLB</t>
   </si>
   <si>
     <t>#27 Robert Howland - SS</t>
   </si>
@@ -497,90 +497,90 @@
   <si>
     <t>1-10-MIN 23 (13:03) 31-Jason Barton ran to MIN 24 for 2 yards. Tackle by 75-Steven Williams.</t>
   </si>
   <si>
     <t>#3 Douglas Millikan - QB</t>
   </si>
   <si>
     <t>#31 Jason Barton - RB</t>
   </si>
   <si>
     <t>#25 Brandon Rubio - FB</t>
   </si>
   <si>
     <t>#48 Wilbert Doby - FB</t>
   </si>
   <si>
     <t>#88 Michael Alonzo - TE</t>
   </si>
   <si>
     <t>#83 Daniel Bell - WR</t>
   </si>
   <si>
     <t>#70 Michael Miller - RT</t>
   </si>
   <si>
-    <t>#69 Chris Tolbert - RT</t>
+    <t>#64 Chris Tolbert - RT</t>
   </si>
   <si>
     <t>#55 David Collier - RG</t>
   </si>
   <si>
     <t>#74 Daniel Stapp - RT</t>
   </si>
   <si>
-    <t>#92 Daniel Wilson - LDE</t>
-[...2 lines deleted...]
-    <t>#99 Douglas Woodall - DT</t>
+    <t>#93 Daniel Wilson - RDE</t>
+  </si>
+  <si>
+    <t>#67 Douglas Woodall - DT</t>
   </si>
   <si>
     <t>#91 Richard Gilmer - DT</t>
   </si>
   <si>
     <t>#54 Steven Williams - WLB</t>
   </si>
   <si>
     <t>#54 Larry Stroh - WLB</t>
   </si>
   <si>
     <t>#54 David Regalado - MLB</t>
   </si>
   <si>
     <t>#51 Micheal Kelly - SLB</t>
   </si>
   <si>
-    <t>#50 Robert Rayburn - SLB</t>
+    <t>#92 Robert Rayburn - SLB</t>
   </si>
   <si>
     <t>#35 Kenneth Eubanks - WLB</t>
   </si>
   <si>
     <t>#26 Jeffrey Schuler - FS</t>
   </si>
   <si>
-    <t>#52 Dennis Shaw - WLB</t>
+    <t>#52 Dennis Shaw - SLB</t>
   </si>
   <si>
     <t>12:21</t>
   </si>
   <si>
     <t>MIN 24</t>
   </si>
   <si>
     <t>Singleback Normal HB Inside Weak</t>
   </si>
   <si>
     <t>4-3 Under Double Safety Blitz</t>
   </si>
   <si>
     <t>2-8-MIN 24 (12:20) 31-Jason Barton ran to MIN 24 for a short loss. Tackle by 44-Dennis Shaw.</t>
   </si>
   <si>
     <t>#33 Hector Danos - WR</t>
   </si>
   <si>
     <t>11:44</t>
   </si>
   <si>
     <t>I Formation 3WR Slot Short WR Deep</t>
   </si>
@@ -770,51 +770,51 @@
   <si>
     <t>4-8-DET 27 (7:37) 5-Christopher Boyd punts 49 yards to MIN 23. Fair Catch by 88-Edmond Price.</t>
   </si>
   <si>
     <t>7:29</t>
   </si>
   <si>
     <t>Singleback Big WR Deep</t>
   </si>
   <si>
     <t>1-10-MIN 23 (7:30) 3-Douglas Millikan pass complete to 85-Michael Alonzo to DET 23 for 54 yards. Tackle by 51-Micheal Kelly.</t>
   </si>
   <si>
     <t>6:47</t>
   </si>
   <si>
     <t>DET 23</t>
   </si>
   <si>
     <t>Shotgun Normal TE Out</t>
   </si>
   <si>
     <t>1-10-DET 23 (6:46) 3-Douglas Millikan pass Pass knocked down by 47-Jeff Kennedy. incomplete, intended for 12-Kevin Garcia.</t>
   </si>
   <si>
-    <t>#23 Jeff Kennedy - CB</t>
+    <t>#23 Jeff Kennedy - SS</t>
   </si>
   <si>
     <t>6:42</t>
   </si>
   <si>
     <t>I Formation 3WR HB Inside Weak</t>
   </si>
   <si>
     <t>2-10-DET 23 (6:43) 84-James Yamasaki ran to DET 23 for a short loss. Tackle by 44-Dennis Shaw. DET 51-Micheal Kelly was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>6:10</t>
   </si>
   <si>
     <t>I Formation Power PA Flats</t>
   </si>
   <si>
     <t>3-10-DET 23 (6:09) 3-Douglas Millikan pass complete to 81-Philip McDonald to DET 23 for 1 yards. Tackle by 59-David Regalado. 81-Philip McDonald did some fancy footwork there.</t>
   </si>
   <si>
     <t>5:24</t>
   </si>
   <si>
     <t>4-10-DET 23 (5:23) 6-Leroy Carolan 41 yard field goal is GOOD. MIN 13 DET 0</t>
   </si>
@@ -854,54 +854,54 @@
   <si>
     <t>2-10-DET 42 (4:40) 34-Eugene Deleon ran to MIN 46 for 12 yards. Tackle by 28-James Diaz.</t>
   </si>
   <si>
     <t>4:05</t>
   </si>
   <si>
     <t>MIN 46</t>
   </si>
   <si>
     <t>Split Backs Normal Posts</t>
   </si>
   <si>
     <t>1-10-MIN 46 (4:04) 2-Steven Gorman pass incomplete, dropped by 25-Aaron Clark. Pressure by 79-James Church.</t>
   </si>
   <si>
     <t>3:59</t>
   </si>
   <si>
     <t>Split Backs Normal Overload Strong</t>
   </si>
   <si>
     <t>2-10-MIN 46 (4:00) 2-Steven Gorman pass incomplete, dropped by 82-Miguel Yamamoto. 34-Richard Bauer got away with a hold on that play.</t>
   </si>
   <si>
-    <t>#57 Dennis Pirkle - CB</t>
-[...2 lines deleted...]
-    <t>#97 Frank Scott - CB</t>
+    <t>#26 Dennis Pirkle - CB</t>
+  </si>
+  <si>
+    <t>#97 Frank Scott - LDE</t>
   </si>
   <si>
     <t>3:56</t>
   </si>
   <si>
     <t>Singleback Big Ins and Outs</t>
   </si>
   <si>
     <t>3-10-MIN 46 (3:57) 2-Steven Gorman pass complete to 16-Kenneth Smith to MIN 39 for 7 yards. Tackle by 39-Clinton Hodge. PENALTY - Defensive Holding (MIN 96-Paul Brown)</t>
   </si>
   <si>
     <t>3:52</t>
   </si>
   <si>
     <t>MIN 41</t>
   </si>
   <si>
     <t>1-10-MIN 41 (3:53) 2-Steven Gorman pass Pass knocked down by 39-Clinton Hodge. incomplete, intended for 25-Aaron Clark. DET 35-Ronald Neilsen was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>3:49</t>
   </si>
   <si>
     <t>2-10-MIN 41 (3:50) 34-Eugene Deleon ran to MIN 39 for 2 yards. Tackle by 99-Donald Stovall.</t>
   </si>
@@ -1865,51 +1865,51 @@
   <si>
     <t>3-10-MIN 12 (0:33) 2-Steven Gorman pass complete to 82-Miguel Yamamoto to MIN 10 for 2 yards. Tackle by 46-Mark Moore. Nice job by 82-Miguel Yamamoto on that route to lose his coverage.</t>
   </si>
   <si>
     <t>0:08</t>
   </si>
   <si>
     <t>4-8-MIN 10 (0:07) 2-Steven Gorman sacked at MIN 17 for -7 yards (77-Patrick Randall). Sack allowed by 61-Lester Stephens. Turnover on downs.</t>
   </si>
   <si>
     <t>0:03</t>
   </si>
   <si>
     <t>MIN 17</t>
   </si>
   <si>
     <t>Victory</t>
   </si>
   <si>
     <t>Quarter Normal CB3 CB5 Blitz</t>
   </si>
   <si>
     <t>1-10-MIN 17 (0:04) 3-Douglas Millikan kneeled down to MIN 17 for -0 yards.</t>
   </si>
   <si>
-    <t>#29 Gary Sandlin - CB</t>
+    <t>#41 Gary Sandlin - CB</t>
   </si>
   <si>
     <t>#41 Theodore Quinones - CB</t>
   </si>
   <si>
     <t>End of fourth quarter.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">