--- v2 (2026-02-08)
+++ v3 (2026-03-28)
@@ -512,60 +512,60 @@
   <si>
     <t>#88 Michael Alonzo - TE</t>
   </si>
   <si>
     <t>#83 Daniel Bell - WR</t>
   </si>
   <si>
     <t>#70 Michael Miller - RT</t>
   </si>
   <si>
     <t>#64 Chris Tolbert - RT</t>
   </si>
   <si>
     <t>#55 David Collier - RG</t>
   </si>
   <si>
     <t>#74 Daniel Stapp - RT</t>
   </si>
   <si>
     <t>#93 Daniel Wilson - RDE</t>
   </si>
   <si>
     <t>#67 Douglas Woodall - DT</t>
   </si>
   <si>
-    <t>#91 Richard Gilmer - DT</t>
+    <t>#94 Richard Gilmer - DT</t>
   </si>
   <si>
     <t>#54 Steven Williams - WLB</t>
   </si>
   <si>
     <t>#54 Larry Stroh - WLB</t>
   </si>
   <si>
-    <t>#54 David Regalado - MLB</t>
+    <t>#92 David Regalado - WLB</t>
   </si>
   <si>
     <t>#51 Micheal Kelly - SLB</t>
   </si>
   <si>
     <t>#92 Robert Rayburn - SLB</t>
   </si>
   <si>
     <t>#35 Kenneth Eubanks - WLB</t>
   </si>
   <si>
     <t>#26 Jeffrey Schuler - FS</t>
   </si>
   <si>
     <t>#52 Dennis Shaw - SLB</t>
   </si>
   <si>
     <t>12:21</t>
   </si>
   <si>
     <t>MIN 24</t>
   </si>
   <si>
     <t>Singleback Normal HB Inside Weak</t>
   </si>