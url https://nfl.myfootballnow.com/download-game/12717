--- v0 (2025-10-17)
+++ v1 (2026-01-15)
@@ -311,258 +311,258 @@
   <si>
     <t>#21 Angel Hall - FS</t>
   </si>
   <si>
     <t>#48 James Mayle - SS</t>
   </si>
   <si>
     <t>#55 Shawn Martinez - WLB</t>
   </si>
   <si>
     <t>#26 Ronald Mathis - CB</t>
   </si>
   <si>
     <t>#53 Victor Short - SLB</t>
   </si>
   <si>
     <t>#74 Daniel Plourde - DT</t>
   </si>
   <si>
     <t>#65 Simon Myers - DT</t>
   </si>
   <si>
     <t>#64 Frederick Carmona - RDE</t>
   </si>
   <si>
-    <t>#93 Paul Hays - MLB</t>
+    <t>#53 Paul Hays - MLB</t>
   </si>
   <si>
     <t>#6 Richard Evans - K</t>
   </si>
   <si>
     <t>ARZ</t>
   </si>
   <si>
     <t>14:56</t>
   </si>
   <si>
     <t>ARZ 22</t>
   </si>
   <si>
     <t>Singleback Big Waggle Post</t>
   </si>
   <si>
     <t>4-3 Normal WLB MLB Blitz</t>
   </si>
   <si>
     <t>1-10-ARZ 22 (14:57) 13-Jordan Lahey sacked at ARZ 15 for -8 yards (95-Aaron Loranger). Sack allowed by 50-Joseph Goodman.</t>
   </si>
   <si>
     <t>#13 Jordan Lahey - QB</t>
   </si>
   <si>
     <t>#84 Allen Butler - WR</t>
   </si>
   <si>
     <t>#81 Matthew Lacey - TE</t>
   </si>
   <si>
     <t>#87 Herbert Kemp - TE</t>
   </si>
   <si>
-    <t>#88 Bryan Tucker - WR</t>
+    <t>#87 Bryan Tucker - WR</t>
   </si>
   <si>
     <t>#18 John Miller - WR</t>
   </si>
   <si>
     <t>#68 Joseph Goodman - LT</t>
   </si>
   <si>
     <t>#70 Earl Lockett - LG</t>
   </si>
   <si>
     <t>#71 Steven Ligon - C</t>
   </si>
   <si>
-    <t>#61 Denver Cameron - LT</t>
+    <t>#59 Denver Cameron - RT</t>
   </si>
   <si>
     <t>#75 John Grayson - RT</t>
   </si>
   <si>
     <t>#94 Carl Adkins - DT</t>
   </si>
   <si>
     <t>#58 Edward Cable - LDE</t>
   </si>
   <si>
     <t>#98 Keith Sanders - DT</t>
   </si>
   <si>
     <t>#96 Aaron Loranger - RDE</t>
   </si>
   <si>
     <t>#43 Hector Evans - CB</t>
   </si>
   <si>
-    <t>#38 Stephen Dozier - SS</t>
-[...2 lines deleted...]
-    <t>#52 David Rueda - RDE</t>
+    <t>#38 Stephen Dozier - FS</t>
+  </si>
+  <si>
+    <t>#70 David Rueda - LDE</t>
   </si>
   <si>
     <t>#47 Ronald Brown - CB</t>
   </si>
   <si>
     <t>#54 Ron Tash - MLB</t>
   </si>
   <si>
     <t>#48 Richard Clark - SS</t>
   </si>
   <si>
     <t>#40 Bruce Silva - FS</t>
   </si>
   <si>
     <t>14:22</t>
   </si>
   <si>
     <t>ARZ 15</t>
   </si>
   <si>
     <t>Shotgun 5 Wide Parallel Slants</t>
   </si>
   <si>
     <t>4-3 Normal Man Under 1</t>
   </si>
   <si>
     <t>2-18-ARZ 15 (14:21) 13-Jordan Lahey pass complete to 88-Frank Potter to ARZ 20 for 5 yards. Tackle by 55-David Rueda.</t>
   </si>
   <si>
     <t>#88 Marc Walker - TE</t>
   </si>
   <si>
     <t>#86 Calvin Reilly - RB</t>
   </si>
   <si>
     <t>#88 Frank Potter - WR</t>
   </si>
   <si>
     <t>#79 Anthony Smith - RDE</t>
   </si>
   <si>
-    <t>#92 Esteban Oliver - DT</t>
-[...2 lines deleted...]
-    <t>#41 Charles Randle - FS</t>
+    <t>#92 Esteban Oliver - LDE</t>
+  </si>
+  <si>
+    <t>#41 Charles Randle - SS</t>
   </si>
   <si>
     <t>13:45</t>
   </si>
   <si>
     <t>ARZ 20</t>
   </si>
   <si>
     <t>I Formation 3WR Slot Corner Long</t>
   </si>
   <si>
     <t>3-13-ARZ 20 (13:44) 13-Jordan Lahey pass complete to 10-Bryan Tucker to ARZ 29 for 9 yards. Tackle by 55-David Rueda.</t>
   </si>
   <si>
     <t>#42 David Foster - RB</t>
   </si>
   <si>
     <t>13:01</t>
   </si>
   <si>
     <t>ARZ 29</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-4-ARZ 29 (13:00) 1-Lewis Newton punts 50 yards to IND 22. Fair Catch by 16-Antone Fowler.</t>
   </si>
   <si>
     <t>#5 Lewis Newton - P</t>
   </si>
   <si>
     <t>#81 Antone Fowler - TE</t>
   </si>
   <si>
     <t>#27 Samuel Evans - CB</t>
   </si>
   <si>
     <t>#22 Brad Donahue - CB</t>
   </si>
   <si>
-    <t>#72 Toby Carpenter - LG</t>
+    <t>#72 Toby Carpenter - LT</t>
   </si>
   <si>
     <t>#68 Arthur Hull - LG</t>
   </si>
   <si>
     <t>12:53</t>
   </si>
   <si>
     <t>IND 22</t>
   </si>
   <si>
     <t>Shotgun Normal HB Flare</t>
   </si>
   <si>
     <t>Nickel Normal Man Cover 2</t>
   </si>
   <si>
     <t>1-10-IND 22 (12:54) 4-Wayne Edwards pass complete to 88-Tom Oliver to IND 31 for 9 yards. Tackle by 93-Paul Hays. Nice job by 88-Tom Oliver on that route to lose his coverage.</t>
   </si>
   <si>
     <t>#10 Wayne Edwards - QB</t>
   </si>
   <si>
     <t>#30 Dennis Marsh - WR</t>
   </si>
   <si>
     <t>#81 Tom Oliver - TE</t>
   </si>
   <si>
     <t>#82 Greg Barrow - WR</t>
   </si>
   <si>
     <t>#13 Jay Harvey - WR</t>
   </si>
   <si>
     <t>#66 Stephen Lacourse - LT</t>
   </si>
   <si>
-    <t>#71 Abraham Hadfield - LG</t>
-[...2 lines deleted...]
-    <t>#50 Daryl Graham - C</t>
+    <t>#55 Abraham Hadfield - LG</t>
+  </si>
+  <si>
+    <t>#69 Daryl Graham - C</t>
   </si>
   <si>
     <t>#75 Andrew Ketron - LT</t>
   </si>
   <si>
     <t>#74 Tim Granger - LG</t>
   </si>
   <si>
     <t>#61 Robert Zick - RDE</t>
   </si>
   <si>
     <t>#51 Steven Simpson - WLB</t>
   </si>
   <si>
     <t>#44 Michael Thompson - CB</t>
   </si>
   <si>
     <t>#32 Johnnie Crawford - CB</t>
   </si>
   <si>
     <t>#34 Scott Thomas - CB</t>
   </si>
   <si>
     <t>12:15</t>
   </si>
@@ -1289,102 +1289,102 @@
   <si>
     <t>1-10-IND 45 (13:33) 24-Donald Houston ran to IND 45 for 1 yards. Tackle by 65-Simon Myers.</t>
   </si>
   <si>
     <t>#97 Steve Woods - MLB</t>
   </si>
   <si>
     <t>12:58</t>
   </si>
   <si>
     <t>Singleback Normal TE Quick Out</t>
   </si>
   <si>
     <t>2-9-IND 45 (12:57) 4-Wayne Edwards pass complete to 16-Antone Fowler to ARZ 14 for 41 yards. Tackle by 21-Angel Hall. 16-Antone Fowler made a great move on the CB.</t>
   </si>
   <si>
     <t>12:13</t>
   </si>
   <si>
     <t>ARZ 14</t>
   </si>
   <si>
     <t>1-10-ARZ 14 (12:12) 4-Wayne Edwards pass complete to 30-Dennis Marsh to ARZ 0 for 13 yards. Tackle by 37-Edward Townsend.</t>
   </si>
   <si>
-    <t>#83 William Webster - WR</t>
+    <t>#19 William Webster - WR</t>
   </si>
   <si>
     <t>#89 Jack Wood - WR</t>
   </si>
   <si>
     <t>#11 Ken Hayden - WR</t>
   </si>
   <si>
     <t>11:32</t>
   </si>
   <si>
     <t>ARZ 0</t>
   </si>
   <si>
     <t>1-1-ARZ 0 (11:31) PENALTY - False Start (IND 15-William Webster)</t>
   </si>
   <si>
-    <t>#34 Don Carter - RB</t>
+    <t>#45 Don Carter - RB</t>
   </si>
   <si>
     <t>#97 Terrell Berge - WLB</t>
   </si>
   <si>
     <t>11:30</t>
   </si>
   <si>
     <t>ARZ 5</t>
   </si>
   <si>
     <t>1-5-ARZ 5 (11:31) 4-Wayne Edwards pass complete to 14-Greg Barrow for 5 yards. TOUCHDOWN! ARZ 6 IND 13</t>
   </si>
   <si>
     <t>11:28</t>
   </si>
   <si>
     <t>(11:29) Extra point GOOD by 6-Richard Evans. ARZ 74-Daniel Plourde was injured on the play. He looks like he should be able to return. ARZ 6 IND 14</t>
   </si>
   <si>
     <t>#60 Mark Macias - LDE</t>
   </si>
   <si>
     <t>(11:29) 6-Richard Evans kicks 63 yards from IND 35 to ARZ 2. 85-Raymond Camacho to ARZ 24 for 22 yards. Tackle by 41-Charles Randle.</t>
   </si>
   <si>
     <t>1-10-ARZ 24 (11:25) 42-David Foster ran to ARZ 23 for a short loss. Tackle by 53-Stephen Dozier.</t>
   </si>
   <si>
     <t>#6 William Dickenson - QB</t>
   </si>
   <si>
-    <t>#77 Willie Vogl - LT</t>
+    <t>#77 Willie Vogl - LG</t>
   </si>
   <si>
     <t>#70 David Robles - C</t>
   </si>
   <si>
     <t>#52 David Baker - RT</t>
   </si>
   <si>
     <t>10:52</t>
   </si>
   <si>
     <t>ARZ 23</t>
   </si>
   <si>
     <t>2-10-ARZ 23 (10:51) 42-David Foster ran to ARZ 22 for -1 yards. Tackle by 55-David Rueda.</t>
   </si>
   <si>
     <t>10:09</t>
   </si>
   <si>
     <t>3-11-ARZ 22 (10:08) 6-William Dickenson pass incomplete, intended for 42-David Foster. He kind of lost control of that pass.</t>
   </si>
   <si>
     <t>10:03</t>
   </si>
@@ -2378,78 +2378,78 @@
     <col min="28" max="28" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="53" max="53" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="53" max="53" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="32.992" bestFit="true" customWidth="true" style="0"/>
-    <col min="61" max="61" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="61" max="61" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="80" max="80" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="80" max="80" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="32.992" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>