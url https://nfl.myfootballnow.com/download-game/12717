--- v1 (2026-01-15)
+++ v2 (2026-03-17)
@@ -425,51 +425,51 @@
   <si>
     <t>14:22</t>
   </si>
   <si>
     <t>ARZ 15</t>
   </si>
   <si>
     <t>Shotgun 5 Wide Parallel Slants</t>
   </si>
   <si>
     <t>4-3 Normal Man Under 1</t>
   </si>
   <si>
     <t>2-18-ARZ 15 (14:21) 13-Jordan Lahey pass complete to 88-Frank Potter to ARZ 20 for 5 yards. Tackle by 55-David Rueda.</t>
   </si>
   <si>
     <t>#88 Marc Walker - TE</t>
   </si>
   <si>
     <t>#86 Calvin Reilly - RB</t>
   </si>
   <si>
     <t>#88 Frank Potter - WR</t>
   </si>
   <si>
-    <t>#79 Anthony Smith - RDE</t>
+    <t>#73 Anthony Smith - DT</t>
   </si>
   <si>
     <t>#92 Esteban Oliver - LDE</t>
   </si>
   <si>
     <t>#41 Charles Randle - SS</t>
   </si>
   <si>
     <t>13:45</t>
   </si>
   <si>
     <t>ARZ 20</t>
   </si>
   <si>
     <t>I Formation 3WR Slot Corner Long</t>
   </si>
   <si>
     <t>3-13-ARZ 20 (13:44) 13-Jordan Lahey pass complete to 10-Bryan Tucker to ARZ 29 for 9 yards. Tackle by 55-David Rueda.</t>
   </si>
   <si>
     <t>#42 David Foster - RB</t>
   </si>
   <si>
     <t>13:01</t>
   </si>
@@ -863,51 +863,51 @@
   <si>
     <t>2:20</t>
   </si>
   <si>
     <t>IND 21</t>
   </si>
   <si>
     <t>2-8-IND 21 (2:19) 42-David Foster ran to IND 13 for 8 yards. Tackle by 56-Hector Evans.</t>
   </si>
   <si>
     <t>1:44</t>
   </si>
   <si>
     <t>IND 13</t>
   </si>
   <si>
     <t>3-1-IND 13 (1:43) 13-Jordan Lahey pass incomplete, dropped by 49-Allen Butler.</t>
   </si>
   <si>
     <t>1:39</t>
   </si>
   <si>
     <t>4-1-IND 13 (1:40) 16-David Matthews 31 yard field goal is GOOD. ARZ 6 IND 0</t>
   </si>
   <si>
-    <t>#82 Earl Boone - TE</t>
+    <t>#87 Earl Boone - TE</t>
   </si>
   <si>
     <t>1:37</t>
   </si>
   <si>
     <t>(1:38) 16-David Matthews kicks 71 yards from ARZ 35 to IND -6. 88-Tom Oliver to IND 18 for 25 yards. Tackle by 48-James Mayle.</t>
   </si>
   <si>
     <t>1:32</t>
   </si>
   <si>
     <t>IND 18</t>
   </si>
   <si>
     <t>Singleback Normal HB Inside Weak</t>
   </si>
   <si>
     <t>1-10-IND 18 (1:33) 30-Dennis Marsh ran to IND 30 for 12 yards. Tackle by 37-Edward Townsend. IND 30-Dennis Marsh was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#89 Brandon Byrd - TE</t>
   </si>
   <si>
     <t>#94 Derek Rossetti - LDE</t>
   </si>
@@ -1604,51 +1604,51 @@
   <si>
     <t>13:35</t>
   </si>
   <si>
     <t>2-10-ARZ 25 (13:36) 6-William Dickenson pass incomplete, dropped by 41-Donald Perkins.</t>
   </si>
   <si>
     <t>13:32</t>
   </si>
   <si>
     <t>3-10-ARZ 25 (13:33) 6-William Dickenson sacked at ARZ 14 for -11 yards (95-Aaron Loranger). Sack allowed by 77-Willie Vogl.</t>
   </si>
   <si>
     <t>12:54</t>
   </si>
   <si>
     <t>4-21-ARZ 14 (12:53) 1-Lewis Newton punts 44 yards to IND 42. 30-Dennis Marsh to IND 44 for 2 yards. Tackle by 21-Angel Hall.</t>
   </si>
   <si>
     <t>12:45</t>
   </si>
   <si>
     <t>1-10-IND 44 (12:46) 3-Adam Verrill pass Pass knocked down by 95-Ryan Turner. incomplete, intended for 17-Jack Wood.</t>
   </si>
   <si>
-    <t>#60 Dale Brase - C</t>
+    <t>#60 Dale Brase - LG</t>
   </si>
   <si>
     <t>#78 Johnathan Rasnick - LG</t>
   </si>
   <si>
     <t>#72 James King - RT</t>
   </si>
   <si>
     <t>12:41</t>
   </si>
   <si>
     <t>2-10-IND 44 (12:42) 3-Adam Verrill pass INTERCEPTED by 32-Johnnie Crawford at ARZ 50. 32-Johnnie Crawford to IND 50 for 0 yards. Tackle by 13-Jay Harvey.</t>
   </si>
   <si>
     <t>12:38</t>
   </si>
   <si>
     <t>1-10-IND 50 (12:39) 42-David Foster ran to ARZ 48 for -3 yards. Tackle by 50-Burton Campbell.</t>
   </si>
   <si>
     <t>11:56</t>
   </si>
   <si>
     <t>Weak I Normal WR Corner TE Middle</t>
   </si>
@@ -2398,51 +2398,51 @@
     <col min="48" max="48" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="73" max="73" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="73" max="73" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="32.992" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">