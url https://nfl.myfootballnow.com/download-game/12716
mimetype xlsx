--- v0 (2025-10-23)
+++ v1 (2025-11-29)
@@ -335,99 +335,99 @@
   <si>
     <t>#24 Thomas Coleman - CB</t>
   </si>
   <si>
     <t>#16 Mark Joyner - K</t>
   </si>
   <si>
     <t>LAC</t>
   </si>
   <si>
     <t>LAC 25</t>
   </si>
   <si>
     <t>Shotgun Normal HB Flare</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>1-10-LAC 25 (15:00) 7-Randall Anderson pass complete to 13-Keenan Allen to LAC 40 for 15 yards. Tackle by 34-Larry Fernandez. Nice job by 13-Keenan Allen on that route to lose his coverage. SEA 61-Thomas Hendricks was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#7 Randall Anderson - QB</t>
   </si>
   <si>
-    <t>#86 Robert Meier - TE</t>
+    <t>#80 Robert Meier - TE</t>
   </si>
   <si>
     <t>#16 Henry Snow - WR</t>
   </si>
   <si>
     <t>#13 Keenan Allen - WR</t>
   </si>
   <si>
     <t>#85 Arthur Thomas - WR</t>
   </si>
   <si>
     <t>#78 Charles Wester - LT</t>
   </si>
   <si>
     <t>#64 Alan Payne - LG</t>
   </si>
   <si>
     <t>#63 Mason Reed - C</t>
   </si>
   <si>
     <t>#64 Claude Sanchez - RG</t>
   </si>
   <si>
     <t>#77 Blake Gonzalez - RT</t>
   </si>
   <si>
-    <t>#64 Thomas Hendricks - DT</t>
-[...5 lines deleted...]
-    <t>#51 George Bond - MLB</t>
+    <t>#64 Thomas Hendricks - LDE</t>
+  </si>
+  <si>
+    <t>#69 Garland Casey - LDE</t>
+  </si>
+  <si>
+    <t>#90 George Bond - RDE</t>
   </si>
   <si>
     <t>#53 Jerome Hicks - WLB</t>
   </si>
   <si>
-    <t>#51 Michael Armand - RDE</t>
+    <t>#51 Michael Armand - DT</t>
   </si>
   <si>
     <t>#56 Robert Rennick - WLB</t>
   </si>
   <si>
     <t>#32 Anthony Goad - CB</t>
   </si>
   <si>
-    <t>#23 Cory Lobdell - CB</t>
+    <t>#51 Cory Lobdell - MLB</t>
   </si>
   <si>
     <t>#37 Larry Fernandez - SS</t>
   </si>
   <si>
     <t>#21 James McCall - SS</t>
   </si>
   <si>
     <t>#46 Hugh Spruell - SS</t>
   </si>
   <si>
     <t>14:16</t>
   </si>
   <si>
     <t>LAC 40</t>
   </si>
   <si>
     <t>Singleback Normal HB Dive Weak</t>
   </si>
   <si>
     <t>Nickel Blitz CB SS LB Blitz</t>
   </si>
   <si>
     <t>1-10-LAC 40 (14:15) 11-Ryan Morrow ran to LAC 41 for 1 yards. Tackle by 99-Jason Quattlebaum.</t>
   </si>
@@ -443,51 +443,51 @@
   <si>
     <t>13:33</t>
   </si>
   <si>
     <t>LAC 41</t>
   </si>
   <si>
     <t>Goal Line Normal PA TE Drag</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Man</t>
   </si>
   <si>
     <t>2-9-LAC 41 (13:32) 7-Randall Anderson pass complete to 81-Edgar Anthony to LAC 44 for 4 yards. Tackle by 70-George Bond.</t>
   </si>
   <si>
     <t>#30 Charles Lockhart - RB</t>
   </si>
   <si>
     <t>#81 Edgar Anthony - TE</t>
   </si>
   <si>
     <t>#82 Murray Donahue - TE</t>
   </si>
   <si>
-    <t>#76 John Hyler - LDE</t>
+    <t>#92 John Hyler - RDE</t>
   </si>
   <si>
     <t>12:50</t>
   </si>
   <si>
     <t>LAC 44</t>
   </si>
   <si>
     <t>Strong I Normal Short Attack</t>
   </si>
   <si>
     <t>4-3 Normal Man QB Spy</t>
   </si>
   <si>
     <t>3-6-LAC 44 (12:49) 7-Randall Anderson pass complete to 32-Damien Nash to SEA 49 for 6 yards. Pushed out of bounds by 21-James McCall. 32-Damien Nash breaks down the CB.</t>
   </si>
   <si>
     <t>12:13</t>
   </si>
   <si>
     <t>SEA 49</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR Shotgun Dive</t>
   </si>
@@ -497,51 +497,51 @@
   <si>
     <t>#86 Edward Joiner - WR</t>
   </si>
   <si>
     <t>11:34</t>
   </si>
   <si>
     <t>4-3 Under Double Safety Blitz</t>
   </si>
   <si>
     <t>2-9-SEA 49 (11:33) 7-Randall Anderson pass complete to 12-Arthur Thomas to SEA 39 for 10 yards. Tackle by 34-Larry Fernandez.</t>
   </si>
   <si>
     <t>10:51</t>
   </si>
   <si>
     <t>SEA 39</t>
   </si>
   <si>
     <t>I Formation Normal HB Dive</t>
   </si>
   <si>
     <t>1-10-SEA 39 (10:50) 11-Ryan Morrow ran to SEA 37 for 2 yards. Tackle by 99-Jason Quattlebaum.</t>
   </si>
   <si>
-    <t>#25 Benny Simon - CB</t>
+    <t>#55 Benny Simon - SLB</t>
   </si>
   <si>
     <t>10:16</t>
   </si>
   <si>
     <t>SEA 37</t>
   </si>
   <si>
     <t>Nickel Normal Man Cover 2</t>
   </si>
   <si>
     <t>2-8-SEA 37 (10:15) 32-Damien Nash ran to SEA 28 for 9 yards. 32-Damien Nash FUMBLES (28-Hugh Spruell) recovered by LAC-15-Edward Joiner at SEA 28. Tackle by 53-Jerome Hicks.</t>
   </si>
   <si>
     <t>9:41</t>
   </si>
   <si>
     <t>SEA 28</t>
   </si>
   <si>
     <t>Nickel Normal 2 Deep</t>
   </si>
   <si>
     <t>1-10-SEA 28 (9:40) 7-Randall Anderson pass complete to 11-Ryan Morrow to SEA 30 for -2 yards. Tackle by 59-Robert Rennick.</t>
   </si>
@@ -578,51 +578,51 @@
   <si>
     <t>SEA 26</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-8-SEA 26 (7:55) 3-Daniel Newsome 43 yard field goal is GOOD. SEA 0 LAC 3</t>
   </si>
   <si>
     <t>#2 Christopher Brown - P</t>
   </si>
   <si>
     <t>#3 Daniel Newsome - K</t>
   </si>
   <si>
     <t>#72 Victor Williams - LT</t>
   </si>
   <si>
     <t>#70 Eric Wise - LT</t>
   </si>
   <si>
-    <t>#67 Daniel Pettitt - RG</t>
+    <t>#53 Daniel Pettitt - RG</t>
   </si>
   <si>
     <t>#58 Ervin Gray - DT</t>
   </si>
   <si>
     <t>#96 Bradley Kish - DT</t>
   </si>
   <si>
     <t>#62 Jerry Greene - DT</t>
   </si>
   <si>
     <t>7:50</t>
   </si>
   <si>
     <t>LAC 35</t>
   </si>
   <si>
     <t>(7:51) 3-Daniel Newsome kicks 74 yards from LAC 35 to SEA -9. Touchback.</t>
   </si>
   <si>
     <t>#25 Jerry Ahlers - RB</t>
   </si>
   <si>
     <t>#74 Woodrow Hardy - LG</t>
   </si>
@@ -632,66 +632,66 @@
   <si>
     <t>I Formation Power HB Draw</t>
   </si>
   <si>
     <t>Goal Line Attack #3</t>
   </si>
   <si>
     <t>1-10-SEA 25 (7:51) 25-Jerry Ahlers ran to SEA 23 for -2 yards. Tackle by 93-Jared Tucker.</t>
   </si>
   <si>
     <t>#19 Larry Henson - QB</t>
   </si>
   <si>
     <t>#40 Fernando Stanford - RB</t>
   </si>
   <si>
     <t>#33 Thomas Phelps - FB</t>
   </si>
   <si>
     <t>#80 Bernard Hall - TE</t>
   </si>
   <si>
     <t>#14 Howard Sokol - WR</t>
   </si>
   <si>
-    <t>#63 Byron Landeros - LT</t>
+    <t>#69 Byron Landeros - RT</t>
   </si>
   <si>
     <t>#62 Oscar Crouch - C</t>
   </si>
   <si>
-    <t>#59 James Jordan - RG</t>
+    <t>#65 James Jordan - RG</t>
   </si>
   <si>
     <t>#54 Alfred Linkous - RT</t>
   </si>
   <si>
     <t>#98 Robert Spruill - LDE</t>
   </si>
   <si>
-    <t>#76 Lyle Goodwin - RDE</t>
+    <t>#58 Lyle Goodwin - WLB</t>
   </si>
   <si>
     <t>#78 Samuel Cole - DT</t>
   </si>
   <si>
     <t>7:12</t>
   </si>
   <si>
     <t>SEA 23</t>
   </si>
   <si>
     <t>I Formation Normal PA Streaks</t>
   </si>
   <si>
     <t>46 Heavy 2 Deep Man Under</t>
   </si>
   <si>
     <t>2-12-SEA 23 (7:11) 5-Larry Henson sacked at SEA 22 for -1 yards (90-Lyle Goodwin). Sack allowed by 60-Oscar Crouch.</t>
   </si>
   <si>
     <t>#14 Jose Tobey - WR</t>
   </si>
   <si>
     <t>6:27</t>
   </si>
@@ -701,51 +701,51 @@
   <si>
     <t>I Formation Normal PA Fullback Flat</t>
   </si>
   <si>
     <t>4-3 Under Crash Right</t>
   </si>
   <si>
     <t>3-13-SEA 22 (6:26) 5-Larry Henson pass incomplete, intended for 80-Bernard Hall.</t>
   </si>
   <si>
     <t>6:23</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-13-SEA 22 (6:24) 18-Manuel Fisher punts 46 yards to LAC 32. 32-Damien Nash to LAC 40 for 9 yards. Tackle by 59-Robert Rennick.</t>
   </si>
   <si>
     <t>#18 Manuel Fisher - P</t>
   </si>
   <si>
-    <t>#68 Guadalupe Harmon - C</t>
+    <t>#68 Guadalupe Harmon - LT</t>
   </si>
   <si>
     <t>#97 Will Anderson - LDE</t>
   </si>
   <si>
     <t>6:15</t>
   </si>
   <si>
     <t>Goal Line Normal HB Pitch Weak</t>
   </si>
   <si>
     <t>1-10-LAC 40 (6:16) 11-Ryan Morrow ran to LAC 41 for 1 yards. Tackle by 91-Benny Simon. PENALTY - Holding (LAC 78-Charles Wester)</t>
   </si>
   <si>
     <t>6:12</t>
   </si>
   <si>
     <t>LAC 31</t>
   </si>
   <si>
     <t>Nickel Normal Shallow Zone Deep</t>
   </si>
   <si>
     <t>1-20-LAC 31 (6:13) 32-Damien Nash ran to LAC 38 for 7 yards. Tackle by 34-Larry Fernandez.</t>
   </si>
@@ -1241,123 +1241,123 @@
   <si>
     <t>I Formation 3WR HB Inside Weak</t>
   </si>
   <si>
     <t>Dime Normal Double WR1 WR2</t>
   </si>
   <si>
     <t>1-5-SEA 30 (1:01) 25-Jerry Ahlers ran to SEA 43 for 13 yards. Tackle by 23-Luther Chavez. PENALTY - Unnecessary Roughness (LAC 23-Luther Chavez) PENALTY - Holding (SEA 63-Byron Landeros) - Penalties offset, replay down.</t>
   </si>
   <si>
     <t>0:56</t>
   </si>
   <si>
     <t>1-5-SEA 30 (0:57) 40-Fernando Stanford ran to SEA 29 for -1 yards. Tackle by 50-Shaun Nixon.</t>
   </si>
   <si>
     <t>0:23</t>
   </si>
   <si>
     <t>SEA 29</t>
   </si>
   <si>
     <t>2-6-SEA 29 (0:22) 40-Fernando Stanford ran to SEA 33 for 4 yards. Tackle by 98-Robert Spruill.</t>
   </si>
   <si>
-    <t>#49 Clarence Nelson - RB</t>
+    <t>#45 Clarence Nelson - RB</t>
   </si>
   <si>
     <t>End of half.</t>
   </si>
   <si>
     <t>(15:00) 3-Daniel Newsome kicks 74 yards from LAC 35 to SEA -9. Touchback.</t>
   </si>
   <si>
-    <t>#66 Bradley Werner - RG</t>
+    <t>#79 Bradley Werner - LT</t>
   </si>
   <si>
     <t>I Formation Normal HB Blast</t>
   </si>
   <si>
     <t>1-10-SEA 25 (15:00) 40-Fernando Stanford ran to SEA 23 for -2 yards. Tackle by 58-Wilson Ladner. LAC 52-Hiram Johnson was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#8 Quincy Stiver - QB</t>
   </si>
   <si>
-    <t>#12 Michael Simpson - WR</t>
+    <t>#46 Michael Simpson - TE</t>
   </si>
   <si>
     <t>#59 Raul Gordon - RG</t>
   </si>
   <si>
     <t>#73 Juan Allen - C</t>
   </si>
   <si>
     <t>#94 Tyrone Ayala - DT</t>
   </si>
   <si>
     <t>#56 Curtis Coe - WLB</t>
   </si>
   <si>
     <t>#42 Thomas Magoon - FS</t>
   </si>
   <si>
     <t>14:19</t>
   </si>
   <si>
     <t>I Formation Normal SE Post</t>
   </si>
   <si>
     <t>2-12-SEA 23 (14:18) 8-Quincy Stiver sacked at SEA 14 for -10 yards (92-Neil Jarrell). Sack allowed by 60-Oscar Crouch.</t>
   </si>
   <si>
     <t>#74 Julius Charles - LG</t>
   </si>
   <si>
     <t>#59 Robert Moulton - WLB</t>
   </si>
   <si>
     <t>13:34</t>
   </si>
   <si>
     <t>3-21-SEA 14 (13:33) 8-Quincy Stiver pass complete to 40-Fernando Stanford to SEA 14 for 1 yards. Tackle by 58-Wilson Ladner.</t>
   </si>
   <si>
     <t>#86 William Byers - WR</t>
   </si>
   <si>
     <t>#72 Scott Landrum - LT</t>
   </si>
   <si>
     <t>12:49</t>
   </si>
   <si>
     <t>4-21-SEA 14 (12:48) 18-Manuel Fisher punts 48 yards to LAC 38. Fair Catch by 17-Michael Trainor.</t>
   </si>
   <si>
-    <t>#4 James Blair - C</t>
+    <t>#68 James Blair - C</t>
   </si>
   <si>
     <t>12:40</t>
   </si>
   <si>
     <t>1-10-LAC 38 (12:41) 8-Dennis Guilder sacked at LAC 28 for -10 yards (73-Thomas Babcock)</t>
   </si>
   <si>
     <t>#8 Dennis Guilder - QB</t>
   </si>
   <si>
     <t>#68 Ray Keenan - RG</t>
   </si>
   <si>
     <t>12:06</t>
   </si>
   <si>
     <t>2-20-LAC 28 (12:05) 11-Ryan Morrow ran to LAC 29 for a short gain. Tackle by 51-Michael Armand.</t>
   </si>
   <si>
     <t>#85 Joseph Dean - WR</t>
   </si>
   <si>
     <t>11:21</t>
   </si>
@@ -2311,101 +2311,101 @@
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="37.705" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="365.625" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="31" max="31" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="31" max="31" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="31.707" bestFit="true" customWidth="true" style="0"/>
-    <col min="35" max="35" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="35" max="35" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="54" max="54" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="54" max="54" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="56" max="56" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="56" max="56" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="58" max="58" width="30.564" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="60" max="60" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="58" max="58" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="59" max="59" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="60" max="60" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="31.707" bestFit="true" customWidth="true" style="0"/>
-    <col min="78" max="78" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="78" max="78" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="81" max="81" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="81" max="81" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="31.707" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>