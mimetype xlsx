--- v1 (2025-11-29)
+++ v2 (2025-12-24)
@@ -374,51 +374,51 @@
   <si>
     <t>#64 Alan Payne - LG</t>
   </si>
   <si>
     <t>#63 Mason Reed - C</t>
   </si>
   <si>
     <t>#64 Claude Sanchez - RG</t>
   </si>
   <si>
     <t>#77 Blake Gonzalez - RT</t>
   </si>
   <si>
     <t>#64 Thomas Hendricks - LDE</t>
   </si>
   <si>
     <t>#69 Garland Casey - LDE</t>
   </si>
   <si>
     <t>#90 George Bond - RDE</t>
   </si>
   <si>
     <t>#53 Jerome Hicks - WLB</t>
   </si>
   <si>
-    <t>#51 Michael Armand - DT</t>
+    <t>#99 Michael Armand - RDE</t>
   </si>
   <si>
     <t>#56 Robert Rennick - WLB</t>
   </si>
   <si>
     <t>#32 Anthony Goad - CB</t>
   </si>
   <si>
     <t>#51 Cory Lobdell - MLB</t>
   </si>
   <si>
     <t>#37 Larry Fernandez - SS</t>
   </si>
   <si>
     <t>#21 James McCall - SS</t>
   </si>
   <si>
     <t>#46 Hugh Spruell - SS</t>
   </si>
   <si>
     <t>14:16</t>
   </si>
   <si>
     <t>LAC 40</t>
   </si>
@@ -1094,51 +1094,51 @@
   <si>
     <t>Shotgun 2 RB 3 WR FL Drag</t>
   </si>
   <si>
     <t>4-3 Normal WLB MLB Blitz</t>
   </si>
   <si>
     <t>2-11-SEA 24 (6:35) 5-Larry Henson pass Pass knocked down by 23-Luther Chavez. incomplete, intended for 25-Jerry Ahlers.</t>
   </si>
   <si>
     <t>6:31</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR WR Hooks</t>
   </si>
   <si>
     <t>Quarter Normal CB3 CB4 Blitz</t>
   </si>
   <si>
     <t>3-11-SEA 24 (6:32) 5-Larry Henson pass complete to 14-Jose Tobey to SEA 34 for 10 yards. Tackle by 24-Thomas Coleman.</t>
   </si>
   <si>
     <t>#37 John English - CB</t>
   </si>
   <si>
-    <t>#2 Alvin Brassell - CB</t>
+    <t>#25 Alvin Brassell - CB</t>
   </si>
   <si>
     <t>5:50</t>
   </si>
   <si>
     <t>SEA 34</t>
   </si>
   <si>
     <t>4-1-SEA 34 (5:49) 18-Manuel Fisher punts 47 yards to LAC 18. 32-Damien Nash to LAC 28 for 10 yards. Tackle by 74-Woodrow Hardy.</t>
   </si>
   <si>
     <t>5:39</t>
   </si>
   <si>
     <t>1-10-LAC 28 (5:40) 7-Randall Anderson pass Pass knocked down by 28-Hugh Spruell. incomplete, intended for 87-Robert Meier.</t>
   </si>
   <si>
     <t>5:37</t>
   </si>
   <si>
     <t>2-10-LAC 28 (5:38) 7-Randall Anderson pass complete to 32-Damien Nash to LAC 31 for 3 yards. Tackle by 21-James McCall.</t>
   </si>
   <si>
     <t>4:58</t>
   </si>
@@ -1304,51 +1304,51 @@
   <si>
     <t>14:19</t>
   </si>
   <si>
     <t>I Formation Normal SE Post</t>
   </si>
   <si>
     <t>2-12-SEA 23 (14:18) 8-Quincy Stiver sacked at SEA 14 for -10 yards (92-Neil Jarrell). Sack allowed by 60-Oscar Crouch.</t>
   </si>
   <si>
     <t>#74 Julius Charles - LG</t>
   </si>
   <si>
     <t>#59 Robert Moulton - WLB</t>
   </si>
   <si>
     <t>13:34</t>
   </si>
   <si>
     <t>3-21-SEA 14 (13:33) 8-Quincy Stiver pass complete to 40-Fernando Stanford to SEA 14 for 1 yards. Tackle by 58-Wilson Ladner.</t>
   </si>
   <si>
     <t>#86 William Byers - WR</t>
   </si>
   <si>
-    <t>#72 Scott Landrum - LT</t>
+    <t>#64 Scott Landrum - LG</t>
   </si>
   <si>
     <t>12:49</t>
   </si>
   <si>
     <t>4-21-SEA 14 (12:48) 18-Manuel Fisher punts 48 yards to LAC 38. Fair Catch by 17-Michael Trainor.</t>
   </si>
   <si>
     <t>#68 James Blair - C</t>
   </si>
   <si>
     <t>12:40</t>
   </si>
   <si>
     <t>1-10-LAC 38 (12:41) 8-Dennis Guilder sacked at LAC 28 for -10 yards (73-Thomas Babcock)</t>
   </si>
   <si>
     <t>#8 Dennis Guilder - QB</t>
   </si>
   <si>
     <t>#68 Ray Keenan - RG</t>
   </si>
   <si>
     <t>12:06</t>
   </si>
@@ -2340,51 +2340,51 @@
     <col min="35" max="35" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="31.707" bestFit="true" customWidth="true" style="0"/>
-    <col min="60" max="60" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="60" max="60" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="31.707" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">