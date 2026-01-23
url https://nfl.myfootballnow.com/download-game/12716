--- v2 (2025-12-24)
+++ v3 (2026-01-23)
@@ -281,66 +281,66 @@
   <si>
     <t>ST Rusher8</t>
   </si>
   <si>
     <t>15:00</t>
   </si>
   <si>
     <t>LAC has won the toss and elected to receive.</t>
   </si>
   <si>
     <t>SEA</t>
   </si>
   <si>
     <t>SEA 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 16-Mark Joyner kicks 74 yards from SEA 35 to LAC -9. Touchback.</t>
   </si>
   <si>
-    <t>#32 Damien Nash - RB</t>
+    <t>#29 Damien Nash - RB</t>
   </si>
   <si>
     <t>#93 Jared Tucker - LDE</t>
   </si>
   <si>
     <t>#26 John Wood - CB</t>
   </si>
   <si>
     <t>#55 Nate Neyland - MLB</t>
   </si>
   <si>
     <t>#53 John Oconnor - WLB</t>
   </si>
   <si>
-    <t>#99 Eugene Pitts - RDE</t>
+    <t>#73 Eugene Pitts - RDE</t>
   </si>
   <si>
     <t>#50 Shaun Nixon - WLB</t>
   </si>
   <si>
     <t>#23 Luther Chavez - CB</t>
   </si>
   <si>
     <t>#31 Dwight Green - CB</t>
   </si>
   <si>
     <t>#94 Hiram Johnson - SLB</t>
   </si>
   <si>
     <t>#24 Thomas Coleman - CB</t>
   </si>
   <si>
     <t>#16 Mark Joyner - K</t>
   </si>
   <si>
     <t>LAC</t>
   </si>
   <si>
     <t>LAC 25</t>
   </si>
@@ -368,51 +368,51 @@
   <si>
     <t>#85 Arthur Thomas - WR</t>
   </si>
   <si>
     <t>#78 Charles Wester - LT</t>
   </si>
   <si>
     <t>#64 Alan Payne - LG</t>
   </si>
   <si>
     <t>#63 Mason Reed - C</t>
   </si>
   <si>
     <t>#64 Claude Sanchez - RG</t>
   </si>
   <si>
     <t>#77 Blake Gonzalez - RT</t>
   </si>
   <si>
     <t>#64 Thomas Hendricks - LDE</t>
   </si>
   <si>
     <t>#69 Garland Casey - LDE</t>
   </si>
   <si>
-    <t>#90 George Bond - RDE</t>
+    <t>#85 George Bond - DT</t>
   </si>
   <si>
     <t>#53 Jerome Hicks - WLB</t>
   </si>
   <si>
     <t>#99 Michael Armand - RDE</t>
   </si>
   <si>
     <t>#56 Robert Rennick - WLB</t>
   </si>
   <si>
     <t>#32 Anthony Goad - CB</t>
   </si>
   <si>
     <t>#51 Cory Lobdell - MLB</t>
   </si>
   <si>
     <t>#37 Larry Fernandez - SS</t>
   </si>
   <si>
     <t>#21 James McCall - SS</t>
   </si>
   <si>
     <t>#46 Hugh Spruell - SS</t>
   </si>
@@ -1304,60 +1304,60 @@
   <si>
     <t>14:19</t>
   </si>
   <si>
     <t>I Formation Normal SE Post</t>
   </si>
   <si>
     <t>2-12-SEA 23 (14:18) 8-Quincy Stiver sacked at SEA 14 for -10 yards (92-Neil Jarrell). Sack allowed by 60-Oscar Crouch.</t>
   </si>
   <si>
     <t>#74 Julius Charles - LG</t>
   </si>
   <si>
     <t>#59 Robert Moulton - WLB</t>
   </si>
   <si>
     <t>13:34</t>
   </si>
   <si>
     <t>3-21-SEA 14 (13:33) 8-Quincy Stiver pass complete to 40-Fernando Stanford to SEA 14 for 1 yards. Tackle by 58-Wilson Ladner.</t>
   </si>
   <si>
     <t>#86 William Byers - WR</t>
   </si>
   <si>
-    <t>#64 Scott Landrum - LG</t>
+    <t>#60 Scott Landrum - LG</t>
   </si>
   <si>
     <t>12:49</t>
   </si>
   <si>
     <t>4-21-SEA 14 (12:48) 18-Manuel Fisher punts 48 yards to LAC 38. Fair Catch by 17-Michael Trainor.</t>
   </si>
   <si>
-    <t>#68 James Blair - C</t>
+    <t>#68 James Blair - LT</t>
   </si>
   <si>
     <t>12:40</t>
   </si>
   <si>
     <t>1-10-LAC 38 (12:41) 8-Dennis Guilder sacked at LAC 28 for -10 yards (73-Thomas Babcock)</t>
   </si>
   <si>
     <t>#8 Dennis Guilder - QB</t>
   </si>
   <si>
     <t>#68 Ray Keenan - RG</t>
   </si>
   <si>
     <t>12:06</t>
   </si>
   <si>
     <t>2-20-LAC 28 (12:05) 11-Ryan Morrow ran to LAC 29 for a short gain. Tackle by 51-Michael Armand.</t>
   </si>
   <si>
     <t>#85 Joseph Dean - WR</t>
   </si>
   <si>
     <t>11:21</t>
   </si>