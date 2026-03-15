--- v3 (2026-01-23)
+++ v4 (2026-03-15)
@@ -290,51 +290,51 @@
   <si>
     <t>SEA</t>
   </si>
   <si>
     <t>SEA 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 16-Mark Joyner kicks 74 yards from SEA 35 to LAC -9. Touchback.</t>
   </si>
   <si>
     <t>#29 Damien Nash - RB</t>
   </si>
   <si>
     <t>#93 Jared Tucker - LDE</t>
   </si>
   <si>
     <t>#26 John Wood - CB</t>
   </si>
   <si>
-    <t>#55 Nate Neyland - MLB</t>
+    <t>#98 Nate Neyland - MLB</t>
   </si>
   <si>
     <t>#53 John Oconnor - WLB</t>
   </si>
   <si>
     <t>#73 Eugene Pitts - RDE</t>
   </si>
   <si>
     <t>#50 Shaun Nixon - WLB</t>
   </si>
   <si>
     <t>#23 Luther Chavez - CB</t>
   </si>
   <si>
     <t>#31 Dwight Green - CB</t>
   </si>
   <si>
     <t>#94 Hiram Johnson - SLB</t>
   </si>
   <si>
     <t>#24 Thomas Coleman - CB</t>
   </si>
   <si>
     <t>#16 Mark Joyner - K</t>
   </si>
@@ -365,51 +365,51 @@
   <si>
     <t>#13 Keenan Allen - WR</t>
   </si>
   <si>
     <t>#85 Arthur Thomas - WR</t>
   </si>
   <si>
     <t>#78 Charles Wester - LT</t>
   </si>
   <si>
     <t>#64 Alan Payne - LG</t>
   </si>
   <si>
     <t>#63 Mason Reed - C</t>
   </si>
   <si>
     <t>#64 Claude Sanchez - RG</t>
   </si>
   <si>
     <t>#77 Blake Gonzalez - RT</t>
   </si>
   <si>
     <t>#64 Thomas Hendricks - LDE</t>
   </si>
   <si>
-    <t>#69 Garland Casey - LDE</t>
+    <t>#58 Garland Casey - MLB</t>
   </si>
   <si>
     <t>#85 George Bond - DT</t>
   </si>
   <si>
     <t>#53 Jerome Hicks - WLB</t>
   </si>
   <si>
     <t>#99 Michael Armand - RDE</t>
   </si>
   <si>
     <t>#56 Robert Rennick - WLB</t>
   </si>
   <si>
     <t>#32 Anthony Goad - CB</t>
   </si>
   <si>
     <t>#51 Cory Lobdell - MLB</t>
   </si>
   <si>
     <t>#37 Larry Fernandez - SS</t>
   </si>
   <si>
     <t>#21 James McCall - SS</t>
   </si>