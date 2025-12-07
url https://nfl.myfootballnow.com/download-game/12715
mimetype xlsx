--- v0 (2025-10-30)
+++ v1 (2025-12-07)
@@ -422,51 +422,51 @@
   <si>
     <t>#44 Berry Schneider - CB</t>
   </si>
   <si>
     <t>14:16</t>
   </si>
   <si>
     <t>BAL 32</t>
   </si>
   <si>
     <t>I Formation Normal HB Blast</t>
   </si>
   <si>
     <t>Nickel Normal SS Blitz</t>
   </si>
   <si>
     <t>2-2-BAL 32 (14:15) 29-Everett Phillips ran to BAL 36 for 4 yards. Tackle by 44-Berry Schneider.</t>
   </si>
   <si>
     <t>#80 Herman Vanwyk - TE</t>
   </si>
   <si>
     <t>#92 Scott Alvarado - DT</t>
   </si>
   <si>
-    <t>#95 Gary Utz - DT</t>
+    <t>#57 Gary Utz - DT</t>
   </si>
   <si>
     <t>#60 Michael Pass - WLB</t>
   </si>
   <si>
     <t>13:42</t>
   </si>
   <si>
     <t>BAL 36</t>
   </si>
   <si>
     <t>Singleback Normal HB Dive Weak</t>
   </si>
   <si>
     <t>3-4 Normal Man Cover 1</t>
   </si>
   <si>
     <t>1-10-BAL 36 (13:41) 29-Everett Phillips ran to BAL 36 for a short loss. Tackle by 60-Michael Pass.</t>
   </si>
   <si>
     <t>#90 John Mackie - SLB</t>
   </si>
   <si>
     <t>#50 John Johnson - RDE</t>
   </si>
@@ -536,51 +536,51 @@
   <si>
     <t>3-8-GBY 45 (10:58) 18-John Garcia pass Pass knocked down by 94-Donald Gomez. incomplete, intended for 80-Herman Vanwyk. BAL 64-Damon Hammett was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#89 James Russell - TE</t>
   </si>
   <si>
     <t>10:54</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-8-GBY 45 (10:55) 11-John Wagner punts 38 yards to GBY 7.</t>
   </si>
   <si>
     <t>#11 John Wagner - P</t>
   </si>
   <si>
     <t>#84 James Cartwright - TE</t>
   </si>
   <si>
-    <t>#41 Bruce Terry - WR</t>
+    <t>#41 Bruce Terry - TE</t>
   </si>
   <si>
     <t>#99 Richard Taylor - LDE</t>
   </si>
   <si>
     <t>#90 Duane Torres - DT</t>
   </si>
   <si>
     <t>#62 David Viator - C</t>
   </si>
   <si>
     <t>#65 Antonio Griffin - LT</t>
   </si>
   <si>
     <t>#92 Jose Hettinger - RDE</t>
   </si>
   <si>
     <t>10:45</t>
   </si>
   <si>
     <t>GBY 7</t>
   </si>
   <si>
     <t>I Formation Normal Strong Flood</t>
   </si>
@@ -599,96 +599,96 @@
   <si>
     <t>#31 Joshua Flippo - FB</t>
   </si>
   <si>
     <t>#44 Scott Cude - FB</t>
   </si>
   <si>
     <t>#82 Michael Olson - WR</t>
   </si>
   <si>
     <t>#88 Douglas Garcia - WR</t>
   </si>
   <si>
     <t>#59 Ricky Miller - RT</t>
   </si>
   <si>
     <t>#62 Leonard Gough - RT</t>
   </si>
   <si>
     <t>#58 Matthew Hill - RT</t>
   </si>
   <si>
     <t>#70 Fred Daniels - RG</t>
   </si>
   <si>
-    <t>#61 James Alley - LT</t>
+    <t>#70 James Alley - RG</t>
   </si>
   <si>
     <t>#69 Eduardo Miller - LDE</t>
   </si>
   <si>
     <t>#59 Reynaldo Olsen - DT</t>
   </si>
   <si>
     <t>#61 Donnie Rangel - RDE</t>
   </si>
   <si>
     <t>#20 James Freeman - SS</t>
   </si>
   <si>
     <t>10:05</t>
   </si>
   <si>
     <t>GBY 15</t>
   </si>
   <si>
     <t>Weak I Normal Skinny Posts</t>
   </si>
   <si>
     <t>4-3 Normal Double Safety Blitz</t>
   </si>
   <si>
     <t>2-2-GBY 15 (10:04) 7-Danny Boss pass incomplete, intended for 80-Scott Cude.</t>
   </si>
   <si>
     <t>#47 Raymond Sanders - TE</t>
   </si>
   <si>
     <t>10:01</t>
   </si>
   <si>
     <t>I Formation 3WR PA Fullback Flat</t>
   </si>
   <si>
     <t>46 Heavy 2 Deep Man Under</t>
   </si>
   <si>
     <t>3-2-GBY 15 (10:02) 7-Danny Boss pass complete to 82-Michael Olson to GBY 24 for 9 yards. Tackle by 20-James Freeman.</t>
   </si>
   <si>
-    <t>#26 Kenneth Langlois - WR</t>
+    <t>#14 Kenneth Langlois - WR</t>
   </si>
   <si>
     <t>9:19</t>
   </si>
   <si>
     <t>GBY 24</t>
   </si>
   <si>
     <t>I Formation Power PA Flats</t>
   </si>
   <si>
     <t>Goal Line Attack #3</t>
   </si>
   <si>
     <t>1-10-GBY 24 (9:18) 7-Danny Boss pass Pass knocked down by 30-James Chesser. incomplete, intended for 88-Douglas Garcia.</t>
   </si>
   <si>
     <t>#96 Charles Forst - LDE</t>
   </si>
   <si>
     <t>9:14</t>
   </si>
   <si>
     <t>Shotgun Normal HB Sweep</t>
   </si>