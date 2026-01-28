--- v1 (2025-12-07)
+++ v2 (2026-01-28)
@@ -302,51 +302,51 @@
   <si>
     <t>(15:00) 16-Justin Haas kicks 75 yards from GBY 35 to BAL -10. 83-Chad Austin to BAL 24 for 34 yards. Tackle by 95-Richard Taylor. 21-John Beck was caught flat-footed on this play.</t>
   </si>
   <si>
     <t>#83 Chad Austin - WR</t>
   </si>
   <si>
     <t>#50 Dennis Delatorre - MLB</t>
   </si>
   <si>
     <t>#34 Jim Granger - CB</t>
   </si>
   <si>
     <t>#21 John Beck - CB</t>
   </si>
   <si>
     <t>#30 James Chesser - CB</t>
   </si>
   <si>
     <t>#43 Sidney Ashley - CB</t>
   </si>
   <si>
     <t>#74 Darrel Louis - RDE</t>
   </si>
   <si>
-    <t>#51 Glen Williams - MLB</t>
+    <t>#51 Glen Williams - DT</t>
   </si>
   <si>
     <t>#52 Scott Freeman - MLB</t>
   </si>
   <si>
     <t>#92 Scott Wagner - SLB</t>
   </si>
   <si>
     <t>#54 Brandon Roberson - MLB</t>
   </si>
   <si>
     <t>#16 Justin Haas - K</t>
   </si>
   <si>
     <t>BAL</t>
   </si>
   <si>
     <t>14:55</t>
   </si>
   <si>
     <t>BAL 24</t>
   </si>
   <si>
     <t>Split Backs 3 Wide Dive Right</t>
   </si>
@@ -356,51 +356,51 @@
   <si>
     <t>1-10-BAL 24 (14:56) 29-Everett Phillips ran to BAL 32 for 8 yards. Tackle by 46-Joseph Gagne.</t>
   </si>
   <si>
     <t>#18 John Garcia - QB</t>
   </si>
   <si>
     <t>#29 Everett Phillips - FB</t>
   </si>
   <si>
     <t>#82 Russell Marin - FB</t>
   </si>
   <si>
     <t>#14 Gary Goins - WR</t>
   </si>
   <si>
     <t>#16 Wayne Duarte - WR</t>
   </si>
   <si>
     <t>#85 Carl McKnight - WR</t>
   </si>
   <si>
     <t>#64 Damon Hammett - LT</t>
   </si>
   <si>
-    <t>#57 Larry Griggs - LG</t>
+    <t>#57 Larry Griggs - RG</t>
   </si>
   <si>
     <t>#77 David Vickers - C</t>
   </si>
   <si>
     <t>#66 William Moore - RG</t>
   </si>
   <si>
     <t>#60 Pedro Campbell - RT</t>
   </si>
   <si>
     <t>#71 William Rupe - LDE</t>
   </si>
   <si>
     <t>#75 Marcus Frisina - DT</t>
   </si>
   <si>
     <t>#50 Arthur Macleod - DT</t>
   </si>
   <si>
     <t>#95 David Morris - MLB</t>
   </si>
   <si>
     <t>#46 Joseph Gagne - CB</t>
   </si>
@@ -425,51 +425,51 @@
   <si>
     <t>14:16</t>
   </si>
   <si>
     <t>BAL 32</t>
   </si>
   <si>
     <t>I Formation Normal HB Blast</t>
   </si>
   <si>
     <t>Nickel Normal SS Blitz</t>
   </si>
   <si>
     <t>2-2-BAL 32 (14:15) 29-Everett Phillips ran to BAL 36 for 4 yards. Tackle by 44-Berry Schneider.</t>
   </si>
   <si>
     <t>#80 Herman Vanwyk - TE</t>
   </si>
   <si>
     <t>#92 Scott Alvarado - DT</t>
   </si>
   <si>
     <t>#57 Gary Utz - DT</t>
   </si>
   <si>
-    <t>#60 Michael Pass - WLB</t>
+    <t>#60 Michael Pass - MLB</t>
   </si>
   <si>
     <t>13:42</t>
   </si>
   <si>
     <t>BAL 36</t>
   </si>
   <si>
     <t>Singleback Normal HB Dive Weak</t>
   </si>
   <si>
     <t>3-4 Normal Man Cover 1</t>
   </si>
   <si>
     <t>1-10-BAL 36 (13:41) 29-Everett Phillips ran to BAL 36 for a short loss. Tackle by 60-Michael Pass.</t>
   </si>
   <si>
     <t>#90 John Mackie - SLB</t>
   </si>
   <si>
     <t>#50 John Johnson - RDE</t>
   </si>
   <si>
     <t>13:00</t>
   </si>
@@ -593,57 +593,57 @@
   <si>
     <t>#7 Danny Boss - RB</t>
   </si>
   <si>
     <t>#15 Randy White - WR</t>
   </si>
   <si>
     <t>#31 Joshua Flippo - FB</t>
   </si>
   <si>
     <t>#44 Scott Cude - FB</t>
   </si>
   <si>
     <t>#82 Michael Olson - WR</t>
   </si>
   <si>
     <t>#88 Douglas Garcia - WR</t>
   </si>
   <si>
     <t>#59 Ricky Miller - RT</t>
   </si>
   <si>
     <t>#62 Leonard Gough - RT</t>
   </si>
   <si>
-    <t>#58 Matthew Hill - RT</t>
+    <t>#69 Matthew Hill - RT</t>
   </si>
   <si>
     <t>#70 Fred Daniels - RG</t>
   </si>
   <si>
-    <t>#70 James Alley - RG</t>
+    <t>#64 James Alley - RG</t>
   </si>
   <si>
     <t>#69 Eduardo Miller - LDE</t>
   </si>
   <si>
     <t>#59 Reynaldo Olsen - DT</t>
   </si>
   <si>
     <t>#61 Donnie Rangel - RDE</t>
   </si>
   <si>
     <t>#20 James Freeman - SS</t>
   </si>
   <si>
     <t>10:05</t>
   </si>
   <si>
     <t>GBY 15</t>
   </si>
   <si>
     <t>Weak I Normal Skinny Posts</t>
   </si>
   <si>
     <t>4-3 Normal Double Safety Blitz</t>
   </si>
@@ -1694,81 +1694,81 @@
   <si>
     <t>6:38</t>
   </si>
   <si>
     <t>4-5-BAL 24 (6:39) 11-John Wagner punts 49 yards to GBY 27.</t>
   </si>
   <si>
     <t>6:28</t>
   </si>
   <si>
     <t>GBY 27</t>
   </si>
   <si>
     <t>1-10-GBY 27 (6:29) 14-Randy White ran to GBY 28 for 1 yards. Tackle by 59-Reynaldo Olsen.</t>
   </si>
   <si>
     <t>2-9-GBY 28 (5:46) 7-Danny Boss pass complete to 43-Bruce Terry to GBY 29 for 2 yards. Tackle by 92-Scott Wagner.</t>
   </si>
   <si>
     <t>5:07</t>
   </si>
   <si>
     <t>3-7-GBY 29 (5:06) 7-Danny Boss pass complete to 11-Charles Keppler to GBY 38 for 9 yards. Tackle by 54-Brandon Roberson.</t>
   </si>
   <si>
-    <t>#24 Charles Keppler - RB</t>
+    <t>#37 Charles Keppler - RB</t>
   </si>
   <si>
     <t>4:31</t>
   </si>
   <si>
     <t>GBY 38</t>
   </si>
   <si>
     <t>1-10-GBY 38 (4:30) 7-Danny Boss sacked at GBY 32 for -6 yards (97-Eduardo Miller). Sack allowed by 66-Vaughn Jones.</t>
   </si>
   <si>
     <t>GBY 32</t>
   </si>
   <si>
     <t>2-16-GBY 32 (3:50) 14-Randy White ran to GBY 33 for 1 yards. Tackle by 97-Eduardo Miller. GBY 81-Alexander Fedor was injured on the play.</t>
   </si>
   <si>
     <t>3:16</t>
   </si>
   <si>
     <t>3-15-GBY 33 (3:15) 7-Danny Boss pass Pass knocked down by 30-James Chesser. incomplete, intended for 11-Charles Keppler.</t>
   </si>
   <si>
     <t>3:11</t>
   </si>
   <si>
     <t>4-15-GBY 33 (3:12) PENALTY - False Start (GBY 92-Willie Day Jr)</t>
   </si>
   <si>
-    <t>#29 Christopher Lambert - WR</t>
+    <t>#16 Christopher Lambert - WR</t>
   </si>
   <si>
     <t>4-20-GBY 28 (3:12) 1-Eduardo Alexander punts 49 yards to BAL 23. 83-Chad Austin to BAL 49 for 26 yards. Tackle by 94-Donald Gomez.</t>
   </si>
   <si>
     <t>2:58</t>
   </si>
   <si>
     <t>BAL 49</t>
   </si>
   <si>
     <t>1-10-BAL 49 (2:59) 29-Everett Phillips ran to BAL 50 for a short gain. Tackle by 64-David Morris.</t>
   </si>
   <si>
     <t>2:16</t>
   </si>
   <si>
     <t>BAL 50</t>
   </si>
   <si>
     <t>2-10-BAL 50 (2:15) 18-John Garcia pass complete to 80-Herman Vanwyk to GBY 45 for 5 yards. Tackle by 93-Michael Nick.</t>
   </si>
   <si>
     <t>3-4-GBY 45 (2:00) 18-John Garcia pass Pass knocked down by 93-Michael Nick. incomplete, intended for 85-Carl McKnight.</t>
   </si>