--- v2 (2026-01-28)
+++ v3 (2026-03-03)
@@ -551,51 +551,51 @@
   <si>
     <t>4-8-GBY 45 (10:55) 11-John Wagner punts 38 yards to GBY 7.</t>
   </si>
   <si>
     <t>#11 John Wagner - P</t>
   </si>
   <si>
     <t>#84 James Cartwright - TE</t>
   </si>
   <si>
     <t>#41 Bruce Terry - TE</t>
   </si>
   <si>
     <t>#99 Richard Taylor - LDE</t>
   </si>
   <si>
     <t>#90 Duane Torres - DT</t>
   </si>
   <si>
     <t>#62 David Viator - C</t>
   </si>
   <si>
     <t>#65 Antonio Griffin - LT</t>
   </si>
   <si>
-    <t>#92 Jose Hettinger - RDE</t>
+    <t>#92 Jose Hettinger - LDE</t>
   </si>
   <si>
     <t>10:45</t>
   </si>
   <si>
     <t>GBY 7</t>
   </si>
   <si>
     <t>I Formation Normal Strong Flood</t>
   </si>
   <si>
     <t>4-3 Under Double Safety Blitz</t>
   </si>
   <si>
     <t>1-10-GBY 7 (10:46) 7-Danny Boss pass complete to 88-Douglas Garcia to GBY 15 for 8 yards. Tackle by 52-Scott Freeman. Great move by 88-Douglas Garcia to get free of his coverage.</t>
   </si>
   <si>
     <t>#7 Danny Boss - RB</t>
   </si>
   <si>
     <t>#15 Randy White - WR</t>
   </si>
   <si>
     <t>#31 Joshua Flippo - FB</t>
   </si>