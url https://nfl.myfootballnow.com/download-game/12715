--- v3 (2026-03-03)
+++ v4 (2026-03-29)
@@ -371,51 +371,51 @@
   <si>
     <t>#16 Wayne Duarte - WR</t>
   </si>
   <si>
     <t>#85 Carl McKnight - WR</t>
   </si>
   <si>
     <t>#64 Damon Hammett - LT</t>
   </si>
   <si>
     <t>#57 Larry Griggs - RG</t>
   </si>
   <si>
     <t>#77 David Vickers - C</t>
   </si>
   <si>
     <t>#66 William Moore - RG</t>
   </si>
   <si>
     <t>#60 Pedro Campbell - RT</t>
   </si>
   <si>
     <t>#71 William Rupe - LDE</t>
   </si>
   <si>
-    <t>#75 Marcus Frisina - DT</t>
+    <t>#90 Marcus Frisina - DT</t>
   </si>
   <si>
     <t>#50 Arthur Macleod - DT</t>
   </si>
   <si>
     <t>#95 David Morris - MLB</t>
   </si>
   <si>
     <t>#46 Joseph Gagne - CB</t>
   </si>
   <si>
     <t>#93 Michael Nick - CB</t>
   </si>
   <si>
     <t>#33 William Langford - CB</t>
   </si>
   <si>
     <t>#47 Jesse Fortenberry - CB</t>
   </si>
   <si>
     <t>#23 Chase Donnelly - SS</t>
   </si>
   <si>
     <t>#94 Donald Gomez - CB</t>
   </si>
@@ -542,51 +542,51 @@
   <si>
     <t>10:54</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-8-GBY 45 (10:55) 11-John Wagner punts 38 yards to GBY 7.</t>
   </si>
   <si>
     <t>#11 John Wagner - P</t>
   </si>
   <si>
     <t>#84 James Cartwright - TE</t>
   </si>
   <si>
     <t>#41 Bruce Terry - TE</t>
   </si>
   <si>
     <t>#99 Richard Taylor - LDE</t>
   </si>
   <si>
-    <t>#90 Duane Torres - DT</t>
+    <t>#53 Duane Torres - DT</t>
   </si>
   <si>
     <t>#62 David Viator - C</t>
   </si>
   <si>
     <t>#65 Antonio Griffin - LT</t>
   </si>
   <si>
     <t>#92 Jose Hettinger - LDE</t>
   </si>
   <si>
     <t>10:45</t>
   </si>
   <si>
     <t>GBY 7</t>
   </si>
   <si>
     <t>I Formation Normal Strong Flood</t>
   </si>
   <si>
     <t>4-3 Under Double Safety Blitz</t>
   </si>
   <si>
     <t>1-10-GBY 7 (10:46) 7-Danny Boss pass complete to 88-Douglas Garcia to GBY 15 for 8 yards. Tackle by 52-Scott Freeman. Great move by 88-Douglas Garcia to get free of his coverage.</t>
   </si>