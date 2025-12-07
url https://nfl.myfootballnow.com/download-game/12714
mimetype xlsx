--- v0 (2025-10-24)
+++ v1 (2025-12-07)
@@ -287,51 +287,51 @@
   <si>
     <t>JAX has won the toss and elected to receive.</t>
   </si>
   <si>
     <t>MIN</t>
   </si>
   <si>
     <t>MIN 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 6-Leroy Carolan kicks 75 yards from MIN 35 to JAX -10. Touchback.</t>
   </si>
   <si>
     <t>#31 Daniel Scott - RB</t>
   </si>
   <si>
     <t>#57 Allen Balderas - WLB</t>
   </si>
   <si>
-    <t>#50 Buck Hudgens - MLB</t>
+    <t>#95 Buck Hudgens - MLB</t>
   </si>
   <si>
     <t>#93 Jesse Caldwell - RDE</t>
   </si>
   <si>
     <t>#98 Jorge Danley - WLB</t>
   </si>
   <si>
     <t>#44 Robert Martinez - SLB</t>
   </si>
   <si>
     <t>#97 Arthur Gallagher - SLB</t>
   </si>
   <si>
     <t>#97 Jorge Pruitt - DT</t>
   </si>
   <si>
     <t>#97 Henry Shockey - DT</t>
   </si>
   <si>
     <t>#44 Miguel Butler - CB</t>
   </si>
   <si>
     <t>#93 Robert Scott - DT</t>
   </si>
@@ -392,96 +392,96 @@
   <si>
     <t>#98 Alton Muller - DT</t>
   </si>
   <si>
     <t>#93 Willis Wong - LDE</t>
   </si>
   <si>
     <t>#93 Donald Stovall - RDE</t>
   </si>
   <si>
     <t>#27 Robert Howland - SS</t>
   </si>
   <si>
     <t>#39 Clinton Hodge - CB</t>
   </si>
   <si>
     <t>#97 Frank Scott - CB</t>
   </si>
   <si>
     <t>#34 Richard Bauer - CB</t>
   </si>
   <si>
     <t>#37 Andres Cooke - CB</t>
   </si>
   <si>
-    <t>#41 Fernando Asay - FS</t>
+    <t>#20 Fernando Asay - CB</t>
   </si>
   <si>
     <t>14:20</t>
   </si>
   <si>
     <t>JAX 31</t>
   </si>
   <si>
     <t>Singleback Normal HB Release Mid</t>
   </si>
   <si>
     <t>Dime Flat Man Cover 1</t>
   </si>
   <si>
     <t>2-4-JAX 31 (14:19) 8-Lonnie Rock pass incomplete, intended for 16-Benjamin Potter.</t>
   </si>
   <si>
     <t>#16 Benjamin Potter - WR</t>
   </si>
   <si>
     <t>#57 Dennis Pirkle - CB</t>
   </si>
   <si>
     <t>14:15</t>
   </si>
   <si>
     <t>I Formation Power Play Action HB Downfield</t>
   </si>
   <si>
     <t>3-4 Normal Man Cover 1</t>
   </si>
   <si>
     <t>3-4-JAX 31 (14:16) 8-Lonnie Rock pass complete to 85-Brendan Thayer to JAX 38 for 7 yards. Tackle by 39-Clinton Hodge.</t>
   </si>
   <si>
     <t>#46 Kenneth Faulkner - FB</t>
   </si>
   <si>
     <t>#46 Mark Moore - SLB</t>
   </si>
   <si>
     <t>#71 David Fowler - SLB</t>
   </si>
   <si>
-    <t>#52 Peter Campbell - SLB</t>
+    <t>#52 Peter Campbell - WLB</t>
   </si>
   <si>
     <t>13:42</t>
   </si>
   <si>
     <t>JAX 38</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR WR Curl</t>
   </si>
   <si>
     <t>Nickel Blitz Zone Blitz</t>
   </si>
   <si>
     <t>1-10-JAX 38 (13:41) 8-Lonnie Rock pass complete to 18-Earl Walker to JAX 46 for 7 yards. Tackle by 38-Fernando Asay.</t>
   </si>
   <si>
     <t>#45 Robert Fisher - RB</t>
   </si>
   <si>
     <t>12:56</t>
   </si>
   <si>
     <t>JAX 46</t>
   </si>
@@ -572,54 +572,54 @@
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>1-10-MIN 2 (11:21) 88-Edmond Price ran to MIN 10 for 7 yards. Tackle by 61-Henry Shockey.</t>
   </si>
   <si>
     <t>#3 Douglas Millikan - QB</t>
   </si>
   <si>
     <t>#88 Michael Alonzo - TE</t>
   </si>
   <si>
     <t>#83 Daniel Bell - WR</t>
   </si>
   <si>
     <t>#45 Kevin Garcia - FB</t>
   </si>
   <si>
     <t>#82 Michael Sanders - WR</t>
   </si>
   <si>
     <t>#70 Michael Miller - RT</t>
   </si>
   <si>
-    <t>#74 Chris Tolbert - RT</t>
-[...2 lines deleted...]
-    <t>#52 Peter Richardson - C</t>
+    <t>#69 Chris Tolbert - RT</t>
+  </si>
+  <si>
+    <t>#70 Peter Richardson - LT</t>
   </si>
   <si>
     <t>#69 James Cockrell - RG</t>
   </si>
   <si>
     <t>#1 David Pohlman - LT</t>
   </si>
   <si>
     <t>#95 Fredrick Combest - LDE</t>
   </si>
   <si>
     <t>#48 Kenneth Rowe - MLB</t>
   </si>
   <si>
     <t>#43 Billy Mock - CB</t>
   </si>
   <si>
     <t>#21 Scott Sauer - CB</t>
   </si>
   <si>
     <t>#40 Thomas Hale - SS</t>
   </si>
   <si>
     <t>#37 Heimlich Maneuver - FS</t>
   </si>
@@ -743,51 +743,51 @@
   <si>
     <t>#43 Todd Marsh - CB</t>
   </si>
   <si>
     <t>5:25</t>
   </si>
   <si>
     <t>JAX 29</t>
   </si>
   <si>
     <t>Shotgun 5 Wide FL Hook</t>
   </si>
   <si>
     <t>Quarter Normal Cover 4</t>
   </si>
   <si>
     <t>2-3-JAX 29 (5:24) 3-Douglas Millikan pass complete to 16-Mark Criddle to JAX 21 for 7 yards. Tackle by 59-Kenneth Rowe.</t>
   </si>
   <si>
     <t>#16 Mark Criddle - WR</t>
   </si>
   <si>
     <t>#18 Eli Coplin - WR</t>
   </si>
   <si>
-    <t>#45 Ralph Davis - RB</t>
+    <t>#45 Ralph Davis - FB</t>
   </si>
   <si>
     <t>#49 John Phelps - SS</t>
   </si>
   <si>
     <t>4:48</t>
   </si>
   <si>
     <t>JAX 21</t>
   </si>
   <si>
     <t>Singleback Normal Quick Slant</t>
   </si>
   <si>
     <t>Nickel Normal Shallow Zone Deep</t>
   </si>
   <si>
     <t>1-10-JAX 21 (4:47) 3-Douglas Millikan pass complete to 45-Ralph Davis to JAX 19 for 3 yards. Tackle by 21-Scott Sauer.</t>
   </si>
   <si>
     <t>4:01</t>
   </si>
   <si>
     <t>JAX 19</t>
   </si>
@@ -2253,51 +2253,51 @@
     <col min="2" max="2" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="37.705" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="318.351" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="27" max="27" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="27" max="27" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="29.421" bestFit="true" customWidth="true" style="0"/>