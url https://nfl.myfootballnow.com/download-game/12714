--- v1 (2025-12-07)
+++ v2 (2026-02-06)
@@ -383,51 +383,51 @@
   <si>
     <t>#68 Hugo Hodge - RT</t>
   </si>
   <si>
     <t>#92 Melvin McReynolds - WLB</t>
   </si>
   <si>
     <t>#74 Frank Jackson - DT</t>
   </si>
   <si>
     <t>#98 Alton Muller - DT</t>
   </si>
   <si>
     <t>#93 Willis Wong - LDE</t>
   </si>
   <si>
     <t>#93 Donald Stovall - RDE</t>
   </si>
   <si>
     <t>#27 Robert Howland - SS</t>
   </si>
   <si>
     <t>#39 Clinton Hodge - CB</t>
   </si>
   <si>
-    <t>#97 Frank Scott - CB</t>
+    <t>#97 Frank Scott - LDE</t>
   </si>
   <si>
     <t>#34 Richard Bauer - CB</t>
   </si>
   <si>
     <t>#37 Andres Cooke - CB</t>
   </si>
   <si>
     <t>#20 Fernando Asay - CB</t>
   </si>
   <si>
     <t>14:20</t>
   </si>
   <si>
     <t>JAX 31</t>
   </si>
   <si>
     <t>Singleback Normal HB Release Mid</t>
   </si>
   <si>
     <t>Dime Flat Man Cover 1</t>
   </si>
   <si>
     <t>2-4-JAX 31 (14:19) 8-Lonnie Rock pass incomplete, intended for 16-Benjamin Potter.</t>
   </si>
@@ -572,51 +572,51 @@
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>1-10-MIN 2 (11:21) 88-Edmond Price ran to MIN 10 for 7 yards. Tackle by 61-Henry Shockey.</t>
   </si>
   <si>
     <t>#3 Douglas Millikan - QB</t>
   </si>
   <si>
     <t>#88 Michael Alonzo - TE</t>
   </si>
   <si>
     <t>#83 Daniel Bell - WR</t>
   </si>
   <si>
     <t>#45 Kevin Garcia - FB</t>
   </si>
   <si>
     <t>#82 Michael Sanders - WR</t>
   </si>
   <si>
     <t>#70 Michael Miller - RT</t>
   </si>
   <si>
-    <t>#69 Chris Tolbert - RT</t>
+    <t>#64 Chris Tolbert - RT</t>
   </si>
   <si>
     <t>#70 Peter Richardson - LT</t>
   </si>
   <si>
     <t>#69 James Cockrell - RG</t>
   </si>
   <si>
     <t>#1 David Pohlman - LT</t>
   </si>
   <si>
     <t>#95 Fredrick Combest - LDE</t>
   </si>
   <si>
     <t>#48 Kenneth Rowe - MLB</t>
   </si>
   <si>
     <t>#43 Billy Mock - CB</t>
   </si>
   <si>
     <t>#21 Scott Sauer - CB</t>
   </si>
   <si>
     <t>#40 Thomas Hale - SS</t>
   </si>
@@ -746,51 +746,51 @@
   <si>
     <t>5:25</t>
   </si>
   <si>
     <t>JAX 29</t>
   </si>
   <si>
     <t>Shotgun 5 Wide FL Hook</t>
   </si>
   <si>
     <t>Quarter Normal Cover 4</t>
   </si>
   <si>
     <t>2-3-JAX 29 (5:24) 3-Douglas Millikan pass complete to 16-Mark Criddle to JAX 21 for 7 yards. Tackle by 59-Kenneth Rowe.</t>
   </si>
   <si>
     <t>#16 Mark Criddle - WR</t>
   </si>
   <si>
     <t>#18 Eli Coplin - WR</t>
   </si>
   <si>
     <t>#45 Ralph Davis - FB</t>
   </si>
   <si>
-    <t>#49 John Phelps - SS</t>
+    <t>#18 John Phelps - FS</t>
   </si>
   <si>
     <t>4:48</t>
   </si>
   <si>
     <t>JAX 21</t>
   </si>
   <si>
     <t>Singleback Normal Quick Slant</t>
   </si>
   <si>
     <t>Nickel Normal Shallow Zone Deep</t>
   </si>
   <si>
     <t>1-10-JAX 21 (4:47) 3-Douglas Millikan pass complete to 45-Ralph Davis to JAX 19 for 3 yards. Tackle by 21-Scott Sauer.</t>
   </si>
   <si>
     <t>4:01</t>
   </si>
   <si>
     <t>JAX 19</t>
   </si>
   <si>
     <t>2-7-JAX 19 (4:00) 3-Douglas Millikan ran to JAX 12 for 7 yards. 3-Douglas Millikan FUMBLES (63-Robert Scott) recovered by MIN-3-Douglas Millikan at JAX 9. Tackle by 70-Charles Clark. JAX 32-John Phelps was injured on the play. He looks like he should be able to return.</t>
   </si>