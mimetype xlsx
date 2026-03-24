--- v2 (2026-02-06)
+++ v3 (2026-03-24)
@@ -413,51 +413,51 @@
   <si>
     <t>#37 Andres Cooke - CB</t>
   </si>
   <si>
     <t>#20 Fernando Asay - CB</t>
   </si>
   <si>
     <t>14:20</t>
   </si>
   <si>
     <t>JAX 31</t>
   </si>
   <si>
     <t>Singleback Normal HB Release Mid</t>
   </si>
   <si>
     <t>Dime Flat Man Cover 1</t>
   </si>
   <si>
     <t>2-4-JAX 31 (14:19) 8-Lonnie Rock pass incomplete, intended for 16-Benjamin Potter.</t>
   </si>
   <si>
     <t>#16 Benjamin Potter - WR</t>
   </si>
   <si>
-    <t>#57 Dennis Pirkle - CB</t>
+    <t>#26 Dennis Pirkle - CB</t>
   </si>
   <si>
     <t>14:15</t>
   </si>
   <si>
     <t>I Formation Power Play Action HB Downfield</t>
   </si>
   <si>
     <t>3-4 Normal Man Cover 1</t>
   </si>
   <si>
     <t>3-4-JAX 31 (14:16) 8-Lonnie Rock pass complete to 85-Brendan Thayer to JAX 38 for 7 yards. Tackle by 39-Clinton Hodge.</t>
   </si>
   <si>
     <t>#46 Kenneth Faulkner - FB</t>
   </si>
   <si>
     <t>#46 Mark Moore - SLB</t>
   </si>
   <si>
     <t>#71 David Fowler - SLB</t>
   </si>
   <si>
     <t>#52 Peter Campbell - WLB</t>
   </si>
@@ -1283,51 +1283,51 @@
   <si>
     <t>14:44</t>
   </si>
   <si>
     <t>Goal Line Normal PA TE Drag</t>
   </si>
   <si>
     <t>Goal Line Attack #3</t>
   </si>
   <si>
     <t>1-10-JAX 29 (14:45) 19-Brendan Saine pass Pass knocked down by 37-Andres Cooke. incomplete, intended for 82-Ronald Sumpter.</t>
   </si>
   <si>
     <t>#9 Brendan Saine - QB</t>
   </si>
   <si>
     <t>#84 Eugene Gammill - TE</t>
   </si>
   <si>
     <t>#66 Karl Murphy - C</t>
   </si>
   <si>
     <t>#75 John Russel - C</t>
   </si>
   <si>
-    <t>#60 James Guillory - RDE</t>
+    <t>#69 James Guillory - RDE</t>
   </si>
   <si>
     <t>14:42</t>
   </si>
   <si>
     <t>2-10-JAX 29 (14:43) 40-Robert Fisher ran to JAX 41 for 12 yards. Tackle by 37-Andres Cooke.</t>
   </si>
   <si>
     <t>13:58</t>
   </si>
   <si>
     <t>Goal Line Normal HB Dive</t>
   </si>
   <si>
     <t>1-10-JAX 41 (13:57) 40-Robert Fisher ran to JAX 42 for 1 yards. Tackle by 95-Michael Moore.</t>
   </si>
   <si>
     <t>13:15</t>
   </si>
   <si>
     <t>JAX 42</t>
   </si>
   <si>
     <t>2-9-JAX 42 (13:14) 19-Brendan Saine ran to MIN 45 for 13 yards. Tackle by 97-Frank Scott.</t>
   </si>