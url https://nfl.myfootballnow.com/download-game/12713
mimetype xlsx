--- v0 (2025-10-14)
+++ v1 (2025-12-14)
@@ -371,78 +371,78 @@
   <si>
     <t>#19 Donald Griggs - WR</t>
   </si>
   <si>
     <t>#18 Robert Evans - WR</t>
   </si>
   <si>
     <t>#70 George Roberson - LT</t>
   </si>
   <si>
     <t>#75 Douglas Fulton - LG</t>
   </si>
   <si>
     <t>#69 Larry Lopez - C</t>
   </si>
   <si>
     <t>#64 Lester Parker - RG</t>
   </si>
   <si>
     <t>#79 Willie Walker - RT</t>
   </si>
   <si>
     <t>#98 Guy Swan - LDE</t>
   </si>
   <si>
-    <t>#67 Mark Guidry - DT</t>
-[...2 lines deleted...]
-    <t>#71 Roy Wann - LDE</t>
+    <t>#38 Mark Guidry - FS</t>
+  </si>
+  <si>
+    <t>#93 Roy Wann - DT</t>
   </si>
   <si>
     <t>#97 Samuel Coffman - SLB</t>
   </si>
   <si>
     <t>#55 Greg Renteria - MLB</t>
   </si>
   <si>
-    <t>#54 Garland Gray - WLB</t>
+    <t>#47 Garland Gray - WLB</t>
   </si>
   <si>
     <t>#22 David Delgado - CB</t>
   </si>
   <si>
-    <t>#36 Marcos Tyler - SS</t>
+    <t>#53 Marcos Tyler - SLB</t>
   </si>
   <si>
     <t>#34 Kevin Shelly - CB</t>
   </si>
   <si>
     <t>#37 Angel Slattery - SS</t>
   </si>
   <si>
-    <t>#25 Daniel Abell - CB</t>
+    <t>#57 Daniel Abell - WLB</t>
   </si>
   <si>
     <t>14:12</t>
   </si>
   <si>
     <t>KCY 28</t>
   </si>
   <si>
     <t>I Formation Normal FL Hook</t>
   </si>
   <si>
     <t>46 Heavy WLB Blitz</t>
   </si>
   <si>
     <t>2-3-KCY 28 (14:11) 1-Rafael Somerville pass complete to 22-Fred Sager to KCY 28 for a short gain. Tackle by 21-Marcos Tyler.</t>
   </si>
   <si>
     <t>#60 Steven Powell - LG</t>
   </si>
   <si>
     <t>#85 Calvin Wallace - TE</t>
   </si>
   <si>
     <t>#78 Michael Cox - RDE</t>
   </si>
@@ -503,51 +503,51 @@
   <si>
     <t>Strong I Normal HB Sweep Strong</t>
   </si>
   <si>
     <t>3-4 Normal Zone Blitz</t>
   </si>
   <si>
     <t>1-10-NYG 36 (12:37) 35-Francisco Young ran to NYG 39 for 3 yards. Tackle by 55-Donnell Wagner.</t>
   </si>
   <si>
     <t>#7 Jerry Fragoso - QB</t>
   </si>
   <si>
     <t>#24 Francisco Young - RB</t>
   </si>
   <si>
     <t>#23 Francis Debusk - FB</t>
   </si>
   <si>
     <t>#80 Darren Nicholas - TE</t>
   </si>
   <si>
     <t>#84 Andrew Davis - WR</t>
   </si>
   <si>
-    <t>#87 Willie Jinks - WR</t>
+    <t>#17 Willie Jinks - WR</t>
   </si>
   <si>
     <t>#70 Benny Merritt - LG</t>
   </si>
   <si>
     <t>#76 Stephen Campbell - RT</t>
   </si>
   <si>
     <t>#75 Dennis Scott - RT</t>
   </si>
   <si>
     <t>#77 Kenneth Connell - LT</t>
   </si>
   <si>
     <t>#64 Leon Mercer - RG</t>
   </si>
   <si>
     <t>#96 Andrew Schultz - LDE</t>
   </si>
   <si>
     <t>#52 Kevin Price - MLB</t>
   </si>
   <si>
     <t>#55 Donnell Wagner - WLB</t>
   </si>
@@ -614,51 +614,51 @@
   <si>
     <t>1-10-KCY 35 (9:57) 23-Francis Debusk ran to KCY 32 for 3 yards. Tackle by 71-Willie Renteria.</t>
   </si>
   <si>
     <t>9:23</t>
   </si>
   <si>
     <t>KCY 32</t>
   </si>
   <si>
     <t>2-7-KCY 32 (9:22) 35-Francisco Young ran to KCY 21 for 10 yards. Tackle by 20-William Smith.</t>
   </si>
   <si>
     <t>8:46</t>
   </si>
   <si>
     <t>Singleback 4 Wide Post and Curls</t>
   </si>
   <si>
     <t>Dime Flat MLB SS Blitz</t>
   </si>
   <si>
     <t>1-10-KCY 21 (8:45) 17-Jerry Fragoso pass complete to 87-Willie Jinks to KCY 18 for 4 yards. Tackle by 24-Rick Harmon.</t>
   </si>
   <si>
-    <t>#81 Thomas Rutherford - WR</t>
+    <t>#13 Thomas Rutherford - WR</t>
   </si>
   <si>
     <t>#26 Ronald Veal - RB</t>
   </si>
   <si>
     <t>#24 Rick Harmon - CB</t>
   </si>
   <si>
     <t>#35 Stacey Dietz - CB</t>
   </si>
   <si>
     <t>#45 Frank Hannah - CB</t>
   </si>
   <si>
     <t>8:11</t>
   </si>
   <si>
     <t>KCY 18</t>
   </si>
   <si>
     <t>Singleback Normal FL Post</t>
   </si>
   <si>
     <t>Nickel Normal Shallow Zone Deep</t>
   </si>
@@ -779,51 +779,51 @@
   <si>
     <t>2-10-KCY 28 (6:04) 1-Rafael Somerville sacked at KCY 20 for -8 yards (55-Greg Renteria)</t>
   </si>
   <si>
     <t>#3 Rashee Vice - RB</t>
   </si>
   <si>
     <t>#58 Sidney Quillen - WLB</t>
   </si>
   <si>
     <t>5:25</t>
   </si>
   <si>
     <t>KCY 20</t>
   </si>
   <si>
     <t>Weak I Normal Skinny Posts</t>
   </si>
   <si>
     <t>46 Heavy SS MLB Blitz</t>
   </si>
   <si>
     <t>3-18-KCY 20 (5:24) 1-Rafael Somerville pass Pass knocked down by 27-Gregory Keyes. incomplete, intended for 89-Calvin Wallace.</t>
   </si>
   <si>
-    <t>#27 Gregory Keyes - SS</t>
+    <t>#97 Gregory Keyes - MLB</t>
   </si>
   <si>
     <t>5:21</t>
   </si>
   <si>
     <t>4-18-KCY 20 (5:22) KCY 70-George Roberson was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>5:15</t>
   </si>
   <si>
     <t>KCY 39</t>
   </si>
   <si>
     <t>I Formation Normal HB Toss Strong</t>
   </si>
   <si>
     <t>1-10-KCY 39 (5:16) 35-Francisco Young ran to KCY 27 for 12 yards. Tackle by 33-Brian Rodriguez.</t>
   </si>
   <si>
     <t>4:40</t>
   </si>
   <si>
     <t>KCY 27</t>
   </si>
@@ -914,51 +914,51 @@
   <si>
     <t>0:49</t>
   </si>
   <si>
     <t>KCY 7</t>
   </si>
   <si>
     <t>2-20-KCY 7 (0:48) 1-Rafael Somerville pass Pass knocked down by 21-Marcos Tyler. incomplete, intended for 18-Robert Evans.</t>
   </si>
   <si>
     <t>0:44</t>
   </si>
   <si>
     <t>Nickel Normal Man Zone</t>
   </si>
   <si>
     <t>3-20-KCY 7 (0:45) 1-Rafael Somerville pass Pass knocked down by 37-Angel Slattery. incomplete, intended for 15-Jose Brown. Pressure by 71-Roy Wann.</t>
   </si>
   <si>
     <t>0:41</t>
   </si>
   <si>
     <t>4-20-KCY 7 (0:42) 90-Nathaniel Stickney punts 44 yards to NYG 49. 11-Kenneth Clay to KCY 37 for 13 yards. Tackle by 94-Brian Oneill. KCY 94-Brian Oneill was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
-    <t>#24 Andrew Schaaf - CB</t>
+    <t>#33 Andrew Schaaf - FS</t>
   </si>
   <si>
     <t>0:32</t>
   </si>
   <si>
     <t>KCY 37</t>
   </si>
   <si>
     <t>1-10-KCY 37 (0:33) 17-Jerry Fragoso pass incomplete, intended for 81-Thomas Rutherford.</t>
   </si>
   <si>
     <t>0:29</t>
   </si>
   <si>
     <t>4-3 Under Double Safety Blitz</t>
   </si>
   <si>
     <t>2-10-KCY 37 (0:30) 35-Francisco Young ran to KCY 36 for 1 yards. Tackle by 55-Donnell Wagner.</t>
   </si>
   <si>
     <t>#52 Gerald Gassett - SLB</t>
   </si>
   <si>
     <t>0:00</t>
   </si>
@@ -986,51 +986,51 @@
   <si>
     <t>4-1-KCY 28 (14:22) 2-David Galindo 45 yard field goal is GOOD. NYG 13 KCY 0</t>
   </si>
   <si>
     <t>14:18</t>
   </si>
   <si>
     <t>(14:19) 2-David Galindo kicks 74 yards from NYG 35 to KCY -9. Touchback.</t>
   </si>
   <si>
     <t>KCY 25</t>
   </si>
   <si>
     <t>Goal Line Normal HB Pitch Weak</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Man</t>
   </si>
   <si>
     <t>1-10-KCY 25 (14:19) 22-Fred Sager ran to KCY 33 for 8 yards. Tackle by 46-Earl Scroggins.</t>
   </si>
   <si>
     <t>#83 Bruce Leung - TE</t>
   </si>
   <si>
-    <t>#50 Gregory Baity - WLB</t>
+    <t>#50 Gregory Baity - SS</t>
   </si>
   <si>
     <t>#91 James Finley - WLB</t>
   </si>
   <si>
     <t>13:38</t>
   </si>
   <si>
     <t>KCY 33</t>
   </si>
   <si>
     <t>Shotgun Normal HB Delay</t>
   </si>
   <si>
     <t>2-2-KCY 33 (13:37) 22-Fred Sager ran to KCY 35 for 2 yards. Tackle by 20-James Bailey.</t>
   </si>
   <si>
     <t>12:55</t>
   </si>
   <si>
     <t>1-10-KCY 35 (12:54) 22-Fred Sager ran to KCY 40 for 5 yards. Tackle by 34-Kevin Shelly.</t>
   </si>
   <si>
     <t>12:13</t>
   </si>
@@ -1340,51 +1340,51 @@
   <si>
     <t>3-1-NYG 27 (0:23) 39-Frank Speck ran to NYG 26 for -1 yards. Tackle by 96-Andrew Schultz.</t>
   </si>
   <si>
     <t>End of half.</t>
   </si>
   <si>
     <t>(15:00) 12-Willie Case kicks 74 yards from KCY 35 to NYG -9. Touchback.</t>
   </si>
   <si>
     <t>NYG 25</t>
   </si>
   <si>
     <t>I Formation 3WR FL Post</t>
   </si>
   <si>
     <t>1-10-NYG 25 (15:00) 9-Clarence Coulter pass complete to 19-Ronald Veal to KCY 33 for 42 yards. Tackle by 20-William Smith. KCY 51-Garrett Otey was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>1-10-KCY 33 (14:11) 9-Clarence Coulter pass incomplete, intended for 85-John Harris.</t>
   </si>
   <si>
     <t>#76 Robert Vernon - DT</t>
   </si>
   <si>
-    <t>#31 Derek Tucker - FS</t>
+    <t>#43 Derek Tucker - CB</t>
   </si>
   <si>
     <t>14:07</t>
   </si>
   <si>
     <t>2-10-KCY 33 (14:08) PENALTY - False Start (NYG 9-Clarence Coulter)</t>
   </si>
   <si>
     <t>#54 James McLemore - MLB</t>
   </si>
   <si>
     <t>KCY 38</t>
   </si>
   <si>
     <t>2-15-KCY 38 (14:08) 49-Albert Vergara ran to KCY 31 for 7 yards. Tackle by 20-William Smith. If the defense doesn't start mixing up their plays a bit more we might see more big gains like that one. PENALTY - Holding (NYG 61-Robert White)</t>
   </si>
   <si>
     <t>14:05</t>
   </si>
   <si>
     <t>2-22-KCY 45 (14:05) 39-Frank Speck ran to KCY 46 for a short loss. Tackle by 65-Samuel Duncanson.</t>
   </si>
   <si>
     <t>3-22-KCY 46 (13:25) 9-Clarence Coulter pass incomplete, intended for 29-Thomas Seybert.</t>
   </si>
@@ -2456,51 +2456,51 @@
     <col min="22" max="22" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="47" max="47" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="47" max="47" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="32.992" bestFit="true" customWidth="true" style="0"/>