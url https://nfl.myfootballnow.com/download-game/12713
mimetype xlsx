--- v1 (2025-12-14)
+++ v2 (2026-01-15)
@@ -344,51 +344,51 @@
   <si>
     <t>14:56</t>
   </si>
   <si>
     <t>KCY 21</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR RB Curls</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>1-10-KCY 21 (14:57) 1-Rafael Somerville pass complete to 22-Fred Sager to KCY 28 for 7 yards. Tackle by 54-Garland Gray.</t>
   </si>
   <si>
     <t>#1 Rafael Somerville - QB</t>
   </si>
   <si>
     <t>#22 Fred Sager - RB</t>
   </si>
   <si>
     <t>#49 Lane Deas - RB</t>
   </si>
   <si>
-    <t>#15 Jose Brown - WR</t>
+    <t>#17 Jose Brown - WR</t>
   </si>
   <si>
     <t>#19 Donald Griggs - WR</t>
   </si>
   <si>
     <t>#18 Robert Evans - WR</t>
   </si>
   <si>
     <t>#70 George Roberson - LT</t>
   </si>
   <si>
     <t>#75 Douglas Fulton - LG</t>
   </si>
   <si>
     <t>#69 Larry Lopez - C</t>
   </si>
   <si>
     <t>#64 Lester Parker - RG</t>
   </si>
   <si>
     <t>#79 Willie Walker - RT</t>
   </si>
   <si>
     <t>#98 Guy Swan - LDE</t>
   </si>
@@ -470,51 +470,51 @@
   <si>
     <t>KCY 31</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-1-KCY 31 (12:43) 90-Nathaniel Stickney punts 33 yards to NYG 36. Fair Catch by 11-Kenneth Clay.</t>
   </si>
   <si>
     <t>#11 Kenneth Clay - WR</t>
   </si>
   <si>
     <t>#20 James Bailey - CB</t>
   </si>
   <si>
     <t>#47 Bruce Cordero - SS</t>
   </si>
   <si>
     <t>#66 Mark Strayhorn - C</t>
   </si>
   <si>
-    <t>#99 Ronald McRae - RDE</t>
+    <t>#79 Ronald McRae - DT</t>
   </si>
   <si>
     <t>12:36</t>
   </si>
   <si>
     <t>NYG 36</t>
   </si>
   <si>
     <t>Strong I Normal HB Sweep Strong</t>
   </si>
   <si>
     <t>3-4 Normal Zone Blitz</t>
   </si>
   <si>
     <t>1-10-NYG 36 (12:37) 35-Francisco Young ran to NYG 39 for 3 yards. Tackle by 55-Donnell Wagner.</t>
   </si>
   <si>
     <t>#7 Jerry Fragoso - QB</t>
   </si>
   <si>
     <t>#24 Francisco Young - RB</t>
   </si>
   <si>
     <t>#23 Francis Debusk - FB</t>
   </si>
@@ -578,87 +578,87 @@
   <si>
     <t>KCY 45</t>
   </si>
   <si>
     <t>I Formation Normal Strong Flood</t>
   </si>
   <si>
     <t>1-10-KCY 45 (11:26) 17-Jerry Fragoso pass complete to 29-Thomas Seybert to KCY 36 for 9 yards. Pushed out of bounds by 55-Donnell Wagner.</t>
   </si>
   <si>
     <t>#29 Thomas Seybert - RB</t>
   </si>
   <si>
     <t>10:43</t>
   </si>
   <si>
     <t>KCY 36</t>
   </si>
   <si>
     <t>Split Backs Normal HB Off Tackle</t>
   </si>
   <si>
     <t>2-1-KCY 36 (10:42) 39-Frank Speck ran to KCY 35 for 2 yards. Tackle by 94-Brian Oneill.</t>
   </si>
   <si>
-    <t>#20 Frank Speck - RB</t>
+    <t>#20 Frank Speck - FB</t>
   </si>
   <si>
     <t>9:58</t>
   </si>
   <si>
     <t>KCY 35</t>
   </si>
   <si>
     <t>Weak I Normal FB Inside Weak</t>
   </si>
   <si>
     <t>1-10-KCY 35 (9:57) 23-Francis Debusk ran to KCY 32 for 3 yards. Tackle by 71-Willie Renteria.</t>
   </si>
   <si>
     <t>9:23</t>
   </si>
   <si>
     <t>KCY 32</t>
   </si>
   <si>
     <t>2-7-KCY 32 (9:22) 35-Francisco Young ran to KCY 21 for 10 yards. Tackle by 20-William Smith.</t>
   </si>
   <si>
     <t>8:46</t>
   </si>
   <si>
     <t>Singleback 4 Wide Post and Curls</t>
   </si>
   <si>
     <t>Dime Flat MLB SS Blitz</t>
   </si>
   <si>
     <t>1-10-KCY 21 (8:45) 17-Jerry Fragoso pass complete to 87-Willie Jinks to KCY 18 for 4 yards. Tackle by 24-Rick Harmon.</t>
   </si>
   <si>
-    <t>#13 Thomas Rutherford - WR</t>
+    <t>#22 Thomas Rutherford - RB</t>
   </si>
   <si>
     <t>#26 Ronald Veal - RB</t>
   </si>
   <si>
     <t>#24 Rick Harmon - CB</t>
   </si>
   <si>
     <t>#35 Stacey Dietz - CB</t>
   </si>
   <si>
     <t>#45 Frank Hannah - CB</t>
   </si>
   <si>
     <t>8:11</t>
   </si>
   <si>
     <t>KCY 18</t>
   </si>
   <si>
     <t>Singleback Normal FL Post</t>
   </si>
   <si>
     <t>Nickel Normal Shallow Zone Deep</t>
   </si>
@@ -683,51 +683,51 @@
   <si>
     <t>KCY 16</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-4-KCY 16 (7:26) 2-David Galindo 33 yard field goal is GOOD. NYG 3 KCY 0</t>
   </si>
   <si>
     <t>#5 Emmanuel Masi - P</t>
   </si>
   <si>
     <t>#74 Claude Broady - LT</t>
   </si>
   <si>
     <t>#81 John Harris - TE</t>
   </si>
   <si>
     <t>#75 Allen Casey - RT</t>
   </si>
   <si>
-    <t>#65 David Barton - RG</t>
+    <t>#71 David Barton - RT</t>
   </si>
   <si>
     <t>#61 Robert White - LG</t>
   </si>
   <si>
     <t>#49 Albert Vergara - TE</t>
   </si>
   <si>
     <t>#95 John Long - LDE</t>
   </si>
   <si>
     <t>#58 Gary Shealey - DT</t>
   </si>
   <si>
     <t>#99 Dewayne Robinson - DT</t>
   </si>
   <si>
     <t>#65 Samuel Duncanson - RDE</t>
   </si>
   <si>
     <t>#55 Michael Anton - SLB</t>
   </si>
   <si>
     <t>7:22</t>
   </si>
@@ -2482,51 +2482,51 @@
     <col min="48" max="48" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="32.992" bestFit="true" customWidth="true" style="0"/>
-    <col min="73" max="73" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="73" max="73" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="28.136" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">