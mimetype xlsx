--- v2 (2026-01-15)
+++ v3 (2026-03-12)
@@ -425,51 +425,51 @@
   <si>
     <t>14:12</t>
   </si>
   <si>
     <t>KCY 28</t>
   </si>
   <si>
     <t>I Formation Normal FL Hook</t>
   </si>
   <si>
     <t>46 Heavy WLB Blitz</t>
   </si>
   <si>
     <t>2-3-KCY 28 (14:11) 1-Rafael Somerville pass complete to 22-Fred Sager to KCY 28 for a short gain. Tackle by 21-Marcos Tyler.</t>
   </si>
   <si>
     <t>#60 Steven Powell - LG</t>
   </si>
   <si>
     <t>#85 Calvin Wallace - TE</t>
   </si>
   <si>
     <t>#78 Michael Cox - RDE</t>
   </si>
   <si>
-    <t>#96 William Hines - DT</t>
+    <t>#68 William Hines - DT</t>
   </si>
   <si>
     <t>13:26</t>
   </si>
   <si>
     <t>I Formation Power HB Strong Outside</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Blitz</t>
   </si>
   <si>
     <t>3-3-KCY 28 (13:25) 22-Fred Sager ran to KCY 31 for 3 yards. Tackle by 71-Roy Wann.</t>
   </si>
   <si>
     <t>#51 Earl Scroggins - SLB</t>
   </si>
   <si>
     <t>12:44</t>
   </si>
   <si>
     <t>KCY 31</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
@@ -515,114 +515,114 @@
   <si>
     <t>#24 Francisco Young - RB</t>
   </si>
   <si>
     <t>#23 Francis Debusk - FB</t>
   </si>
   <si>
     <t>#80 Darren Nicholas - TE</t>
   </si>
   <si>
     <t>#84 Andrew Davis - WR</t>
   </si>
   <si>
     <t>#17 Willie Jinks - WR</t>
   </si>
   <si>
     <t>#70 Benny Merritt - LG</t>
   </si>
   <si>
     <t>#76 Stephen Campbell - RT</t>
   </si>
   <si>
     <t>#75 Dennis Scott - RT</t>
   </si>
   <si>
-    <t>#77 Kenneth Connell - LT</t>
+    <t>#77 Kenneth Connell - C</t>
   </si>
   <si>
     <t>#64 Leon Mercer - RG</t>
   </si>
   <si>
     <t>#96 Andrew Schultz - LDE</t>
   </si>
   <si>
     <t>#52 Kevin Price - MLB</t>
   </si>
   <si>
     <t>#55 Donnell Wagner - WLB</t>
   </si>
   <si>
     <t>#33 Brian Rodriguez - CB</t>
   </si>
   <si>
     <t>#28 Glen Richards - SS</t>
   </si>
   <si>
     <t>12:04</t>
   </si>
   <si>
     <t>NYG 39</t>
   </si>
   <si>
     <t>Strong I Normal Counter Strong</t>
   </si>
   <si>
     <t>3-4 Normal Man Cover 1</t>
   </si>
   <si>
     <t>2-7-NYG 39 (12:03) 35-Francisco Young ran to KCY 45 for 16 yards. Tackle by 94-Brian Oneill.</t>
   </si>
   <si>
     <t>11:27</t>
   </si>
   <si>
     <t>KCY 45</t>
   </si>
   <si>
     <t>I Formation Normal Strong Flood</t>
   </si>
   <si>
     <t>1-10-KCY 45 (11:26) 17-Jerry Fragoso pass complete to 29-Thomas Seybert to KCY 36 for 9 yards. Pushed out of bounds by 55-Donnell Wagner.</t>
   </si>
   <si>
-    <t>#29 Thomas Seybert - RB</t>
+    <t>#23 Thomas Seybert - RB</t>
   </si>
   <si>
     <t>10:43</t>
   </si>
   <si>
     <t>KCY 36</t>
   </si>
   <si>
     <t>Split Backs Normal HB Off Tackle</t>
   </si>
   <si>
     <t>2-1-KCY 36 (10:42) 39-Frank Speck ran to KCY 35 for 2 yards. Tackle by 94-Brian Oneill.</t>
   </si>
   <si>
-    <t>#20 Frank Speck - FB</t>
+    <t>#20 Frank Speck - LG</t>
   </si>
   <si>
     <t>9:58</t>
   </si>
   <si>
     <t>KCY 35</t>
   </si>
   <si>
     <t>Weak I Normal FB Inside Weak</t>
   </si>
   <si>
     <t>1-10-KCY 35 (9:57) 23-Francis Debusk ran to KCY 32 for 3 yards. Tackle by 71-Willie Renteria.</t>
   </si>
   <si>
     <t>9:23</t>
   </si>
   <si>
     <t>KCY 32</t>
   </si>
   <si>
     <t>2-7-KCY 32 (9:22) 35-Francisco Young ran to KCY 21 for 10 yards. Tackle by 20-William Smith.</t>
   </si>
   <si>
     <t>8:46</t>
   </si>
@@ -674,51 +674,51 @@
   <si>
     <t>Nickel Normal Double WR3</t>
   </si>
   <si>
     <t>3-6-KCY 18 (8:07) 17-Jerry Fragoso pass complete to 23-Francis Debusk to KCY 16 for 2 yards. Tackle by 55-Donnell Wagner.</t>
   </si>
   <si>
     <t>7:27</t>
   </si>
   <si>
     <t>KCY 16</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-4-KCY 16 (7:26) 2-David Galindo 33 yard field goal is GOOD. NYG 3 KCY 0</t>
   </si>
   <si>
     <t>#5 Emmanuel Masi - P</t>
   </si>
   <si>
-    <t>#74 Claude Broady - LT</t>
+    <t>#61 Claude Broady - LG</t>
   </si>
   <si>
     <t>#81 John Harris - TE</t>
   </si>
   <si>
     <t>#75 Allen Casey - RT</t>
   </si>
   <si>
     <t>#71 David Barton - RT</t>
   </si>
   <si>
     <t>#61 Robert White - LG</t>
   </si>
   <si>
     <t>#49 Albert Vergara - TE</t>
   </si>
   <si>
     <t>#95 John Long - LDE</t>
   </si>
   <si>
     <t>#58 Gary Shealey - DT</t>
   </si>
   <si>
     <t>#99 Dewayne Robinson - DT</t>
   </si>
@@ -761,51 +761,51 @@
   <si>
     <t>6:09</t>
   </si>
   <si>
     <t>Nickel Blitz CB SS LB Blitz</t>
   </si>
   <si>
     <t>1-10-KCY 28 (6:08) 1-Rafael Somerville pass incomplete, the ball was thrown away. Pressure by 71-Roy Wann.</t>
   </si>
   <si>
     <t>6:03</t>
   </si>
   <si>
     <t>Singleback Empty 4 Slot Crosses</t>
   </si>
   <si>
     <t>Dime Normal LB Blitz</t>
   </si>
   <si>
     <t>2-10-KCY 28 (6:04) 1-Rafael Somerville sacked at KCY 20 for -8 yards (55-Greg Renteria)</t>
   </si>
   <si>
     <t>#3 Rashee Vice - RB</t>
   </si>
   <si>
-    <t>#58 Sidney Quillen - WLB</t>
+    <t>#94 Sidney Quillen - WLB</t>
   </si>
   <si>
     <t>5:25</t>
   </si>
   <si>
     <t>KCY 20</t>
   </si>
   <si>
     <t>Weak I Normal Skinny Posts</t>
   </si>
   <si>
     <t>46 Heavy SS MLB Blitz</t>
   </si>
   <si>
     <t>3-18-KCY 20 (5:24) 1-Rafael Somerville pass Pass knocked down by 27-Gregory Keyes. incomplete, intended for 89-Calvin Wallace.</t>
   </si>
   <si>
     <t>#97 Gregory Keyes - MLB</t>
   </si>
   <si>
     <t>5:21</t>
   </si>
   <si>
     <t>4-18-KCY 20 (5:22) KCY 70-George Roberson was injured on the play. He looks like he should be able to return.</t>
   </si>
@@ -983,51 +983,51 @@
   <si>
     <t>14:23</t>
   </si>
   <si>
     <t>4-1-KCY 28 (14:22) 2-David Galindo 45 yard field goal is GOOD. NYG 13 KCY 0</t>
   </si>
   <si>
     <t>14:18</t>
   </si>
   <si>
     <t>(14:19) 2-David Galindo kicks 74 yards from NYG 35 to KCY -9. Touchback.</t>
   </si>
   <si>
     <t>KCY 25</t>
   </si>
   <si>
     <t>Goal Line Normal HB Pitch Weak</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Man</t>
   </si>
   <si>
     <t>1-10-KCY 25 (14:19) 22-Fred Sager ran to KCY 33 for 8 yards. Tackle by 46-Earl Scroggins.</t>
   </si>
   <si>
-    <t>#83 Bruce Leung - TE</t>
+    <t>#46 Bruce Leung - TE</t>
   </si>
   <si>
     <t>#50 Gregory Baity - SS</t>
   </si>
   <si>
     <t>#91 James Finley - WLB</t>
   </si>
   <si>
     <t>13:38</t>
   </si>
   <si>
     <t>KCY 33</t>
   </si>
   <si>
     <t>Shotgun Normal HB Delay</t>
   </si>
   <si>
     <t>2-2-KCY 33 (13:37) 22-Fred Sager ran to KCY 35 for 2 yards. Tackle by 20-James Bailey.</t>
   </si>
   <si>
     <t>12:55</t>
   </si>
   <si>
     <t>1-10-KCY 35 (12:54) 22-Fred Sager ran to KCY 40 for 5 yards. Tackle by 34-Kevin Shelly.</t>
   </si>
@@ -1082,51 +1082,51 @@
   <si>
     <t>#12 Willie Case - K</t>
   </si>
   <si>
     <t>(10:40) 12-Willie Case kicks 63 yards from KCY 35 to NYG 2. 11-Kenneth Clay to NYG 27 for 26 yards. Tackle by 38-James Malone.</t>
   </si>
   <si>
     <t>#36 Shawn Dorsey - RB</t>
   </si>
   <si>
     <t>10:35</t>
   </si>
   <si>
     <t>NYG 27</t>
   </si>
   <si>
     <t>Singleback Big Off Tackle Strong</t>
   </si>
   <si>
     <t>1-10-NYG 27 (10:36) 29-Thomas Seybert ran to NYG 41 for 14 yards. Tackle by 28-Glen Richards.</t>
   </si>
   <si>
     <t>#11 Clarence Coulter - QB</t>
   </si>
   <si>
-    <t>#42 Carlos Gittens - FB</t>
+    <t>#42 Carlos Gittens - RB</t>
   </si>
   <si>
     <t>#70 Timothy Robertson - RT</t>
   </si>
   <si>
     <t>#74 Orlando Gregory - LT</t>
   </si>
   <si>
     <t>10:01</t>
   </si>
   <si>
     <t>NYG 41</t>
   </si>
   <si>
     <t>1-10-NYG 41 (10:00) 39-Frank Speck ran to NYG 48 for 7 yards. Tackle by 55-Donnell Wagner.</t>
   </si>
   <si>
     <t>9:20</t>
   </si>
   <si>
     <t>NYG 48</t>
   </si>
   <si>
     <t>2-3-NYG 48 (9:19) 49-Albert Vergara ran to KCY 44 for 8 yards. Tackle by 40-Reginald Scott.</t>
   </si>