--- v0 (2025-10-19)
+++ v1 (2025-11-18)
@@ -335,87 +335,87 @@
   <si>
     <t>#26 Rudy Liberty - K</t>
   </si>
   <si>
     <t>#3 Marc Macpherson - K</t>
   </si>
   <si>
     <t>PHI</t>
   </si>
   <si>
     <t>PHI 25</t>
   </si>
   <si>
     <t>Goal Line Normal HB Toss Strong</t>
   </si>
   <si>
     <t>Goal Line Attack #3</t>
   </si>
   <si>
     <t>1-10-PHI 25 (15:00) 29-Tyrone Tucker ran to PHI 28 for 3 yards. Tackle by 92-David Hernandez. 86-Kerry Whitaker missed that block completely. 86-Kerry Whitaker was caught flat-footed on this play.</t>
   </si>
   <si>
     <t>#9 Marc White - QB</t>
   </si>
   <si>
-    <t>#6 Tyrone Tucker - WR</t>
+    <t>#24 Tyrone Tucker - RB</t>
   </si>
   <si>
     <t>#31 Richard Correa - RB</t>
   </si>
   <si>
     <t>#86 Kerry Whitaker - FB</t>
   </si>
   <si>
     <t>#82 Marc Mize - TE</t>
   </si>
   <si>
     <t>#80 Steve Torres - TE</t>
   </si>
   <si>
     <t>#59 Steven  Jenkins - LT</t>
   </si>
   <si>
     <t>#61 Angelo Ingram - C</t>
   </si>
   <si>
     <t>#79 Terry Carini - C</t>
   </si>
   <si>
     <t>#67 Michael Alvarez - RG</t>
   </si>
   <si>
     <t>#77 Gerald Hughes - RT</t>
   </si>
   <si>
     <t>#77 Tommie McNeil - RDE</t>
   </si>
   <si>
     <t>#94 Ricky Griffith - LDE</t>
   </si>
   <si>
-    <t>#99 Jason Isom - DT</t>
+    <t>#62 Jason Isom - DT</t>
   </si>
   <si>
     <t>#69 Louis Fleming - DT</t>
   </si>
   <si>
     <t>#91 Jeffrey Hernandez - RDE</t>
   </si>
   <si>
     <t>#58 William Lutz - SLB</t>
   </si>
   <si>
     <t>#57 David Hernandez - MLB</t>
   </si>
   <si>
     <t>#57 Joseph Gray - MLB</t>
   </si>
   <si>
     <t>#49 Hector Torres - CB</t>
   </si>
   <si>
     <t>#48 Rubin Driscoll - CB</t>
   </si>
   <si>
     <t>#29 Robert Ferris - SS</t>
   </si>
@@ -671,93 +671,93 @@
   <si>
     <t>1-10-NED 25 (7:36) 1-Raymond Duran pass complete to 81-Greg Derosa to NED 26 for 1 yards. Tackle by 36-Mark Williams. 81-Greg Derosa made a great move on the CB.</t>
   </si>
   <si>
     <t>#15 Raymond Duran - QB</t>
   </si>
   <si>
     <t>#45 Danny Ruffin - RB</t>
   </si>
   <si>
     <t>#34 John Reyes - RB</t>
   </si>
   <si>
     <t>#28 Jorge Madden - FB</t>
   </si>
   <si>
     <t>#81 Greg Derosa - TE</t>
   </si>
   <si>
     <t>#77 Palmer Matthies - LT</t>
   </si>
   <si>
     <t>#65 Paul Johnson - C</t>
   </si>
   <si>
-    <t>#79 George Frost - C</t>
+    <t>#50 George Frost - C</t>
   </si>
   <si>
     <t>#76 Chad Alvarez - RG</t>
   </si>
   <si>
     <t>#63 Brian Hill - RT</t>
   </si>
   <si>
     <t>#56 Walter Keller - LDE</t>
   </si>
   <si>
     <t>#96 Brandon Ramirez - DT</t>
   </si>
   <si>
     <t>#53 Brian Montague - MLB</t>
   </si>
   <si>
     <t>#93 James Foster - WLB</t>
   </si>
   <si>
     <t>#24 George Cunningham - CB</t>
   </si>
   <si>
     <t>#36 Mark Williams - CB</t>
   </si>
   <si>
     <t>6:56</t>
   </si>
   <si>
     <t>I Formation 3WR SE Post</t>
   </si>
   <si>
     <t>Nickel Normal Man Cover 2</t>
   </si>
   <si>
     <t>2-9-NED 26 (6:55) 1-Raymond Duran pass Pass knocked down by 24-George Cunningham. incomplete, intended for 18-Ralph Kenyon.</t>
   </si>
   <si>
     <t>#87 Juan Mao - WR</t>
   </si>
   <si>
-    <t>#89 Robert Swanner - WR</t>
+    <t>#81 Robert Swanner - WR</t>
   </si>
   <si>
     <t>#58 Gregory Rubio - SLB</t>
   </si>
   <si>
     <t>#32 Burton Duran - CB</t>
   </si>
   <si>
     <t>#47 Raphael Mao - FS</t>
   </si>
   <si>
     <t>6:50</t>
   </si>
   <si>
     <t>Split Backs 3 Wide Slot Post</t>
   </si>
   <si>
     <t>Nickel Normal Double WR1</t>
   </si>
   <si>
     <t>3-9-NED 26 (6:51) 1-Raymond Duran pass complete to 45-Danny Ruffin to NED 40 for 15 yards.</t>
   </si>
   <si>
     <t>#21 Carl Frederick - CB</t>
   </si>
@@ -830,51 +830,51 @@
   <si>
     <t>PHI 22</t>
   </si>
   <si>
     <t>I Formation Normal HB Blast</t>
   </si>
   <si>
     <t>4-3 Normal Man QB Spy</t>
   </si>
   <si>
     <t>1-10-PHI 22 (3:16) 34-John Reyes ran to PHI 19 for 3 yards. Tackle by 50-James Prater.</t>
   </si>
   <si>
     <t>2:35</t>
   </si>
   <si>
     <t>PHI 19</t>
   </si>
   <si>
     <t>Goal Line Attack #1</t>
   </si>
   <si>
     <t>2-7-PHI 19 (2:34) 45-Danny Ruffin ran to PHI 17 for 2 yards. Tackle by 92-Brian Montague. NED 45-Danny Ruffin was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
-    <t>#60 Kenneth Hilderbrand - LT</t>
+    <t>#52 Kenneth Hilderbrand - LT</t>
   </si>
   <si>
     <t>1:52</t>
   </si>
   <si>
     <t>PHI 17</t>
   </si>
   <si>
     <t>Split Backs 3 Wide WR Quick Out</t>
   </si>
   <si>
     <t>Nickel Strong 1 Deep Man Under</t>
   </si>
   <si>
     <t>3-4-PHI 17 (1:51) 1-Raymond Duran pass complete to 34-John Reyes to PHI 15 for 2 yards. Tackle by 50-James Prater.</t>
   </si>
   <si>
     <t>1:08</t>
   </si>
   <si>
     <t>PHI 15</t>
   </si>
   <si>
     <t>4-2-PHI 15 (1:07) 3-Marc Macpherson 32 yard field goal is GOOD. PHI 7 NED 3</t>
   </si>
@@ -1034,51 +1034,51 @@
   <si>
     <t>2-18-NED 17 (10:23) 1-Raymond Duran sacked at NED 10 for -8 yards (62-Carl Russell). Sack allowed by 63-Brian Hill. 63-Brian Hill was completely beat on that play.</t>
   </si>
   <si>
     <t>9:42</t>
   </si>
   <si>
     <t>NED 10</t>
   </si>
   <si>
     <t>3-25-NED 10 (9:41) 1-Raymond Duran pass Pass knocked down by 50-James Prater. incomplete, intended for 45-Danny Ruffin. 93-James Foster got away with a hold on that play.</t>
   </si>
   <si>
     <t>9:36</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-25-NED 10 (9:37) 1-Lawrence Chandler punts 45 yards to PHI 46. 19-Harry Bartlett to PHI 47 for 2 yards. Tackle by 53-Gerald Bettencourt.</t>
   </si>
   <si>
-    <t>#12 Lawrence Chandler - P</t>
+    <t>#2 Lawrence Chandler - P</t>
   </si>
   <si>
     <t>9:29</t>
   </si>
   <si>
     <t>PHI 47</t>
   </si>
   <si>
     <t>1-10-PHI 47 (9:30) 29-Tyrone Tucker ran to NED 49 for 4 yards. Tackle by 26-Robert Ferris.</t>
   </si>
   <si>
     <t>8:57</t>
   </si>
   <si>
     <t>NED 49</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR WR Curl</t>
   </si>
   <si>
     <t>2-6-NED 49 (8:56) 10-Marc White pass Pass knocked down by 26-Robert Ferris. incomplete, intended for 42-Thomas Vavra.</t>
   </si>
   <si>
     <t>8:52</t>
   </si>
@@ -1265,51 +1265,51 @@
   <si>
     <t>(0:49) Extra point GOOD by 3-Richard Wright. PHI 17 NED 3</t>
   </si>
   <si>
     <t>(0:49) 3-Richard Wright kicks 73 yards from PHI 35 to NED -8. Touchback.</t>
   </si>
   <si>
     <t>4-3 Normal Double Safety Blitz</t>
   </si>
   <si>
     <t>1-10-NED 25 (0:49) 45-Danny Ruffin ran to NED 26 for 1 yards. Tackle by 22-Matt Silver.</t>
   </si>
   <si>
     <t>0:11</t>
   </si>
   <si>
     <t>2-9-NED 26 (0:10) 45-Danny Ruffin ran to NED 31 for 5 yards. Tackle by 50-James Prater.</t>
   </si>
   <si>
     <t>End of half.</t>
   </si>
   <si>
     <t>(15:00) 3-Richard Wright kicks 67 yards from PHI 35 to NED -2. Touchback.</t>
   </si>
   <si>
-    <t>#57 William Stewart - SLB</t>
+    <t>#57 William Stewart - MLB</t>
   </si>
   <si>
     <t>1-10-NED 25 (15:00) 34-John Reyes ran to NED 25 for a short gain. Tackle by 64-Brandon Ramirez.</t>
   </si>
   <si>
     <t>#3 Jonathan Hernandez - QB</t>
   </si>
   <si>
     <t>#68 Frank Gonzales - LG</t>
   </si>
   <si>
     <t>#94 Kristopher Jeter - DT</t>
   </si>
   <si>
     <t>#96 Kenneth Corbin - SLB</t>
   </si>
   <si>
     <t>I Formation Normal HB Draw</t>
   </si>
   <si>
     <t>4-3 Normal SLB Outside Blitz</t>
   </si>
   <si>
     <t>2-10-NED 25 (14:19) 34-John Reyes ran to NED 26 for 1 yards. Tackle by 94-Kristopher Jeter.</t>
   </si>
@@ -2331,51 +2331,51 @@
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="36.42" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="350.2" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="26.993" bestFit="true" customWidth="true" style="0"/>
-    <col min="30" max="30" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="30" max="30" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="34.135" bestFit="true" customWidth="true" style="0"/>