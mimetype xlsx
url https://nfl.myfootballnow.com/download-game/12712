--- v1 (2025-11-18)
+++ v2 (2025-12-26)
@@ -353,51 +353,51 @@
   <si>
     <t>1-10-PHI 25 (15:00) 29-Tyrone Tucker ran to PHI 28 for 3 yards. Tackle by 92-David Hernandez. 86-Kerry Whitaker missed that block completely. 86-Kerry Whitaker was caught flat-footed on this play.</t>
   </si>
   <si>
     <t>#9 Marc White - QB</t>
   </si>
   <si>
     <t>#24 Tyrone Tucker - RB</t>
   </si>
   <si>
     <t>#31 Richard Correa - RB</t>
   </si>
   <si>
     <t>#86 Kerry Whitaker - FB</t>
   </si>
   <si>
     <t>#82 Marc Mize - TE</t>
   </si>
   <si>
     <t>#80 Steve Torres - TE</t>
   </si>
   <si>
     <t>#59 Steven  Jenkins - LT</t>
   </si>
   <si>
-    <t>#61 Angelo Ingram - C</t>
+    <t>#70 Angelo Ingram - C</t>
   </si>
   <si>
     <t>#79 Terry Carini - C</t>
   </si>
   <si>
     <t>#67 Michael Alvarez - RG</t>
   </si>
   <si>
     <t>#77 Gerald Hughes - RT</t>
   </si>
   <si>
     <t>#77 Tommie McNeil - RDE</t>
   </si>
   <si>
     <t>#94 Ricky Griffith - LDE</t>
   </si>
   <si>
     <t>#62 Jason Isom - DT</t>
   </si>
   <si>
     <t>#69 Louis Fleming - DT</t>
   </si>
   <si>
     <t>#91 Jeffrey Hernandez - RDE</t>
   </si>