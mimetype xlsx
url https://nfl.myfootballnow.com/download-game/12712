--- v2 (2025-12-26)
+++ v3 (2026-01-25)
@@ -296,51 +296,51 @@
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 3-Marc Macpherson kicks 67 yards from NED 35 to PHI -2. Touchback.</t>
   </si>
   <si>
     <t>#14 Harry Bartlett - WR</t>
   </si>
   <si>
     <t>#48 Roger Wooten - FS</t>
   </si>
   <si>
     <t>#60 Robert Johnson - DT</t>
   </si>
   <si>
     <t>#90 Carl Russell - DT</t>
   </si>
   <si>
     <t>#22 Jeffery Weber - CB</t>
   </si>
   <si>
-    <t>#92 James Shepard - DT</t>
+    <t>#59 James Shepard - DT</t>
   </si>
   <si>
     <t>#98 James Prater - MLB</t>
   </si>
   <si>
     <t>#37 Roy Lewis - SS</t>
   </si>
   <si>
     <t>#74 Michael Addison - MLB</t>
   </si>
   <si>
     <t>#66 Richard Castillo - RDE</t>
   </si>
   <si>
     <t>#26 Rudy Liberty - K</t>
   </si>
   <si>
     <t>#3 Marc Macpherson - K</t>
   </si>
   <si>
     <t>PHI</t>
   </si>
   <si>
     <t>PHI 25</t>
   </si>
@@ -455,51 +455,51 @@
   <si>
     <t>Goal Line 3 Deep Zone Under</t>
   </si>
   <si>
     <t>1-10-PHI 42 (13:41) 29-Tyrone Tucker ran to PHI 43 for 1 yards. Tackle by 94-Ricky Griffith.</t>
   </si>
   <si>
     <t>12:59</t>
   </si>
   <si>
     <t>PHI 43</t>
   </si>
   <si>
     <t>I Formation Normal FL Hitch</t>
   </si>
   <si>
     <t>3-4 Normal Double WR2</t>
   </si>
   <si>
     <t>2-9-PHI 43 (12:58) 10-Marc White pass complete to 82-Marc Mize to NED 46 for 11 yards. Tackle by 50-Joseph Gray. 50-Joseph Gray got away with a hold on that play.</t>
   </si>
   <si>
     <t>#87 Ernest Worthey - WR</t>
   </si>
   <si>
-    <t>#59 Matthew Torres - SLB</t>
+    <t>#40 Matthew Torres - FS</t>
   </si>
   <si>
     <t>#36 Donald Taylor - FS</t>
   </si>
   <si>
     <t>12:12</t>
   </si>
   <si>
     <t>NED 46</t>
   </si>
   <si>
     <t>Shotgun Normal HB Flare</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>1-10-NED 46 (12:11) 10-Marc White pass complete to 23-Walter Jenkins to NED 44 for 3 yards. Tackle by 50-Joseph Gray.</t>
   </si>
   <si>
     <t>#23 Walter Jenkins - RB</t>
   </si>
   <si>
     <t>#88 John Salaam - WR</t>
   </si>
@@ -713,96 +713,96 @@
   <si>
     <t>#93 James Foster - WLB</t>
   </si>
   <si>
     <t>#24 George Cunningham - CB</t>
   </si>
   <si>
     <t>#36 Mark Williams - CB</t>
   </si>
   <si>
     <t>6:56</t>
   </si>
   <si>
     <t>I Formation 3WR SE Post</t>
   </si>
   <si>
     <t>Nickel Normal Man Cover 2</t>
   </si>
   <si>
     <t>2-9-NED 26 (6:55) 1-Raymond Duran pass Pass knocked down by 24-George Cunningham. incomplete, intended for 18-Ralph Kenyon.</t>
   </si>
   <si>
     <t>#87 Juan Mao - WR</t>
   </si>
   <si>
-    <t>#81 Robert Swanner - WR</t>
+    <t>#10 Robert Swanner - WR</t>
   </si>
   <si>
     <t>#58 Gregory Rubio - SLB</t>
   </si>
   <si>
     <t>#32 Burton Duran - CB</t>
   </si>
   <si>
     <t>#47 Raphael Mao - FS</t>
   </si>
   <si>
     <t>6:50</t>
   </si>
   <si>
     <t>Split Backs 3 Wide Slot Post</t>
   </si>
   <si>
     <t>Nickel Normal Double WR1</t>
   </si>
   <si>
     <t>3-9-NED 26 (6:51) 1-Raymond Duran pass complete to 45-Danny Ruffin to NED 40 for 15 yards.</t>
   </si>
   <si>
     <t>#21 Carl Frederick - CB</t>
   </si>
   <si>
     <t>#22 Matt Silver - FS</t>
   </si>
   <si>
     <t>6:14</t>
   </si>
   <si>
     <t>NED 40</t>
   </si>
   <si>
     <t>I Formation 3WR HB Inside Strong</t>
   </si>
   <si>
     <t>Nickel Normal Man Zone</t>
   </si>
   <si>
     <t>1-10-NED 40 (6:13) 34-John Reyes ran to PHI 48 for 12 yards. Tackle by 38-Raphael Mao.</t>
   </si>
   <si>
-    <t>#19 Mike Lamberton - WR</t>
+    <t>#12 Mike Lamberton - WR</t>
   </si>
   <si>
     <t>#95 Rick Phillips - WLB</t>
   </si>
   <si>
     <t>5:35</t>
   </si>
   <si>
     <t>PHI 48</t>
   </si>
   <si>
     <t>I Formation Normal PA Outside Curls</t>
   </si>
   <si>
     <t>1-10-PHI 48 (5:34) 1-Raymond Duran pass complete to 18-Ralph Kenyon to PHI 44 for 4 yards. Tackle by 32-Burton Duran.</t>
   </si>
   <si>
     <t>4:51</t>
   </si>
   <si>
     <t>PHI 44</t>
   </si>
   <si>
     <t>I Formation Power HB Sweep Weak</t>
   </si>
@@ -1076,51 +1076,51 @@
   <si>
     <t>Shotgun 2 RB 3 WR WR Curl</t>
   </si>
   <si>
     <t>2-6-NED 49 (8:56) 10-Marc White pass Pass knocked down by 26-Robert Ferris. incomplete, intended for 42-Thomas Vavra.</t>
   </si>
   <si>
     <t>8:52</t>
   </si>
   <si>
     <t>3-6-NED 49 (8:53) 34-John Elkins ran to NED 45 for 4 yards. Tackle by 98-Matthew Torres.</t>
   </si>
   <si>
     <t>#34 John Elkins - RB</t>
   </si>
   <si>
     <t>8:19</t>
   </si>
   <si>
     <t>NED 45</t>
   </si>
   <si>
     <t>4-2-NED 45 (8:18) 8-William Oakes punts 36 yards to NED 9. Fair Catch by 18-Ralph Kenyon.</t>
   </si>
   <si>
-    <t>#8 William Oakes - P</t>
+    <t>#9 William Oakes - P</t>
   </si>
   <si>
     <t>8:11</t>
   </si>
   <si>
     <t>NED 9</t>
   </si>
   <si>
     <t>1-10-NED 9 (8:12) 1-Raymond Duran pass complete to 81-Greg Derosa to NED 15 for 7 yards. Tackle by 36-Mark Williams.</t>
   </si>
   <si>
     <t>#78 Wesley Thompson - LDE</t>
   </si>
   <si>
     <t>7:37</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Blitz</t>
   </si>
   <si>
     <t>2-3-NED 15 (7:36) 45-Danny Ruffin ran to NED 13 for -2 yards. Tackle by 92-Brian Montague. NED 81-Greg Derosa was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>6:58</t>
   </si>