--- v3 (2026-01-25)
+++ v4 (2026-03-03)
@@ -290,51 +290,51 @@
   <si>
     <t>NED</t>
   </si>
   <si>
     <t>NED 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 3-Marc Macpherson kicks 67 yards from NED 35 to PHI -2. Touchback.</t>
   </si>
   <si>
     <t>#14 Harry Bartlett - WR</t>
   </si>
   <si>
     <t>#48 Roger Wooten - FS</t>
   </si>
   <si>
     <t>#60 Robert Johnson - DT</t>
   </si>
   <si>
-    <t>#90 Carl Russell - DT</t>
+    <t>#77 Carl Russell - DT</t>
   </si>
   <si>
     <t>#22 Jeffery Weber - CB</t>
   </si>
   <si>
     <t>#59 James Shepard - DT</t>
   </si>
   <si>
     <t>#98 James Prater - MLB</t>
   </si>
   <si>
     <t>#37 Roy Lewis - SS</t>
   </si>
   <si>
     <t>#74 Michael Addison - MLB</t>
   </si>
   <si>
     <t>#66 Richard Castillo - RDE</t>
   </si>
   <si>
     <t>#26 Rudy Liberty - K</t>
   </si>
   <si>
     <t>#3 Marc Macpherson - K</t>
   </si>