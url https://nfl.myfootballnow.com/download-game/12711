--- v0 (2025-10-21)
+++ v1 (2025-12-21)
@@ -308,132 +308,132 @@
   <si>
     <t>#22 Pokey Benoit - CB</t>
   </si>
   <si>
     <t>#56 Jared Owens - SS</t>
   </si>
   <si>
     <t>#42 Joseph Bryan - FS</t>
   </si>
   <si>
     <t>#92 Robert Reyes - LDE</t>
   </si>
   <si>
     <t>#41 Gordon Nelson - SS</t>
   </si>
   <si>
     <t>#77 Joaquin Stokes - RDE</t>
   </si>
   <si>
     <t>#79 Charles Smith - LDE</t>
   </si>
   <si>
     <t>#46 Chris Houde - WLB</t>
   </si>
   <si>
-    <t>#39 Jeffery Thayer - CB</t>
+    <t>#21 Jeffery Thayer - CB</t>
   </si>
   <si>
     <t>#94 Seth Langhorne - RDE</t>
   </si>
   <si>
     <t>#9 James Ramos - K</t>
   </si>
   <si>
     <t>TEN</t>
   </si>
   <si>
     <t>TEN 25</t>
   </si>
   <si>
     <t>I Formation 3WR HB Toss Strong</t>
   </si>
   <si>
     <t>Nickel Normal CB3 MLB Blitz</t>
   </si>
   <si>
     <t>1-10-TEN 25 (15:00) 83-Aaron Tenney ran to TEN 27 for 2 yards. Tackle by 52-Steve Thompson.</t>
   </si>
   <si>
-    <t>#6 Jean Martin - QB</t>
+    <t>#14 Jean Martin - QB</t>
   </si>
   <si>
     <t>#25 Aaron Tenney - RB</t>
   </si>
   <si>
-    <t>#82 Roland Fritz - TE</t>
+    <t>#83 Roland Fritz - TE</t>
   </si>
   <si>
     <t>#14 James Summers - WR</t>
   </si>
   <si>
     <t>#18 Myron Long - WR</t>
   </si>
   <si>
     <t>#18 Aaron Atwood - WR</t>
   </si>
   <si>
     <t>#70 John Millar - LT</t>
   </si>
   <si>
-    <t>#72 Galen Larsen - LG</t>
+    <t>#58 Galen Larsen - LG</t>
   </si>
   <si>
     <t>#78 Robert Beaumont - RT</t>
   </si>
   <si>
     <t>#60 Robert Allen - RG</t>
   </si>
   <si>
     <t>#64 Clyde Reid - LT</t>
   </si>
   <si>
     <t>#90 Joe Nation - SLB</t>
   </si>
   <si>
     <t>#68 Wendell Wilkins - DT</t>
   </si>
   <si>
     <t>#66 Neal Steele - DT</t>
   </si>
   <si>
     <t>#76 Jeffrey Crockett - RDE</t>
   </si>
   <si>
     <t>#52 Steve Thompson - WLB</t>
   </si>
   <si>
-    <t>#55 Eric Williams - MLB</t>
+    <t>#51 Eric Williams - WLB</t>
   </si>
   <si>
     <t>#22 Larry Turner - CB</t>
   </si>
   <si>
-    <t>#48 Scott Smalls - FS</t>
-[...2 lines deleted...]
-    <t>#46 George Janik - CB</t>
+    <t>#42 Scott Smalls - SS</t>
+  </si>
+  <si>
+    <t>#48 George Janik - CB</t>
   </si>
   <si>
     <t>#26 Calvin Weaver - CB</t>
   </si>
   <si>
     <t>#23 Kirk Ford - FS</t>
   </si>
   <si>
     <t>14:16</t>
   </si>
   <si>
     <t>TEN 27</t>
   </si>
   <si>
     <t>Goal Line Normal HB Weak</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Zone Under</t>
   </si>
   <si>
     <t>2-8-TEN 27 (14:15) 83-Aaron Tenney ran to TEN 27 for a short loss. Tackle by 78-Jeffrey Crockett.</t>
   </si>
   <si>
     <t>#80 Jeffrey Whitaker - TE</t>
   </si>
@@ -455,132 +455,132 @@
   <si>
     <t>Nickel Normal Man Zone</t>
   </si>
   <si>
     <t>3-8-TEN 27 (13:36) 6-Jean Martin pass incomplete, dropped by 89-Myron Long.</t>
   </si>
   <si>
     <t>13:32</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-8-TEN 27 (13:33) 17-Lawrence Perez punts 53 yards to CHI 21. Fair Catch by 84-Roy Doss.</t>
   </si>
   <si>
     <t>#4 Lawrence Perez - P</t>
   </si>
   <si>
     <t>#84 Roy Doss - WR</t>
   </si>
   <si>
-    <t>#23 Jose Rogers - CB</t>
+    <t>#43 Jose Rogers - FS</t>
   </si>
   <si>
     <t>#61 Johnny Poole - LT</t>
   </si>
   <si>
     <t>#57 Johnathan Thompson - RT</t>
   </si>
   <si>
     <t>#61 Harold Sy - LG</t>
   </si>
   <si>
-    <t>#90 Alejandro Cole - DT</t>
+    <t>#90 Alejandro Cole - RDE</t>
   </si>
   <si>
     <t>#94 Jimmy Burns - DT</t>
   </si>
   <si>
     <t>#55 Matthew Pugliese - LDE</t>
   </si>
   <si>
     <t>13:25</t>
   </si>
   <si>
     <t>CHI 21</t>
   </si>
   <si>
     <t>Goal Line Normal HB Off Tackle</t>
   </si>
   <si>
     <t>Goal Line Attack #3</t>
   </si>
   <si>
     <t>1-10-CHI 21 (13:26) PENALTY - False Start (CHI 23-Louis Elson)</t>
   </si>
   <si>
     <t>#6 Michael Criss - QB</t>
   </si>
   <si>
     <t>#5 Woodrow White - WR</t>
   </si>
   <si>
     <t>#23 Louis Elson - FB</t>
   </si>
   <si>
-    <t>#32 Joe Corbin - FB</t>
-[...5 lines deleted...]
-    <t>#40 Frank Henry - FB</t>
+    <t>#45 Joe Corbin - TE</t>
+  </si>
+  <si>
+    <t>#43 Joel Adkins - FB</t>
+  </si>
+  <si>
+    <t>#80 Frank Henry - TE</t>
   </si>
   <si>
     <t>#56 Richard Hodges - LT</t>
   </si>
   <si>
     <t>#74 James Alejo - C</t>
   </si>
   <si>
-    <t>#73 Luther Parker - LT</t>
+    <t>#73 Luther Parker - LG</t>
   </si>
   <si>
     <t>#63 Larry Calhoun - RT</t>
   </si>
   <si>
     <t>#60 Michael Shields - C</t>
   </si>
   <si>
     <t>#48 Terry Daniel - RDE</t>
   </si>
   <si>
-    <t>#63 Douglas Buller - DT</t>
+    <t>#91 Douglas Buller - DT</t>
   </si>
   <si>
     <t>#55 James Connolly - MLB</t>
   </si>
   <si>
-    <t>#54 Danny Anderson - MLB</t>
-[...2 lines deleted...]
-    <t>#42 Thomas Jarvis - CB</t>
+    <t>#50 Danny Anderson - MLB</t>
+  </si>
+  <si>
+    <t>#27 Thomas Jarvis - CB</t>
   </si>
   <si>
     <t>#40 Andrew Ferreira - SS</t>
   </si>
   <si>
     <t>CHI 16</t>
   </si>
   <si>
     <t>Goal Line Normal HB Outside Strong</t>
   </si>
   <si>
     <t>1-15-CHI 16 (13:26) 5-Woodrow White ran to CHI 15 for a short loss. Tackle by 61-Robert Reyes.</t>
   </si>
   <si>
     <t>13:24</t>
   </si>
   <si>
     <t>Timeout CHI</t>
   </si>
   <si>
     <t>12:47</t>
   </si>
   <si>
     <t>CHI 15</t>
   </si>
@@ -668,54 +668,54 @@
   <si>
     <t>TEN 45</t>
   </si>
   <si>
     <t>2-9-TEN 45 (11:21) 6-Jean Martin pass complete to 83-Aaron Tenney to TEN 48 for 3 yards. Tackle by 10-Eric Williams.</t>
   </si>
   <si>
     <t>10:36</t>
   </si>
   <si>
     <t>TEN 48</t>
   </si>
   <si>
     <t>I Formation 3WR Slot Corner Long</t>
   </si>
   <si>
     <t>3-6-TEN 48 (10:35) 6-Jean Martin pass INTERCEPTED by 26-Calvin Weaver at CHI 43. 26-Calvin Weaver to CHI 43 for -0 yards. Tackle by 18-Aaron Atwood. PENALTY - Pass Interference (CHI 26-Calvin Weaver)</t>
   </si>
   <si>
     <t>#34 Stanton Bennett - RB</t>
   </si>
   <si>
     <t>#10 Snoop Willis - WR</t>
   </si>
   <si>
-    <t>#53 Ty Crowe - MLB</t>
-[...2 lines deleted...]
-    <t>#56 Paul Sims - MLB</t>
+    <t>#96 Ty Crowe - RDE</t>
+  </si>
+  <si>
+    <t>#50 Paul Sims - MLB</t>
   </si>
   <si>
     <t>10:30</t>
   </si>
   <si>
     <t>CHI 42</t>
   </si>
   <si>
     <t>1-10-CHI 42 (10:31) 6-Jean Martin pass incomplete, dropped by 81-Kenny Parker.</t>
   </si>
   <si>
     <t>#83 Kenny Parker - WR</t>
   </si>
   <si>
     <t>#27 Stephen Scott - SS</t>
   </si>
   <si>
     <t>10:27</t>
   </si>
   <si>
     <t>I Formation 3WR SE Post</t>
   </si>
   <si>
     <t>Nickel Normal Man Cover 2</t>
   </si>
@@ -2346,57 +2346,57 @@
     <col min="29" max="29" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="24.708" bestFit="true" customWidth="true" style="0"/>
-    <col min="54" max="54" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="54" max="54" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="34.135" bestFit="true" customWidth="true" style="0"/>
-    <col min="60" max="60" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="60" max="60" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="29.421" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">