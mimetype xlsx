--- v1 (2025-12-21)
+++ v2 (2026-01-20)
@@ -332,72 +332,72 @@
   <si>
     <t>#21 Jeffery Thayer - CB</t>
   </si>
   <si>
     <t>#94 Seth Langhorne - RDE</t>
   </si>
   <si>
     <t>#9 James Ramos - K</t>
   </si>
   <si>
     <t>TEN</t>
   </si>
   <si>
     <t>TEN 25</t>
   </si>
   <si>
     <t>I Formation 3WR HB Toss Strong</t>
   </si>
   <si>
     <t>Nickel Normal CB3 MLB Blitz</t>
   </si>
   <si>
     <t>1-10-TEN 25 (15:00) 83-Aaron Tenney ran to TEN 27 for 2 yards. Tackle by 52-Steve Thompson.</t>
   </si>
   <si>
-    <t>#14 Jean Martin - QB</t>
+    <t>#8 Jean Martin - QB</t>
   </si>
   <si>
     <t>#25 Aaron Tenney - RB</t>
   </si>
   <si>
     <t>#83 Roland Fritz - TE</t>
   </si>
   <si>
     <t>#14 James Summers - WR</t>
   </si>
   <si>
     <t>#18 Myron Long - WR</t>
   </si>
   <si>
     <t>#18 Aaron Atwood - WR</t>
   </si>
   <si>
     <t>#70 John Millar - LT</t>
   </si>
   <si>
-    <t>#58 Galen Larsen - LG</t>
+    <t>#69 Galen Larsen - LG</t>
   </si>
   <si>
     <t>#78 Robert Beaumont - RT</t>
   </si>
   <si>
     <t>#60 Robert Allen - RG</t>
   </si>
   <si>
     <t>#64 Clyde Reid - LT</t>
   </si>
   <si>
     <t>#90 Joe Nation - SLB</t>
   </si>
   <si>
     <t>#68 Wendell Wilkins - DT</t>
   </si>
   <si>
     <t>#66 Neal Steele - DT</t>
   </si>
   <si>
     <t>#76 Jeffrey Crockett - RDE</t>
   </si>
   <si>
     <t>#52 Steve Thompson - WLB</t>
   </si>
@@ -500,72 +500,72 @@
   <si>
     <t>13:25</t>
   </si>
   <si>
     <t>CHI 21</t>
   </si>
   <si>
     <t>Goal Line Normal HB Off Tackle</t>
   </si>
   <si>
     <t>Goal Line Attack #3</t>
   </si>
   <si>
     <t>1-10-CHI 21 (13:26) PENALTY - False Start (CHI 23-Louis Elson)</t>
   </si>
   <si>
     <t>#6 Michael Criss - QB</t>
   </si>
   <si>
     <t>#5 Woodrow White - WR</t>
   </si>
   <si>
     <t>#23 Louis Elson - FB</t>
   </si>
   <si>
-    <t>#45 Joe Corbin - TE</t>
+    <t>#45 Joe Corbin - FB</t>
   </si>
   <si>
     <t>#43 Joel Adkins - FB</t>
   </si>
   <si>
-    <t>#80 Frank Henry - TE</t>
+    <t>#82 Frank Henry - TE</t>
   </si>
   <si>
     <t>#56 Richard Hodges - LT</t>
   </si>
   <si>
     <t>#74 James Alejo - C</t>
   </si>
   <si>
     <t>#73 Luther Parker - LG</t>
   </si>
   <si>
     <t>#63 Larry Calhoun - RT</t>
   </si>
   <si>
-    <t>#60 Michael Shields - C</t>
+    <t>#67 Michael Shields - C</t>
   </si>
   <si>
     <t>#48 Terry Daniel - RDE</t>
   </si>
   <si>
     <t>#91 Douglas Buller - DT</t>
   </si>
   <si>
     <t>#55 James Connolly - MLB</t>
   </si>
   <si>
     <t>#50 Danny Anderson - MLB</t>
   </si>
   <si>
     <t>#27 Thomas Jarvis - CB</t>
   </si>
   <si>
     <t>#40 Andrew Ferreira - SS</t>
   </si>
   <si>
     <t>CHI 16</t>
   </si>
   <si>
     <t>Goal Line Normal HB Outside Strong</t>
   </si>