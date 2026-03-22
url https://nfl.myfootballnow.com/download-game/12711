--- v2 (2026-01-20)
+++ v3 (2026-03-22)
@@ -371,102 +371,102 @@
   <si>
     <t>#18 Aaron Atwood - WR</t>
   </si>
   <si>
     <t>#70 John Millar - LT</t>
   </si>
   <si>
     <t>#69 Galen Larsen - LG</t>
   </si>
   <si>
     <t>#78 Robert Beaumont - RT</t>
   </si>
   <si>
     <t>#60 Robert Allen - RG</t>
   </si>
   <si>
     <t>#64 Clyde Reid - LT</t>
   </si>
   <si>
     <t>#90 Joe Nation - SLB</t>
   </si>
   <si>
     <t>#68 Wendell Wilkins - DT</t>
   </si>
   <si>
-    <t>#66 Neal Steele - DT</t>
+    <t>#1 Neal Steele - LDE</t>
   </si>
   <si>
     <t>#76 Jeffrey Crockett - RDE</t>
   </si>
   <si>
     <t>#52 Steve Thompson - WLB</t>
   </si>
   <si>
     <t>#51 Eric Williams - WLB</t>
   </si>
   <si>
     <t>#22 Larry Turner - CB</t>
   </si>
   <si>
     <t>#42 Scott Smalls - SS</t>
   </si>
   <si>
     <t>#48 George Janik - CB</t>
   </si>
   <si>
     <t>#26 Calvin Weaver - CB</t>
   </si>
   <si>
     <t>#23 Kirk Ford - FS</t>
   </si>
   <si>
     <t>14:16</t>
   </si>
   <si>
     <t>TEN 27</t>
   </si>
   <si>
     <t>Goal Line Normal HB Weak</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Zone Under</t>
   </si>
   <si>
     <t>2-8-TEN 27 (14:15) 83-Aaron Tenney ran to TEN 27 for a short loss. Tackle by 78-Jeffrey Crockett.</t>
   </si>
   <si>
     <t>#80 Jeffrey Whitaker - TE</t>
   </si>
   <si>
     <t>#82 Jermaine Marshall - TE</t>
   </si>
   <si>
     <t>#75 Gary Sander - LDE</t>
   </si>
   <si>
-    <t>#5 Craig Thomas - WLB</t>
+    <t>#45 Craig Thomas - WLB</t>
   </si>
   <si>
     <t>13:37</t>
   </si>
   <si>
     <t>I Formation 3WR Slot Short WR Deep</t>
   </si>
   <si>
     <t>Nickel Normal Man Zone</t>
   </si>
   <si>
     <t>3-8-TEN 27 (13:36) 6-Jean Martin pass incomplete, dropped by 89-Myron Long.</t>
   </si>
   <si>
     <t>13:32</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-8-TEN 27 (13:33) 17-Lawrence Perez punts 53 yards to CHI 21. Fair Catch by 84-Roy Doss.</t>
   </si>
@@ -503,51 +503,51 @@
   <si>
     <t>CHI 21</t>
   </si>
   <si>
     <t>Goal Line Normal HB Off Tackle</t>
   </si>
   <si>
     <t>Goal Line Attack #3</t>
   </si>
   <si>
     <t>1-10-CHI 21 (13:26) PENALTY - False Start (CHI 23-Louis Elson)</t>
   </si>
   <si>
     <t>#6 Michael Criss - QB</t>
   </si>
   <si>
     <t>#5 Woodrow White - WR</t>
   </si>
   <si>
     <t>#23 Louis Elson - FB</t>
   </si>
   <si>
     <t>#45 Joe Corbin - FB</t>
   </si>
   <si>
-    <t>#43 Joel Adkins - FB</t>
+    <t>#25 Joel Adkins - FB</t>
   </si>
   <si>
     <t>#82 Frank Henry - TE</t>
   </si>
   <si>
     <t>#56 Richard Hodges - LT</t>
   </si>
   <si>
     <t>#74 James Alejo - C</t>
   </si>
   <si>
     <t>#73 Luther Parker - LG</t>
   </si>
   <si>
     <t>#63 Larry Calhoun - RT</t>
   </si>
   <si>
     <t>#67 Michael Shields - C</t>
   </si>
   <si>
     <t>#48 Terry Daniel - RDE</t>
   </si>
   <si>
     <t>#91 Douglas Buller - DT</t>
   </si>
@@ -671,51 +671,51 @@
   <si>
     <t>2-9-TEN 45 (11:21) 6-Jean Martin pass complete to 83-Aaron Tenney to TEN 48 for 3 yards. Tackle by 10-Eric Williams.</t>
   </si>
   <si>
     <t>10:36</t>
   </si>
   <si>
     <t>TEN 48</t>
   </si>
   <si>
     <t>I Formation 3WR Slot Corner Long</t>
   </si>
   <si>
     <t>3-6-TEN 48 (10:35) 6-Jean Martin pass INTERCEPTED by 26-Calvin Weaver at CHI 43. 26-Calvin Weaver to CHI 43 for -0 yards. Tackle by 18-Aaron Atwood. PENALTY - Pass Interference (CHI 26-Calvin Weaver)</t>
   </si>
   <si>
     <t>#34 Stanton Bennett - RB</t>
   </si>
   <si>
     <t>#10 Snoop Willis - WR</t>
   </si>
   <si>
     <t>#96 Ty Crowe - RDE</t>
   </si>
   <si>
-    <t>#50 Paul Sims - MLB</t>
+    <t>#94 Paul Sims - MLB</t>
   </si>
   <si>
     <t>10:30</t>
   </si>
   <si>
     <t>CHI 42</t>
   </si>
   <si>
     <t>1-10-CHI 42 (10:31) 6-Jean Martin pass incomplete, dropped by 81-Kenny Parker.</t>
   </si>
   <si>
     <t>#83 Kenny Parker - WR</t>
   </si>
   <si>
     <t>#27 Stephen Scott - SS</t>
   </si>
   <si>
     <t>10:27</t>
   </si>
   <si>
     <t>I Formation 3WR SE Post</t>
   </si>
   <si>
     <t>Nickel Normal Man Cover 2</t>
   </si>
@@ -734,51 +734,51 @@
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>3-9-CHI 42 (9:45) 6-Jean Martin pass complete to 26-Stanton Bennett to CHI 38 for 4 yards. Tackle by 22-Larry Turner.</t>
   </si>
   <si>
     <t>9:01</t>
   </si>
   <si>
     <t>CHI 38</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-6-CHI 38 (9:00) 9-Brian Larson 56 yard field goal is GOOD. CHI 0 TEN 5</t>
   </si>
   <si>
     <t>#10 William Evans - QB</t>
   </si>
   <si>
-    <t>#9 Brian Larson - K</t>
+    <t>#5 Brian Larson - K</t>
   </si>
   <si>
     <t>#93 Alexander Castillo - RDE</t>
   </si>
   <si>
     <t>#40 Michael Willis - SS</t>
   </si>
   <si>
     <t>#94 Eric Hayes - MLB</t>
   </si>
   <si>
     <t>8:55</t>
   </si>
   <si>
     <t>TEN 35</t>
   </si>
   <si>
     <t>(8:56) 9-Brian Larson kicks 75 yards from TEN 35 to CHI -10. Touchback.</t>
   </si>
   <si>
     <t>#40 Marc Gaither - SLB</t>
   </si>
   <si>
     <t>CHI 25</t>
   </si>