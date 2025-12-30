--- v0 (2025-10-31)
+++ v1 (2025-12-30)
@@ -290,66 +290,66 @@
   <si>
     <t>WAS</t>
   </si>
   <si>
     <t>WAS 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 1-Kenneth Crabtree kicks 71 yards from WAS 35 to BUF -6. 25-Marshall Bowen to BUF 23 for 30 yards. Tackle by 48-Charles McAllister.</t>
   </si>
   <si>
     <t>#25 Marshall Bowen - RB</t>
   </si>
   <si>
     <t>#62 Gregory Jacobson - DT</t>
   </si>
   <si>
     <t>#48 Adam Bryant - CB</t>
   </si>
   <si>
-    <t>#73 Jorge Rodriguez - DT</t>
+    <t>#73 Jorge Rodriguez - RDE</t>
   </si>
   <si>
     <t>#61 Phillip Williams - RDE</t>
   </si>
   <si>
     <t>#91 Dave Baker - WLB</t>
   </si>
   <si>
     <t>#80 Harry Wise - WR</t>
   </si>
   <si>
     <t>#28 Dennis Hutchinson - CB</t>
   </si>
   <si>
-    <t>#26 Frank Medina - CB</t>
+    <t>#31 Frank Medina - CB</t>
   </si>
   <si>
     <t>#72 Austin Roth - RDE</t>
   </si>
   <si>
     <t>#21 Jerald Garris - SS</t>
   </si>
   <si>
     <t>#5 Kenneth Crabtree - K</t>
   </si>
   <si>
     <t>BUF</t>
   </si>
   <si>
     <t>14:54</t>
   </si>
   <si>
     <t>BUF 23</t>
   </si>
   <si>
     <t>Shotgun Normal Deep Weak In and Out</t>
   </si>
   <si>
     <t>Nickel 3-3-5 CB1 CB2 Blitz</t>
   </si>
@@ -395,51 +395,51 @@
   <si>
     <t>#69 Kermit Carlson - LDE</t>
   </si>
   <si>
     <t>#96 Michael Hattaway - SLB</t>
   </si>
   <si>
     <t>#95 Dan Floyd - MLB</t>
   </si>
   <si>
     <t>#59 Bart Saylor - MLB</t>
   </si>
   <si>
     <t>#49 David Anderson - CB</t>
   </si>
   <si>
     <t>#27 Rene Head - CB</t>
   </si>
   <si>
     <t>#38 Walter Larson - CB</t>
   </si>
   <si>
     <t>#31 Scott Gonzales - SS</t>
   </si>
   <si>
-    <t>#48 Robert Jeremiah - SS</t>
+    <t>#32 Robert Jeremiah - SS</t>
   </si>
   <si>
     <t>14:19</t>
   </si>
   <si>
     <t>BUF 35</t>
   </si>
   <si>
     <t>I Formation Normal PA Streaks</t>
   </si>
   <si>
     <t>4-3 Normal Man QB Spy</t>
   </si>
   <si>
     <t>1-10-BUF 35 (14:18) 19-Jeffery Lamarche pass Pass knocked down by 48-Charles McAllister. incomplete, intended for 15-James Roland.</t>
   </si>
   <si>
     <t>#39 Marcus Teague - FB</t>
   </si>
   <si>
     <t>#93 Charles Mitchell - DT</t>
   </si>
   <si>
     <t>#48 Charles McAllister - WLB</t>
   </si>
@@ -488,81 +488,81 @@
   <si>
     <t>BUF 37</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-8-BUF 37 (12:45) 16-Seth Larsen punts 47 yards to WAS 17. Fair Catch by 39-Fred Medved.</t>
   </si>
   <si>
     <t>#7 Seth Larsen - P</t>
   </si>
   <si>
     <t>#39 Fred Medved - RB</t>
   </si>
   <si>
     <t>#78 Darrell Holman - RDE</t>
   </si>
   <si>
     <t>#2 Andrew Nunn - RDE</t>
   </si>
   <si>
-    <t>#64 Walter Bessette - LG</t>
+    <t>#57 Walter Bessette - LG</t>
   </si>
   <si>
     <t>#76 William Cason - C</t>
   </si>
   <si>
     <t>#91 John Ostrander - DT</t>
   </si>
   <si>
     <t>#92 Michael Maurice - WLB</t>
   </si>
   <si>
     <t>12:37</t>
   </si>
   <si>
     <t>WAS 17</t>
   </si>
   <si>
     <t>Weak I Normal Skinny Posts</t>
   </si>
   <si>
     <t>4-3 Under Double Safety Blitz</t>
   </si>
   <si>
     <t>1-10-WAS 17 (12:38) PENALTY - False Start (WAS 73-Guy Harbin)</t>
   </si>
   <si>
     <t>#14 Hector Burgess - QB</t>
   </si>
   <si>
-    <t>#85 Kyle Whisler - TE</t>
+    <t>#44 Kyle Whisler - FB</t>
   </si>
   <si>
     <t>#89 Paul Tanner - FB</t>
   </si>
   <si>
     <t>#18 Ronald McCafferty - WR</t>
   </si>
   <si>
     <t>#15 Jason Dorsett - WR</t>
   </si>
   <si>
     <t>#69 Eugene Trammell - LG</t>
   </si>
   <si>
     <t>#75 Ira Smith - LG</t>
   </si>
   <si>
     <t>#73 Guy Harbin - C</t>
   </si>
   <si>
     <t>#68 Raymond Kates - RT</t>
   </si>
   <si>
     <t>#76 Carlos Pass - LT</t>
   </si>