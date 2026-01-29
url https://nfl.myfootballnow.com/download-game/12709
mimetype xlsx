--- v1 (2025-12-30)
+++ v2 (2026-01-29)
@@ -362,69 +362,69 @@
   <si>
     <t>#34 Julian Barras - RB</t>
   </si>
   <si>
     <t>#82 Scott Jimenez - TE</t>
   </si>
   <si>
     <t>#17 Joshua Scott - WR</t>
   </si>
   <si>
     <t>#15 James Roland - WR</t>
   </si>
   <si>
     <t>#65 William Espinoza - RG</t>
   </si>
   <si>
     <t>#63 John Andrews - LT</t>
   </si>
   <si>
     <t>#71 Doug Chapple - C</t>
   </si>
   <si>
     <t>#60 Richard Thompson - RT</t>
   </si>
   <si>
-    <t>#69 Michael Sonntag - LG</t>
+    <t>#52 Michael Sonntag - LG</t>
   </si>
   <si>
     <t>#92 Chad Lupien - LDE</t>
   </si>
   <si>
     <t>#79 Joe Sparkman - DT</t>
   </si>
   <si>
     <t>#69 Kermit Carlson - LDE</t>
   </si>
   <si>
     <t>#96 Michael Hattaway - SLB</t>
   </si>
   <si>
     <t>#95 Dan Floyd - MLB</t>
   </si>
   <si>
-    <t>#59 Bart Saylor - MLB</t>
+    <t>#91 Bart Saylor - MLB</t>
   </si>
   <si>
     <t>#49 David Anderson - CB</t>
   </si>
   <si>
     <t>#27 Rene Head - CB</t>
   </si>
   <si>
     <t>#38 Walter Larson - CB</t>
   </si>
   <si>
     <t>#31 Scott Gonzales - SS</t>
   </si>
   <si>
     <t>#32 Robert Jeremiah - SS</t>
   </si>
   <si>
     <t>14:19</t>
   </si>
   <si>
     <t>BUF 35</t>
   </si>
   <si>
     <t>I Formation Normal PA Streaks</t>
   </si>
@@ -491,78 +491,78 @@
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-8-BUF 37 (12:45) 16-Seth Larsen punts 47 yards to WAS 17. Fair Catch by 39-Fred Medved.</t>
   </si>
   <si>
     <t>#7 Seth Larsen - P</t>
   </si>
   <si>
     <t>#39 Fred Medved - RB</t>
   </si>
   <si>
     <t>#78 Darrell Holman - RDE</t>
   </si>
   <si>
     <t>#2 Andrew Nunn - RDE</t>
   </si>
   <si>
     <t>#57 Walter Bessette - LG</t>
   </si>
   <si>
-    <t>#76 William Cason - C</t>
+    <t>#76 William Cason - RT</t>
   </si>
   <si>
     <t>#91 John Ostrander - DT</t>
   </si>
   <si>
     <t>#92 Michael Maurice - WLB</t>
   </si>
   <si>
     <t>12:37</t>
   </si>
   <si>
     <t>WAS 17</t>
   </si>
   <si>
     <t>Weak I Normal Skinny Posts</t>
   </si>
   <si>
     <t>4-3 Under Double Safety Blitz</t>
   </si>
   <si>
     <t>1-10-WAS 17 (12:38) PENALTY - False Start (WAS 73-Guy Harbin)</t>
   </si>
   <si>
     <t>#14 Hector Burgess - QB</t>
   </si>
   <si>
-    <t>#44 Kyle Whisler - FB</t>
+    <t>#80 Kyle Whisler - TE</t>
   </si>
   <si>
     <t>#89 Paul Tanner - FB</t>
   </si>
   <si>
     <t>#18 Ronald McCafferty - WR</t>
   </si>
   <si>
     <t>#15 Jason Dorsett - WR</t>
   </si>
   <si>
     <t>#69 Eugene Trammell - LG</t>
   </si>
   <si>
     <t>#75 Ira Smith - LG</t>
   </si>
   <si>
     <t>#73 Guy Harbin - C</t>
   </si>
   <si>
     <t>#68 Raymond Kates - RT</t>
   </si>
   <si>
     <t>#76 Carlos Pass - LT</t>
   </si>
@@ -623,51 +623,51 @@
   <si>
     <t>#89 Ellis Oconnell - TE</t>
   </si>
   <si>
     <t>#38 Brian Jordan - RB</t>
   </si>
   <si>
     <t>#93 Brant Plummer - RDE</t>
   </si>
   <si>
     <t>11:22</t>
   </si>
   <si>
     <t>WAS 20</t>
   </si>
   <si>
     <t>4-6-WAS 20 (11:21) 8-Travis Mascarenas punts 47 yards to BUF 33. 25-Marshall Bowen FUMBLES recovered by BUF-25-Marshall Bowen to BUF 27 for -3 yards. Tackle by 40-Walter Larson.</t>
   </si>
   <si>
     <t>#8 Travis Mascarenas - P</t>
   </si>
   <si>
     <t>#77 Anthony Mills - RG</t>
   </si>
   <si>
-    <t>#61 Richard Miller - LT</t>
+    <t>#66 Richard Miller - RG</t>
   </si>
   <si>
     <t>#74 Charles Rockwell - RT</t>
   </si>
   <si>
     <t>11:11</t>
   </si>
   <si>
     <t>BUF 27</t>
   </si>
   <si>
     <t>I Formation Normal HB Toss Weak</t>
   </si>
   <si>
     <t>4-3 Normal Cover 3 Zone Under</t>
   </si>
   <si>
     <t>1-10-BUF 27 (11:12) 25-Marshall Bowen ran to BUF 35 for 8 yards. Tackle by 48-Charles McAllister.</t>
   </si>
   <si>
     <t>10:36</t>
   </si>
   <si>
     <t>Singleback Normal HB Counter Weak</t>
   </si>
@@ -959,51 +959,51 @@
   <si>
     <t>WAS 50</t>
   </si>
   <si>
     <t>I Formation Normal HB Dive</t>
   </si>
   <si>
     <t>3-2-WAS 50 (12:12) 10-Harold Redrick ran to WAS 50 for a short loss. Tackle by 91-Dave Baker.</t>
   </si>
   <si>
     <t>11:39</t>
   </si>
   <si>
     <t>4-3-WAS 50 (11:38) 8-Travis Mascarenas punts 50 yards to BUF 0.4-3-WAS 50 (11:38) 8-Travis Mascarenas punts 50 yards to BUF 0. Touchback.</t>
   </si>
   <si>
     <t>11:29</t>
   </si>
   <si>
     <t>BUF 20</t>
   </si>
   <si>
     <t>1-10-BUF 20 (11:30) 19-Jeffery Lamarche pass complete to 25-Marshall Bowen to BUF 36 for 16 yards.</t>
   </si>
   <si>
-    <t>#67 William Russell - MLB</t>
+    <t>#94 William Russell - MLB</t>
   </si>
   <si>
     <t>#54 Jose Delgado - MLB</t>
   </si>
   <si>
     <t>#55 Daniel Driver - WLB</t>
   </si>
   <si>
     <t>#47 Maynard McCullough - SLB</t>
   </si>
   <si>
     <t>#37 Mathew Carroll - SS</t>
   </si>
   <si>
     <t>10:48</t>
   </si>
   <si>
     <t>BUF 36</t>
   </si>
   <si>
     <t>Singleback Normal TE Quick Out</t>
   </si>
   <si>
     <t>1-10-BUF 36 (10:47) 19-Jeffery Lamarche pass Pass knocked down by 92-Michael Maurice. incomplete, intended for 84-Gary Stillman.</t>
   </si>
@@ -1199,51 +1199,51 @@
   <si>
     <t>2:26</t>
   </si>
   <si>
     <t>1-10-WAS 49 (2:27) 19-Jeffery Lamarche pass complete to 34-Julian Barras to WAS 25 for 24 yards.</t>
   </si>
   <si>
     <t>2:00</t>
   </si>
   <si>
     <t>Timeout for two minute warning.</t>
   </si>
   <si>
     <t>1-10-WAS 25 (2:00) 19-Jeffery Lamarche ran to WAS 15 for 10 yards. Tackle by 92-Michael Maurice.</t>
   </si>
   <si>
     <t>#33 Bruce Shaw - RB</t>
   </si>
   <si>
     <t>#12 Kevin Plumb - WR</t>
   </si>
   <si>
     <t>#87 Charlie Tumlin - WR</t>
   </si>
   <si>
-    <t>#30 Robert Evans - FS</t>
+    <t>#30 Robert Evans - SS</t>
   </si>
   <si>
     <t>1:26</t>
   </si>
   <si>
     <t>WAS 15</t>
   </si>
   <si>
     <t>4-3 Normal CB2 Blitz</t>
   </si>
   <si>
     <t>1-10-WAS 15 (1:25) 19-Jeffery Lamarche pass Pass knocked down by 54-Jose Delgado. incomplete, intended for 39-Marcus Teague.</t>
   </si>
   <si>
     <t>4-3 Normal OLB Blitz Outside</t>
   </si>
   <si>
     <t>2-10-WAS 15 (1:21) 19-Jeffery Lamarche pass complete to 86-Scott Jimenez to WAS 3 for 11 yards. Tackle by 37-Mathew Carroll. Great move by 86-Scott Jimenez to get free of his coverage.</t>
   </si>
   <si>
     <t>1:17</t>
   </si>
   <si>
     <t>Timeout BUF</t>
   </si>