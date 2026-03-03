--- v2 (2026-01-29)
+++ v3 (2026-03-03)
@@ -623,51 +623,51 @@
   <si>
     <t>#89 Ellis Oconnell - TE</t>
   </si>
   <si>
     <t>#38 Brian Jordan - RB</t>
   </si>
   <si>
     <t>#93 Brant Plummer - RDE</t>
   </si>
   <si>
     <t>11:22</t>
   </si>
   <si>
     <t>WAS 20</t>
   </si>
   <si>
     <t>4-6-WAS 20 (11:21) 8-Travis Mascarenas punts 47 yards to BUF 33. 25-Marshall Bowen FUMBLES recovered by BUF-25-Marshall Bowen to BUF 27 for -3 yards. Tackle by 40-Walter Larson.</t>
   </si>
   <si>
     <t>#8 Travis Mascarenas - P</t>
   </si>
   <si>
     <t>#77 Anthony Mills - RG</t>
   </si>
   <si>
-    <t>#66 Richard Miller - RG</t>
+    <t>#66 Richard Miller - LG</t>
   </si>
   <si>
     <t>#74 Charles Rockwell - RT</t>
   </si>
   <si>
     <t>11:11</t>
   </si>
   <si>
     <t>BUF 27</t>
   </si>
   <si>
     <t>I Formation Normal HB Toss Weak</t>
   </si>
   <si>
     <t>4-3 Normal Cover 3 Zone Under</t>
   </si>
   <si>
     <t>1-10-BUF 27 (11:12) 25-Marshall Bowen ran to BUF 35 for 8 yards. Tackle by 48-Charles McAllister.</t>
   </si>
   <si>
     <t>10:36</t>
   </si>
   <si>
     <t>Singleback Normal HB Counter Weak</t>
   </si>