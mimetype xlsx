--- v3 (2026-03-03)
+++ v4 (2026-03-30)
@@ -365,51 +365,51 @@
   <si>
     <t>#82 Scott Jimenez - TE</t>
   </si>
   <si>
     <t>#17 Joshua Scott - WR</t>
   </si>
   <si>
     <t>#15 James Roland - WR</t>
   </si>
   <si>
     <t>#65 William Espinoza - RG</t>
   </si>
   <si>
     <t>#63 John Andrews - LT</t>
   </si>
   <si>
     <t>#71 Doug Chapple - C</t>
   </si>
   <si>
     <t>#60 Richard Thompson - RT</t>
   </si>
   <si>
     <t>#52 Michael Sonntag - LG</t>
   </si>
   <si>
-    <t>#92 Chad Lupien - LDE</t>
+    <t>#99 Chad Lupien - LDE</t>
   </si>
   <si>
     <t>#79 Joe Sparkman - DT</t>
   </si>
   <si>
     <t>#69 Kermit Carlson - LDE</t>
   </si>
   <si>
     <t>#96 Michael Hattaway - SLB</t>
   </si>
   <si>
     <t>#95 Dan Floyd - MLB</t>
   </si>
   <si>
     <t>#91 Bart Saylor - MLB</t>
   </si>
   <si>
     <t>#49 David Anderson - CB</t>
   </si>
   <si>
     <t>#27 Rene Head - CB</t>
   </si>
   <si>
     <t>#38 Walter Larson - CB</t>
   </si>
@@ -524,51 +524,51 @@
   <si>
     <t>12:37</t>
   </si>
   <si>
     <t>WAS 17</t>
   </si>
   <si>
     <t>Weak I Normal Skinny Posts</t>
   </si>
   <si>
     <t>4-3 Under Double Safety Blitz</t>
   </si>
   <si>
     <t>1-10-WAS 17 (12:38) PENALTY - False Start (WAS 73-Guy Harbin)</t>
   </si>
   <si>
     <t>#14 Hector Burgess - QB</t>
   </si>
   <si>
     <t>#80 Kyle Whisler - TE</t>
   </si>
   <si>
     <t>#89 Paul Tanner - FB</t>
   </si>
   <si>
-    <t>#18 Ronald McCafferty - WR</t>
+    <t>#84 Ronald McCafferty - WR</t>
   </si>
   <si>
     <t>#15 Jason Dorsett - WR</t>
   </si>
   <si>
     <t>#69 Eugene Trammell - LG</t>
   </si>
   <si>
     <t>#75 Ira Smith - LG</t>
   </si>
   <si>
     <t>#73 Guy Harbin - C</t>
   </si>
   <si>
     <t>#68 Raymond Kates - RT</t>
   </si>
   <si>
     <t>#76 Carlos Pass - LT</t>
   </si>
   <si>
     <t>#3 Steven Salem - LDE</t>
   </si>
   <si>
     <t>#53 Rodolfo Beals - SLB</t>
   </si>