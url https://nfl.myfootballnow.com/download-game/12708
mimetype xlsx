--- v0 (2025-10-30)
+++ v1 (2025-12-07)
@@ -296,114 +296,114 @@
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 7-John Gordon kicks 70 yards from DAL 35 to CLE -5. Touchback.</t>
   </si>
   <si>
     <t>#25 Brian Chamblee - RB</t>
   </si>
   <si>
     <t>#53 Bradley Porter - MLB</t>
   </si>
   <si>
     <t>#41 Eric Patterson - CB</t>
   </si>
   <si>
     <t>#21 James Hicks - CB</t>
   </si>
   <si>
     <t>#58 William Landes - WLB</t>
   </si>
   <si>
-    <t>#37 Vernon Irish - FS</t>
+    <t>#47 Vernon Irish - FS</t>
   </si>
   <si>
     <t>#42 James Looney - SS</t>
   </si>
   <si>
     <t>#54 John Morris - SLB</t>
   </si>
   <si>
     <t>#77 Chester Young - RDE</t>
   </si>
   <si>
     <t>#78 Corey Smith - DT</t>
   </si>
   <si>
     <t>#27 Ray Baynes - CB</t>
   </si>
   <si>
     <t>#7 John Gordon - K</t>
   </si>
   <si>
     <t>CLE</t>
   </si>
   <si>
     <t>CLE 25</t>
   </si>
   <si>
     <t>I Formation 3WR HB Inside Weak</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>1-10-CLE 25 (15:00) 25-Brian Chamblee ran to CLE 29 for 4 yards. Tackle by 58-Patrick Milligan.</t>
   </si>
   <si>
-    <t>#5 Tracy McCullough - QB</t>
+    <t>#6 Tracy McCullough - QB</t>
   </si>
   <si>
     <t>#38 Derek Schneider - FB</t>
   </si>
   <si>
     <t>#14 Robert Williams - WR</t>
   </si>
   <si>
     <t>#19 David Regalado - WR</t>
   </si>
   <si>
     <t>#11 Raymond Rosier - WR</t>
   </si>
   <si>
     <t>#75 David Allen - LG</t>
   </si>
   <si>
     <t>#65 Louis Wilson - LG</t>
   </si>
   <si>
     <t>#86 William Greer - C</t>
   </si>
   <si>
     <t>#64 Aaron Downey - RG</t>
   </si>
   <si>
-    <t>#62 Raymond Gray - RG</t>
+    <t>#62 Raymond Gray - LG</t>
   </si>
   <si>
     <t>#71 David Morgan - LDE</t>
   </si>
   <si>
     <t>#50 Grant Delatorre - DT</t>
   </si>
   <si>
     <t>#95 Donnie Benitez - RDE</t>
   </si>
   <si>
     <t>#98 Bobbie Mahlum - SLB</t>
   </si>
   <si>
     <t>#62 Patrick Milligan - RDE</t>
   </si>
   <si>
     <t>#99 Robert Marino - WLB</t>
   </si>
   <si>
     <t>#20 Don Nielsen - CB</t>
   </si>
   <si>
     <t>#28 Nicholas Hudson - CB</t>
   </si>
@@ -536,60 +536,60 @@
   <si>
     <t>10:22</t>
   </si>
   <si>
     <t>DAL 41</t>
   </si>
   <si>
     <t>2-4-DAL 41 (10:21) 5-Tracy McCullough pass complete to 87-Brian Phillips to DAL 21 for 20 yards. Tackle by 20-Don Nielsen.</t>
   </si>
   <si>
     <t>#32 Anderson Gormley - SS</t>
   </si>
   <si>
     <t>9:36</t>
   </si>
   <si>
     <t>DAL 21</t>
   </si>
   <si>
     <t>1-10-DAL 21 (9:35) 25-Brian Chamblee ran to DAL 15 for 5 yards. Tackle by 40-Eddie Torgerson.</t>
   </si>
   <si>
     <t>#81 Paul Martin - TE</t>
   </si>
   <si>
-    <t>#97 James Hartwell - LDE</t>
+    <t>#99 James Hartwell - RDE</t>
   </si>
   <si>
     <t>#53 Donald Oneill - RDE</t>
   </si>
   <si>
     <t>#95 Robert Wise - SLB</t>
   </si>
   <si>
-    <t>#52 Robert Mahmoud - SLB</t>
+    <t>#57 Robert Mahmoud - SLB</t>
   </si>
   <si>
     <t>#53 Aaron Johnson - WLB</t>
   </si>
   <si>
     <t>#41 Marcus Prescott - CB</t>
   </si>
   <si>
     <t>9:01</t>
   </si>
   <si>
     <t>DAL 15</t>
   </si>
   <si>
     <t>2-5-DAL 15 (9:00) 25-Brian Chamblee ran to DAL 12 for 3 yards. Tackle by 28-Nicholas Hudson.</t>
   </si>
   <si>
     <t>8:23</t>
   </si>
   <si>
     <t>DAL 12</t>
   </si>
   <si>
     <t>I Formation 3WR HB Inside Strong</t>
   </si>
@@ -695,63 +695,63 @@
   <si>
     <t>#76 Carlos Moore - LG</t>
   </si>
   <si>
     <t>#21 Thomas Fish - RB</t>
   </si>
   <si>
     <t>#57 John Purnell - MLB</t>
   </si>
   <si>
     <t>#56 Thomas Hatchett - WLB</t>
   </si>
   <si>
     <t>#60 Andrew Berry - MLB</t>
   </si>
   <si>
     <t>#26 Derick Longo - SLB</t>
   </si>
   <si>
     <t>#50 Alex McKinney - MLB</t>
   </si>
   <si>
     <t>#97 Gregory McClure - DT</t>
   </si>
   <si>
-    <t>#97 Matthew Erdmann - RDE</t>
+    <t>#97 Matthew Erdmann - LDE</t>
   </si>
   <si>
     <t>#67 James Waltz - LDE</t>
   </si>
   <si>
     <t>(6:46) 7-John Gordon kicks 66 yards from DAL 35 to CLE -1. Touchback.</t>
   </si>
   <si>
     <t>#49 Robert Benton - FS</t>
   </si>
   <si>
-    <t>#35 David Nowak - FS</t>
+    <t>#35 David Nowak - SS</t>
   </si>
   <si>
     <t>#48 Sam Garrett - CB</t>
   </si>
   <si>
     <t>I Formation 3WR Slot Short WR Deep</t>
   </si>
   <si>
     <t>1-10-CLE 25 (6:46) 5-Tracy McCullough pass complete to 33-Joseph Voigt to CLE 36 for 11 yards. Tackle by 58-Patrick Milligan.</t>
   </si>
   <si>
     <t>6:09</t>
   </si>
   <si>
     <t>CLE 36</t>
   </si>
   <si>
     <t>1-10-CLE 36 (6:08) 5-Tracy McCullough ran to CLE 48 for 13 yards. 5-Tracy McCullough slides to avoid being hit.</t>
   </si>
   <si>
     <t>5:28</t>
   </si>
   <si>
     <t>CLE 48</t>
   </si>
@@ -887,51 +887,51 @@
   <si>
     <t>1-10-CLE 34 (2:11) 5-Tracy McCullough pass incomplete, dropped by 87-Brian Phillips. The coverage on that play was extremely tight.</t>
   </si>
   <si>
     <t>2:06</t>
   </si>
   <si>
     <t>I Formation Normal Max Protect</t>
   </si>
   <si>
     <t>3-4 Normal 2 Deep Zone</t>
   </si>
   <si>
     <t>2-10-CLE 34 (2:07) 5-Tracy McCullough pass complete to 33-Joseph Voigt to CLE 42 for 8 yards. Tackle by 40-Eddie Torgerson. CLE 65-Louis Wilson was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>1:25</t>
   </si>
   <si>
     <t>CLE 42</t>
   </si>
   <si>
     <t>3-2-CLE 42 (1:24) 25-Brian Chamblee ran to CLE 44 for 2 yards. Tackle by 94-Donnie Benitez.</t>
   </si>
   <si>
-    <t>#63 Richard Raulston - LG</t>
+    <t>#81 Richard Raulston - TE</t>
   </si>
   <si>
     <t>0:52</t>
   </si>
   <si>
     <t>CLE 44</t>
   </si>
   <si>
     <t>1-10-CLE 44 (0:51) 33-Joseph Voigt ran to CLE 48 for 4 yards. Tackle by 98-Bobbie Mahlum.</t>
   </si>
   <si>
     <t>0:19</t>
   </si>
   <si>
     <t>2-6-CLE 48 (0:18) 5-Tracy McCullough pass complete to 25-Brian Chamblee to DAL 49 for 3 yards. Tackle by 59-Robert Marino.</t>
   </si>
   <si>
     <t>0:00</t>
   </si>
   <si>
     <t>End of first quarter.</t>
   </si>
   <si>
     <t>DAL 49</t>
   </si>
@@ -986,51 +986,51 @@
   <si>
     <t>I Formation Normal FL Hook</t>
   </si>
   <si>
     <t>4-3 Under Double LB Blitz</t>
   </si>
   <si>
     <t>2-8-DAL 8 (12:51) 5-Tracy McCullough pass complete to 15-David Regalado to DAL 2 for 6 yards. Tackle by 43-Dwayne Torres. Great move by 15-David Regalado to get free of his coverage. 43-Dwayne Torres got away with a hold on that play.</t>
   </si>
   <si>
     <t>12:16</t>
   </si>
   <si>
     <t>DAL 2</t>
   </si>
   <si>
     <t>3-2-DAL 2 (12:15) 5-Tracy McCullough pass complete to 24-Derek Schneider to DAL 0 for 2 yards. TOUCHDOWN! DAL 7 CLE 13</t>
   </si>
   <si>
     <t>12:11</t>
   </si>
   <si>
     <t>(12:12) Extra point GOOD by 12-Larry Wall. DAL 7 CLE 14</t>
   </si>
   <si>
-    <t>#64 Juan Root - RT</t>
+    <t>#78 Juan Root - RT</t>
   </si>
   <si>
     <t>(12:12) 12-Larry Wall kicks 66 yards from CLE 35 to DAL -1. 40-Eddie Torgerson to DAL 22 for 24 yards. Tackle by 21-James Hicks.</t>
   </si>
   <si>
     <t>12:07</t>
   </si>
   <si>
     <t>Singleback Slot Strong HB Strong Inside</t>
   </si>
   <si>
     <t>1-10-DAL 22 (12:08) 49-Richard Brown ran to DAL 23 for 1 yards. Tackle by 90-Brandon Bodie.</t>
   </si>
   <si>
     <t>#17 James Shine - WR</t>
   </si>
   <si>
     <t>#58 William Reardon - DT</t>
   </si>
   <si>
     <t>11:36</t>
   </si>
   <si>
     <t>Goal Line Normal HB Outside Strong</t>
   </si>
@@ -1493,51 +1493,51 @@
   <si>
     <t>2-6-DAL 35 (9:57) 4-John Sessions pass complete to 81-Paul Martin to DAL 29 for 6 yards. Tackle by 25-James McMullin.</t>
   </si>
   <si>
     <t>9:23</t>
   </si>
   <si>
     <t>DAL 29</t>
   </si>
   <si>
     <t>1-10-DAL 29 (9:22) 41-Frank Posey ran to DAL 27 for 2 yards. Tackle by 57-Robert Mahmoud.</t>
   </si>
   <si>
     <t>8:49</t>
   </si>
   <si>
     <t>2-8-DAL 27 (8:48) 4-John Sessions pass Pass knocked down by 96-Keith Lopez. incomplete, intended for 81-Paul Martin. Pressure by 63-David Morgan.</t>
   </si>
   <si>
     <t>8:42</t>
   </si>
   <si>
     <t>3-8-DAL 27 (8:43) 4-John Sessions pass incomplete, intended for 89-David Meadows.</t>
   </si>
   <si>
-    <t>#56 David Humes - C</t>
+    <t>#76 David Humes - LG</t>
   </si>
   <si>
     <t>8:38</t>
   </si>
   <si>
     <t>4-8-DAL 27 (8:39) 12-Larry Wall 45 yard field goal is GOOD. DAL 7 CLE 29</t>
   </si>
   <si>
     <t>8:35</t>
   </si>
   <si>
     <t>(8:36) 12-Larry Wall kicks 74 yards from CLE 35 to DAL -9. Touchback.</t>
   </si>
   <si>
     <t>Nickel Strong 1 Deep Man Under</t>
   </si>
   <si>
     <t>1-10-DAL 25 (8:36) PENALTY - False Start (DAL 52-Adolfo Wagner)</t>
   </si>
   <si>
     <t>1-15-DAL 20 (8:36) 1-Larry Morrissette pass Pass knocked down by 40-James Looney. incomplete, intended for 86-Homer Walker.</t>
   </si>
   <si>
     <t>8:32</t>
   </si>