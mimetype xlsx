--- v1 (2025-12-07)
+++ v2 (2026-01-02)
@@ -362,51 +362,51 @@
   <si>
     <t>#14 Robert Williams - WR</t>
   </si>
   <si>
     <t>#19 David Regalado - WR</t>
   </si>
   <si>
     <t>#11 Raymond Rosier - WR</t>
   </si>
   <si>
     <t>#75 David Allen - LG</t>
   </si>
   <si>
     <t>#65 Louis Wilson - LG</t>
   </si>
   <si>
     <t>#86 William Greer - C</t>
   </si>
   <si>
     <t>#64 Aaron Downey - RG</t>
   </si>
   <si>
     <t>#62 Raymond Gray - LG</t>
   </si>
   <si>
-    <t>#71 David Morgan - LDE</t>
+    <t>#71 David Morgan - DT</t>
   </si>
   <si>
     <t>#50 Grant Delatorre - DT</t>
   </si>
   <si>
     <t>#95 Donnie Benitez - RDE</t>
   </si>
   <si>
     <t>#98 Bobbie Mahlum - SLB</t>
   </si>
   <si>
     <t>#62 Patrick Milligan - RDE</t>
   </si>
   <si>
     <t>#99 Robert Marino - WLB</t>
   </si>
   <si>
     <t>#20 Don Nielsen - CB</t>
   </si>
   <si>
     <t>#28 Nicholas Hudson - CB</t>
   </si>
   <si>
     <t>#30 James McMullin - CB</t>
   </si>
@@ -614,51 +614,51 @@
   <si>
     <t>1-10-DAL 11 (7:43) 24-Derek Schneider ran to DAL 7 for 4 yards. Tackle by 94-Donnie Benitez.</t>
   </si>
   <si>
     <t>7:04</t>
   </si>
   <si>
     <t>DAL 7</t>
   </si>
   <si>
     <t>2-6-DAL 7 (7:03) 25-Brian Chamblee ran to DAL 0 for 7 yards. TOUCHDOWN! DAL 0 CLE 6</t>
   </si>
   <si>
     <t>6:58</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>(6:59) Extra point GOOD by 12-Larry Wall. DAL 0 CLE 7</t>
   </si>
   <si>
-    <t>#8 Larry Wall - K</t>
+    <t>#2 Larry Wall - K</t>
   </si>
   <si>
     <t>#61 Thomas Lee - LT</t>
   </si>
   <si>
     <t>#72 Bruce Feldman - C</t>
   </si>
   <si>
     <t>#23 Michael Slayton - RB</t>
   </si>
   <si>
     <t>#96 Keith Lopez - MLB</t>
   </si>
   <si>
     <t>#85 Andrew Otero - WR</t>
   </si>
   <si>
     <t>#45 Adam Feliz - FS</t>
   </si>
   <si>
     <t>CLE 35</t>
   </si>
   <si>
     <t>(6:59) 12-Larry Wall kicks 62 yards from CLE 35 to DAL 3. 89-Jeremy Carswell for 97yards. TOUCHDOWN! CLE 66-Bradley Porter was injured on the play. He looks like he should be able to return. DAL 6 CLE 7</t>
   </si>
@@ -677,51 +677,51 @@
   <si>
     <t>#8 Steven Scott - QB</t>
   </si>
   <si>
     <t>#56 Lance Ayala - C</t>
   </si>
   <si>
     <t>#78 Douglas Harris - RG</t>
   </si>
   <si>
     <t>#70 Kenneth Owensby - RT</t>
   </si>
   <si>
     <t>#75 Shawn Cole - RG</t>
   </si>
   <si>
     <t>#60 Eugene Spinelli - C</t>
   </si>
   <si>
     <t>#76 Carlos Moore - LG</t>
   </si>
   <si>
     <t>#21 Thomas Fish - RB</t>
   </si>
   <si>
-    <t>#57 John Purnell - MLB</t>
+    <t>#57 John Purnell - SLB</t>
   </si>
   <si>
     <t>#56 Thomas Hatchett - WLB</t>
   </si>
   <si>
     <t>#60 Andrew Berry - MLB</t>
   </si>
   <si>
     <t>#26 Derick Longo - SLB</t>
   </si>
   <si>
     <t>#50 Alex McKinney - MLB</t>
   </si>
   <si>
     <t>#97 Gregory McClure - DT</t>
   </si>
   <si>
     <t>#97 Matthew Erdmann - LDE</t>
   </si>
   <si>
     <t>#67 James Waltz - LDE</t>
   </si>
   <si>
     <t>(6:46) 7-John Gordon kicks 66 yards from DAL 35 to CLE -1. Touchback.</t>
   </si>
@@ -887,51 +887,51 @@
   <si>
     <t>1-10-CLE 34 (2:11) 5-Tracy McCullough pass incomplete, dropped by 87-Brian Phillips. The coverage on that play was extremely tight.</t>
   </si>
   <si>
     <t>2:06</t>
   </si>
   <si>
     <t>I Formation Normal Max Protect</t>
   </si>
   <si>
     <t>3-4 Normal 2 Deep Zone</t>
   </si>
   <si>
     <t>2-10-CLE 34 (2:07) 5-Tracy McCullough pass complete to 33-Joseph Voigt to CLE 42 for 8 yards. Tackle by 40-Eddie Torgerson. CLE 65-Louis Wilson was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>1:25</t>
   </si>
   <si>
     <t>CLE 42</t>
   </si>
   <si>
     <t>3-2-CLE 42 (1:24) 25-Brian Chamblee ran to CLE 44 for 2 yards. Tackle by 94-Donnie Benitez.</t>
   </si>
   <si>
-    <t>#81 Richard Raulston - TE</t>
+    <t>#81 Richard Raulston - FB</t>
   </si>
   <si>
     <t>0:52</t>
   </si>
   <si>
     <t>CLE 44</t>
   </si>
   <si>
     <t>1-10-CLE 44 (0:51) 33-Joseph Voigt ran to CLE 48 for 4 yards. Tackle by 98-Bobbie Mahlum.</t>
   </si>
   <si>
     <t>0:19</t>
   </si>
   <si>
     <t>2-6-CLE 48 (0:18) 5-Tracy McCullough pass complete to 25-Brian Chamblee to DAL 49 for 3 yards. Tackle by 59-Robert Marino.</t>
   </si>
   <si>
     <t>0:00</t>
   </si>
   <si>
     <t>End of first quarter.</t>
   </si>
   <si>
     <t>DAL 49</t>
   </si>