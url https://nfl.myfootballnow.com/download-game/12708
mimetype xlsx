--- v2 (2026-01-02)
+++ v3 (2026-01-27)
@@ -296,66 +296,66 @@
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 7-John Gordon kicks 70 yards from DAL 35 to CLE -5. Touchback.</t>
   </si>
   <si>
     <t>#25 Brian Chamblee - RB</t>
   </si>
   <si>
     <t>#53 Bradley Porter - MLB</t>
   </si>
   <si>
     <t>#41 Eric Patterson - CB</t>
   </si>
   <si>
     <t>#21 James Hicks - CB</t>
   </si>
   <si>
     <t>#58 William Landes - WLB</t>
   </si>
   <si>
-    <t>#47 Vernon Irish - FS</t>
-[...2 lines deleted...]
-    <t>#42 James Looney - SS</t>
+    <t>#44 Vernon Irish - FS</t>
+  </si>
+  <si>
+    <t>#27 James Looney - FS</t>
   </si>
   <si>
     <t>#54 John Morris - SLB</t>
   </si>
   <si>
     <t>#77 Chester Young - RDE</t>
   </si>
   <si>
     <t>#78 Corey Smith - DT</t>
   </si>
   <si>
-    <t>#27 Ray Baynes - CB</t>
+    <t>#37 Ray Baynes - FS</t>
   </si>
   <si>
     <t>#7 John Gordon - K</t>
   </si>
   <si>
     <t>CLE</t>
   </si>
   <si>
     <t>CLE 25</t>
   </si>
   <si>
     <t>I Formation 3WR HB Inside Weak</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>1-10-CLE 25 (15:00) 25-Brian Chamblee ran to CLE 29 for 4 yards. Tackle by 58-Patrick Milligan.</t>
   </si>
   <si>
     <t>#6 Tracy McCullough - QB</t>
   </si>
   <si>
     <t>#38 Derek Schneider - FB</t>
   </si>
@@ -392,51 +392,51 @@
   <si>
     <t>#95 Donnie Benitez - RDE</t>
   </si>
   <si>
     <t>#98 Bobbie Mahlum - SLB</t>
   </si>
   <si>
     <t>#62 Patrick Milligan - RDE</t>
   </si>
   <si>
     <t>#99 Robert Marino - WLB</t>
   </si>
   <si>
     <t>#20 Don Nielsen - CB</t>
   </si>
   <si>
     <t>#28 Nicholas Hudson - CB</t>
   </si>
   <si>
     <t>#30 James McMullin - CB</t>
   </si>
   <si>
     <t>#40 Eddie Torgerson - SS</t>
   </si>
   <si>
-    <t>#45 Joel Houston - FS</t>
+    <t>#45 Joel Houston - SS</t>
   </si>
   <si>
     <t>14:17</t>
   </si>
   <si>
     <t>CLE 29</t>
   </si>
   <si>
     <t>Singleback Normal HB Dive Weak</t>
   </si>
   <si>
     <t>2-6-CLE 29 (14:16) 33-Joseph Voigt ran to CLE 34 for 5 yards. Tackle by 45-Joel Houston.</t>
   </si>
   <si>
     <t>#33 Joseph Voigt - RB</t>
   </si>
   <si>
     <t>#44 Brian Phillips - TE</t>
   </si>
   <si>
     <t>13:36</t>
   </si>
   <si>
     <t>CLE 34</t>
   </si>
@@ -521,51 +521,51 @@
   <si>
     <t>11:03</t>
   </si>
   <si>
     <t>DAL 47</t>
   </si>
   <si>
     <t>I Formation 3WR WR Out</t>
   </si>
   <si>
     <t>Nickel Normal 3 Deep Zone Under</t>
   </si>
   <si>
     <t>1-10-DAL 47 (11:02) 5-Tracy McCullough pass complete to 11-Raymond Rosier to DAL 41 for 6 yards. Tackle by 28-Nicholas Hudson.</t>
   </si>
   <si>
     <t>10:22</t>
   </si>
   <si>
     <t>DAL 41</t>
   </si>
   <si>
     <t>2-4-DAL 41 (10:21) 5-Tracy McCullough pass complete to 87-Brian Phillips to DAL 21 for 20 yards. Tackle by 20-Don Nielsen.</t>
   </si>
   <si>
-    <t>#32 Anderson Gormley - SS</t>
+    <t>#32 Anderson Gormley - CB</t>
   </si>
   <si>
     <t>9:36</t>
   </si>
   <si>
     <t>DAL 21</t>
   </si>
   <si>
     <t>1-10-DAL 21 (9:35) 25-Brian Chamblee ran to DAL 15 for 5 yards. Tackle by 40-Eddie Torgerson.</t>
   </si>
   <si>
     <t>#81 Paul Martin - TE</t>
   </si>
   <si>
     <t>#99 James Hartwell - RDE</t>
   </si>
   <si>
     <t>#53 Donald Oneill - RDE</t>
   </si>
   <si>
     <t>#95 Robert Wise - SLB</t>
   </si>
   <si>
     <t>#57 Robert Mahmoud - SLB</t>
   </si>
@@ -614,51 +614,51 @@
   <si>
     <t>1-10-DAL 11 (7:43) 24-Derek Schneider ran to DAL 7 for 4 yards. Tackle by 94-Donnie Benitez.</t>
   </si>
   <si>
     <t>7:04</t>
   </si>
   <si>
     <t>DAL 7</t>
   </si>
   <si>
     <t>2-6-DAL 7 (7:03) 25-Brian Chamblee ran to DAL 0 for 7 yards. TOUCHDOWN! DAL 0 CLE 6</t>
   </si>
   <si>
     <t>6:58</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>(6:59) Extra point GOOD by 12-Larry Wall. DAL 0 CLE 7</t>
   </si>
   <si>
-    <t>#2 Larry Wall - K</t>
+    <t>#6 Larry Wall - K</t>
   </si>
   <si>
     <t>#61 Thomas Lee - LT</t>
   </si>
   <si>
     <t>#72 Bruce Feldman - C</t>
   </si>
   <si>
     <t>#23 Michael Slayton - RB</t>
   </si>
   <si>
     <t>#96 Keith Lopez - MLB</t>
   </si>
   <si>
     <t>#85 Andrew Otero - WR</t>
   </si>
   <si>
     <t>#45 Adam Feliz - FS</t>
   </si>
   <si>
     <t>CLE 35</t>
   </si>
   <si>
     <t>(6:59) 12-Larry Wall kicks 62 yards from CLE 35 to DAL 3. 89-Jeremy Carswell for 97yards. TOUCHDOWN! CLE 66-Bradley Porter was injured on the play. He looks like he should be able to return. DAL 6 CLE 7</t>
   </si>
@@ -692,57 +692,57 @@
   <si>
     <t>#60 Eugene Spinelli - C</t>
   </si>
   <si>
     <t>#76 Carlos Moore - LG</t>
   </si>
   <si>
     <t>#21 Thomas Fish - RB</t>
   </si>
   <si>
     <t>#57 John Purnell - SLB</t>
   </si>
   <si>
     <t>#56 Thomas Hatchett - WLB</t>
   </si>
   <si>
     <t>#60 Andrew Berry - MLB</t>
   </si>
   <si>
     <t>#26 Derick Longo - SLB</t>
   </si>
   <si>
     <t>#50 Alex McKinney - MLB</t>
   </si>
   <si>
-    <t>#97 Gregory McClure - DT</t>
+    <t>#98 Gregory McClure - DT</t>
   </si>
   <si>
     <t>#97 Matthew Erdmann - LDE</t>
   </si>
   <si>
-    <t>#67 James Waltz - LDE</t>
+    <t>#67 James Waltz - SLB</t>
   </si>
   <si>
     <t>(6:46) 7-John Gordon kicks 66 yards from DAL 35 to CLE -1. Touchback.</t>
   </si>
   <si>
     <t>#49 Robert Benton - FS</t>
   </si>
   <si>
     <t>#35 David Nowak - SS</t>
   </si>
   <si>
     <t>#48 Sam Garrett - CB</t>
   </si>
   <si>
     <t>I Formation 3WR Slot Short WR Deep</t>
   </si>
   <si>
     <t>1-10-CLE 25 (6:46) 5-Tracy McCullough pass complete to 33-Joseph Voigt to CLE 36 for 11 yards. Tackle by 58-Patrick Milligan.</t>
   </si>
   <si>
     <t>6:09</t>
   </si>
   <si>
     <t>CLE 36</t>
   </si>
@@ -797,60 +797,60 @@
   <si>
     <t>4-5-DAL 46 (3:51) 1-Mark Remer punts 50 yards to DAL -4.4-5-DAL 46 (3:51) 1-Mark Remer punts 50 yards to DAL -4. Touchback.</t>
   </si>
   <si>
     <t>#1 Mark Remer - P</t>
   </si>
   <si>
     <t>3:42</t>
   </si>
   <si>
     <t>DAL 20</t>
   </si>
   <si>
     <t>I Formation 3WR HB Toss Strong</t>
   </si>
   <si>
     <t>Nickel Normal SS Blitz</t>
   </si>
   <si>
     <t>1-10-DAL 20 (3:43) 49-Richard Brown ran to DAL 20 for a short gain. Tackle by 78-Corey Smith.</t>
   </si>
   <si>
     <t>#13 Jeremy Abadie - QB</t>
   </si>
   <si>
-    <t>#49 Richard Brown - RB</t>
+    <t>#49 Richard Brown - WR</t>
   </si>
   <si>
     <t>#88 George Williams - WR</t>
   </si>
   <si>
     <t>#63 John Lacasse - RT</t>
   </si>
   <si>
-    <t>#69 Kevin Edelstein - LG</t>
+    <t>#71 Kevin Edelstein - LT</t>
   </si>
   <si>
     <t>#31 Modesto Howard - CB</t>
   </si>
   <si>
     <t>2:58</t>
   </si>
   <si>
     <t>Goal Line Normal PA TE Drag</t>
   </si>
   <si>
     <t>Goal Line Attack #2</t>
   </si>
   <si>
     <t>2-10-DAL 20 (2:57) 13-Jeremy Abadie pass Pass knocked down by 21-James Hicks. incomplete, intended for 82-Thomas Melvin.</t>
   </si>
   <si>
     <t>#1 Thomas Melvin - RB</t>
   </si>
   <si>
     <t>#85 Joesph Walsh - TE</t>
   </si>
   <si>
     <t>#98 Brandon Bodie - LDE</t>
   </si>