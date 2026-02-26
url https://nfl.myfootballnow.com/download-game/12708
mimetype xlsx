--- v3 (2026-01-27)
+++ v4 (2026-02-26)
@@ -305,51 +305,51 @@
   <si>
     <t>#25 Brian Chamblee - RB</t>
   </si>
   <si>
     <t>#53 Bradley Porter - MLB</t>
   </si>
   <si>
     <t>#41 Eric Patterson - CB</t>
   </si>
   <si>
     <t>#21 James Hicks - CB</t>
   </si>
   <si>
     <t>#58 William Landes - WLB</t>
   </si>
   <si>
     <t>#44 Vernon Irish - FS</t>
   </si>
   <si>
     <t>#27 James Looney - FS</t>
   </si>
   <si>
     <t>#54 John Morris - SLB</t>
   </si>
   <si>
-    <t>#77 Chester Young - RDE</t>
+    <t>#77 Chester Young - MLB</t>
   </si>
   <si>
     <t>#78 Corey Smith - DT</t>
   </si>
   <si>
     <t>#37 Ray Baynes - FS</t>
   </si>
   <si>
     <t>#7 John Gordon - K</t>
   </si>
   <si>
     <t>CLE</t>
   </si>
   <si>
     <t>CLE 25</t>
   </si>
   <si>
     <t>I Formation 3WR HB Inside Weak</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>1-10-CLE 25 (15:00) 25-Brian Chamblee ran to CLE 29 for 4 yards. Tackle by 58-Patrick Milligan.</t>
   </si>
@@ -677,69 +677,69 @@
   <si>
     <t>#8 Steven Scott - QB</t>
   </si>
   <si>
     <t>#56 Lance Ayala - C</t>
   </si>
   <si>
     <t>#78 Douglas Harris - RG</t>
   </si>
   <si>
     <t>#70 Kenneth Owensby - RT</t>
   </si>
   <si>
     <t>#75 Shawn Cole - RG</t>
   </si>
   <si>
     <t>#60 Eugene Spinelli - C</t>
   </si>
   <si>
     <t>#76 Carlos Moore - LG</t>
   </si>
   <si>
     <t>#21 Thomas Fish - RB</t>
   </si>
   <si>
-    <t>#57 John Purnell - SLB</t>
+    <t>#90 John Purnell - DT</t>
   </si>
   <si>
     <t>#56 Thomas Hatchett - WLB</t>
   </si>
   <si>
     <t>#60 Andrew Berry - MLB</t>
   </si>
   <si>
     <t>#26 Derick Longo - SLB</t>
   </si>
   <si>
     <t>#50 Alex McKinney - MLB</t>
   </si>
   <si>
     <t>#98 Gregory McClure - DT</t>
   </si>
   <si>
-    <t>#97 Matthew Erdmann - LDE</t>
+    <t>#97 Matthew Erdmann - RDE</t>
   </si>
   <si>
     <t>#67 James Waltz - SLB</t>
   </si>
   <si>
     <t>(6:46) 7-John Gordon kicks 66 yards from DAL 35 to CLE -1. Touchback.</t>
   </si>
   <si>
     <t>#49 Robert Benton - FS</t>
   </si>
   <si>
     <t>#35 David Nowak - SS</t>
   </si>
   <si>
     <t>#48 Sam Garrett - CB</t>
   </si>
   <si>
     <t>I Formation 3WR Slot Short WR Deep</t>
   </si>
   <si>
     <t>1-10-CLE 25 (6:46) 5-Tracy McCullough pass complete to 33-Joseph Voigt to CLE 36 for 11 yards. Tackle by 58-Patrick Milligan.</t>
   </si>
   <si>
     <t>6:09</t>
   </si>