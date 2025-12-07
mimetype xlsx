--- v0 (2025-10-16)
+++ v1 (2025-12-07)
@@ -353,51 +353,51 @@
   <si>
     <t>1-10-ATL 25 (15:00) 1-Eugene McGrath pass complete to 30-Gary Carlson to ATL 26 for 1 yards. Tackle by 40-Myron Brooks.</t>
   </si>
   <si>
     <t>#1 Eugene McGrath - QB</t>
   </si>
   <si>
     <t>#30 Gary Carlson - RB</t>
   </si>
   <si>
     <t>#38 Michael Russell - FB</t>
   </si>
   <si>
     <t>#82 Dwight Jones - TE</t>
   </si>
   <si>
     <t>#84 Abe Phillips - WR</t>
   </si>
   <si>
     <t>#13 Antonio Medrano - WR</t>
   </si>
   <si>
     <t>#73 Luther Foster - LT</t>
   </si>
   <si>
-    <t>#74 Jonathan Workman - LG</t>
+    <t>#64 Jonathan Workman - LG</t>
   </si>
   <si>
     <t>#61 John Garcia - C</t>
   </si>
   <si>
     <t>#73 Steven Morgan - RG</t>
   </si>
   <si>
     <t>#61 Richard Light - RT</t>
   </si>
   <si>
     <t>#95 Norman Cooper - DT</t>
   </si>
   <si>
     <t>#62 Timothy Jones - DT</t>
   </si>
   <si>
     <t>#96 Randy Thomas - DT</t>
   </si>
   <si>
     <t>#66 Roderick Inman - RDE</t>
   </si>
   <si>
     <t>#97 Arthur Hale - SLB</t>
   </si>
@@ -416,51 +416,51 @@
   <si>
     <t>#40 Myron Brooks - SS</t>
   </si>
   <si>
     <t>#30 Michael Dozier - FS</t>
   </si>
   <si>
     <t>14:16</t>
   </si>
   <si>
     <t>ATL 26</t>
   </si>
   <si>
     <t>Goal Line Normal HB Dive</t>
   </si>
   <si>
     <t>4-3 Normal Man Under 1</t>
   </si>
   <si>
     <t>2-9-ATL 26 (14:15) 30-Gary Carlson ran to ATL 30 for 4 yards. Tackle by 94-Robert Patterson. 46-Fred Williams missed that block completely.</t>
   </si>
   <si>
     <t>#46 Fred Williams - RB</t>
   </si>
   <si>
-    <t>#83 Brian Green - TE</t>
+    <t>#45 Brian Green - FB</t>
   </si>
   <si>
     <t>13:32</t>
   </si>
   <si>
     <t>ATL 30</t>
   </si>
   <si>
     <t>Strong I Big TE Post</t>
   </si>
   <si>
     <t>4-3 Normal OLB Blitz Outside</t>
   </si>
   <si>
     <t>3-5-ATL 30 (13:31) 1-Eugene McGrath pass complete to 30-Gary Carlson to ATL 39 for 8 yards. Tackle by 40-Myron Brooks.</t>
   </si>
   <si>
     <t>12:45</t>
   </si>
   <si>
     <t>ATL 39</t>
   </si>
   <si>
     <t>I Formation Normal PA Outside Curls</t>
   </si>
@@ -515,51 +515,51 @@
   <si>
     <t>#54 Earl Super - LT</t>
   </si>
   <si>
     <t>#72 Walter Brown - RT</t>
   </si>
   <si>
     <t>#75 Michael Anderson - RT</t>
   </si>
   <si>
     <t>#58 Brandon Hatfield - LT</t>
   </si>
   <si>
     <t>#92 Daniel Riggs - SLB</t>
   </si>
   <si>
     <t>#97 Joshua Watson - MLB</t>
   </si>
   <si>
     <t>#57 Larry Kinard - SLB</t>
   </si>
   <si>
     <t>#54 Jordon Stewart - DT</t>
   </si>
   <si>
-    <t>#73 Stephen Sterling - RDE</t>
+    <t>#92 Stephen Sterling - RDE</t>
   </si>
   <si>
     <t>#91 Jack Redd - LDE</t>
   </si>
   <si>
     <t>#98 Edwin Albro - DT</t>
   </si>
   <si>
     <t>ATL 35</t>
   </si>
   <si>
     <t>(11:53) 14-Kyle Gutierrez kicks 74 yards from ATL 35 to PIT -9. Touchback.</t>
   </si>
   <si>
     <t>#82 Robert Brigham - WR</t>
   </si>
   <si>
     <t>#58 Robert Grant - WLB</t>
   </si>
   <si>
     <t>#32 Ricky Robinson - CB</t>
   </si>
   <si>
     <t>#48 Lowell Dowd - FS</t>
   </si>
@@ -671,51 +671,51 @@
   <si>
     <t>4-3 Under 2 Deep Flat Outside</t>
   </si>
   <si>
     <t>2-6-PIT 41 (10:28) 5-Armando Seidel pass complete to 19-Chris McGee to PIT 46 for 5 yards. Tackle by 32-Gerald Durden.</t>
   </si>
   <si>
     <t>#19 Chris McGee - RB</t>
   </si>
   <si>
     <t>9:53</t>
   </si>
   <si>
     <t>PIT 46</t>
   </si>
   <si>
     <t>Goal Line Attack #2</t>
   </si>
   <si>
     <t>3-1-PIT 46 (9:52) 44-Ryan Nicely ran to PIT 46 for -1 yards. Tackle by 58-Anthony Dorsey.</t>
   </si>
   <si>
     <t>#84 Bruce Caple - TE</t>
   </si>
   <si>
-    <t>#54 Jason Jackson - LDE</t>
+    <t>#98 Jason Jackson - LDE</t>
   </si>
   <si>
     <t>#52 Kenneth Brooks - WLB</t>
   </si>
   <si>
     <t>9:09</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-1-PIT 46 (9:08) 12-David Pridemore punts 61 yards to ATL -7.4-1-PIT 46 (9:08) 12-David Pridemore punts 61 yards to ATL -7. Touchback.</t>
   </si>
   <si>
     <t>#12 David Pridemore - P</t>
   </si>
   <si>
     <t>#57 Eugene Charles - RT</t>
   </si>
   <si>
     <t>#76 Earl Scales - RG</t>
   </si>
@@ -755,51 +755,51 @@
   <si>
     <t>7:27</t>
   </si>
   <si>
     <t>Nickel Normal Shallow Zone Deep</t>
   </si>
   <si>
     <t>2-7-ATL 7 (7:26) 44-Ryan Nicely ran for 7 yards. TOUCHDOWN! ATL 90-Joel Martinez was injured on the play. He looks like he should be able to return. ATL 7 PIT 6</t>
   </si>
   <si>
     <t>7:22</t>
   </si>
   <si>
     <t>ATL 15</t>
   </si>
   <si>
     <t>(7:23) Extra point GOOD by 9-Joshua Brooks. ATL 7 PIT 7</t>
   </si>
   <si>
     <t>#63 Justin Kane - LG</t>
   </si>
   <si>
     <t>#63 Ronald Cochran - C</t>
   </si>
   <si>
-    <t>#93 Philip Nelson - RDE</t>
+    <t>#96 Philip Nelson - RDE</t>
   </si>
   <si>
     <t>(7:23) 9-Joshua Brooks kicks 73 yards from PIT 35 to ATL -8. Touchback.</t>
   </si>
   <si>
     <t>Singleback Normal HB Inside Weak</t>
   </si>
   <si>
     <t>4-3 Normal Double WR1</t>
   </si>
   <si>
     <t>1-10-ATL 25 (7:23) 30-Gary Carlson ran to ATL 24 for -1 yards. Tackle by 94-Robert Patterson.</t>
   </si>
   <si>
     <t>#21 David Medellin - WR</t>
   </si>
   <si>
     <t>6:51</t>
   </si>
   <si>
     <t>ATL 24</t>
   </si>
   <si>
     <t>Goal Line Normal HB Pitch Weak</t>
   </si>