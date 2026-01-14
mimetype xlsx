--- v1 (2025-12-07)
+++ v2 (2026-01-14)
@@ -353,66 +353,66 @@
   <si>
     <t>1-10-ATL 25 (15:00) 1-Eugene McGrath pass complete to 30-Gary Carlson to ATL 26 for 1 yards. Tackle by 40-Myron Brooks.</t>
   </si>
   <si>
     <t>#1 Eugene McGrath - QB</t>
   </si>
   <si>
     <t>#30 Gary Carlson - RB</t>
   </si>
   <si>
     <t>#38 Michael Russell - FB</t>
   </si>
   <si>
     <t>#82 Dwight Jones - TE</t>
   </si>
   <si>
     <t>#84 Abe Phillips - WR</t>
   </si>
   <si>
     <t>#13 Antonio Medrano - WR</t>
   </si>
   <si>
     <t>#73 Luther Foster - LT</t>
   </si>
   <si>
-    <t>#64 Jonathan Workman - LG</t>
+    <t>#66 Jonathan Workman - RG</t>
   </si>
   <si>
     <t>#61 John Garcia - C</t>
   </si>
   <si>
     <t>#73 Steven Morgan - RG</t>
   </si>
   <si>
     <t>#61 Richard Light - RT</t>
   </si>
   <si>
     <t>#95 Norman Cooper - DT</t>
   </si>
   <si>
-    <t>#62 Timothy Jones - DT</t>
+    <t>#93 Timothy Jones - DT</t>
   </si>
   <si>
     <t>#96 Randy Thomas - DT</t>
   </si>
   <si>
     <t>#66 Roderick Inman - RDE</t>
   </si>
   <si>
     <t>#97 Arthur Hale - SLB</t>
   </si>
   <si>
     <t>#97 Lyle Roche - MLB</t>
   </si>
   <si>
     <t>#94 Robert Patterson - WLB</t>
   </si>
   <si>
     <t>#48 Geoffrey Hale - CB</t>
   </si>
   <si>
     <t>#25 Michale Plata - CB</t>
   </si>
   <si>
     <t>#40 Myron Brooks - SS</t>
   </si>
@@ -506,51 +506,51 @@
   <si>
     <t>#4 Hector Scott - QB</t>
   </si>
   <si>
     <t>#7 Lawrence Koss - K</t>
   </si>
   <si>
     <t>#68 Mark Meyer - C</t>
   </si>
   <si>
     <t>#54 Earl Super - LT</t>
   </si>
   <si>
     <t>#72 Walter Brown - RT</t>
   </si>
   <si>
     <t>#75 Michael Anderson - RT</t>
   </si>
   <si>
     <t>#58 Brandon Hatfield - LT</t>
   </si>
   <si>
     <t>#92 Daniel Riggs - SLB</t>
   </si>
   <si>
-    <t>#97 Joshua Watson - MLB</t>
+    <t>#54 Joshua Watson - MLB</t>
   </si>
   <si>
     <t>#57 Larry Kinard - SLB</t>
   </si>
   <si>
     <t>#54 Jordon Stewart - DT</t>
   </si>
   <si>
     <t>#92 Stephen Sterling - RDE</t>
   </si>
   <si>
     <t>#91 Jack Redd - LDE</t>
   </si>
   <si>
     <t>#98 Edwin Albro - DT</t>
   </si>
   <si>
     <t>ATL 35</t>
   </si>
   <si>
     <t>(11:53) 14-Kyle Gutierrez kicks 74 yards from ATL 35 to PIT -9. Touchback.</t>
   </si>
   <si>
     <t>#82 Robert Brigham - WR</t>
   </si>
@@ -563,75 +563,75 @@
   <si>
     <t>#48 Lowell Dowd - FS</t>
   </si>
   <si>
     <t>#14 Kyle Gutierrez - K</t>
   </si>
   <si>
     <t>PIT 25</t>
   </si>
   <si>
     <t>Strong I Normal HB Dive Strong</t>
   </si>
   <si>
     <t>4-3 Under Double Safety Blitz</t>
   </si>
   <si>
     <t>1-10-PIT 25 (11:53) 44-Ryan Nicely ran to PIT 27 for 2 yards. Tackle by 28-Horacio Burchfield. PENALTY - Offsides (ATL 90-Joel Martinez)</t>
   </si>
   <si>
     <t>#5 Armando Seidel - QB</t>
   </si>
   <si>
     <t>#33 Ryan Nicely - RB</t>
   </si>
   <si>
-    <t>#86 Daniel Goetz - FB</t>
+    <t>#47 Daniel Goetz - FB</t>
   </si>
   <si>
     <t>#89 William Ward - TE</t>
   </si>
   <si>
     <t>#11 Donald Bale - WR</t>
   </si>
   <si>
     <t>#60 Clifford Owens - LT</t>
   </si>
   <si>
     <t>#61 David Willard - LG</t>
   </si>
   <si>
     <t>#71 Luis Godwin - C</t>
   </si>
   <si>
     <t>#64 Jason Lane - RG</t>
   </si>
   <si>
     <t>#67 James Fulmer - RT</t>
   </si>
   <si>
-    <t>#90 Joel Martinez - LDE</t>
+    <t>#77 Joel Martinez - DT</t>
   </si>
   <si>
     <t>#66 Robert Gantt - DT</t>
   </si>
   <si>
     <t>#68 Leslie Pough - DT</t>
   </si>
   <si>
     <t>#70 Mario North - RDE</t>
   </si>
   <si>
     <t>#91 Brian Dunphy - SLB</t>
   </si>
   <si>
     <t>#59 Joseph Skinner - WLB</t>
   </si>
   <si>
     <t>11:50</t>
   </si>
   <si>
     <t>PIT 30</t>
   </si>
   <si>
     <t>Singleback Normal FL Post</t>
   </si>
@@ -2305,51 +2305,51 @@
     <col min="54" max="54" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="79" max="79" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="79" max="79" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="29.421" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">