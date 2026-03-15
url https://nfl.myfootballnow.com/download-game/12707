--- v2 (2026-01-14)
+++ v3 (2026-03-15)
@@ -305,51 +305,51 @@
   <si>
     <t>#81 Sean Young - WR</t>
   </si>
   <si>
     <t>#45 Virgil Mandel - SS</t>
   </si>
   <si>
     <t>#23 Lawrence Neal - CB</t>
   </si>
   <si>
     <t>#40 Horacio Burchfield - SS</t>
   </si>
   <si>
     <t>#42 Willard Lacefield - CB</t>
   </si>
   <si>
     <t>#41 Andrew Chaparro - CB</t>
   </si>
   <si>
     <t>#59 Thomas Workman - SLB</t>
   </si>
   <si>
     <t>#47 Robert Spann - CB</t>
   </si>
   <si>
-    <t>#32 Gerald Durden - CB</t>
+    <t>#25 Gerald Durden - CB</t>
   </si>
   <si>
     <t>#58 Anthony Dorsey - MLB</t>
   </si>
   <si>
     <t>#49 Alan Clements - FS</t>
   </si>
   <si>
     <t>#9 Joshua Brooks - K</t>
   </si>
   <si>
     <t>ATL</t>
   </si>
   <si>
     <t>ATL 25</t>
   </si>
   <si>
     <t>Strong I Normal Short Attack</t>
   </si>
   <si>
     <t>4-3 Normal WLB MLB Blitz</t>
   </si>
   <si>
     <t>1-10-ATL 25 (15:00) 1-Eugene McGrath pass complete to 30-Gary Carlson to ATL 26 for 1 yards. Tackle by 40-Myron Brooks.</t>
   </si>
@@ -584,51 +584,51 @@
   <si>
     <t>#33 Ryan Nicely - RB</t>
   </si>
   <si>
     <t>#47 Daniel Goetz - FB</t>
   </si>
   <si>
     <t>#89 William Ward - TE</t>
   </si>
   <si>
     <t>#11 Donald Bale - WR</t>
   </si>
   <si>
     <t>#60 Clifford Owens - LT</t>
   </si>
   <si>
     <t>#61 David Willard - LG</t>
   </si>
   <si>
     <t>#71 Luis Godwin - C</t>
   </si>
   <si>
     <t>#64 Jason Lane - RG</t>
   </si>
   <si>
-    <t>#67 James Fulmer - RT</t>
+    <t>#57 James Fulmer - RG</t>
   </si>
   <si>
     <t>#77 Joel Martinez - DT</t>
   </si>
   <si>
     <t>#66 Robert Gantt - DT</t>
   </si>
   <si>
     <t>#68 Leslie Pough - DT</t>
   </si>
   <si>
     <t>#70 Mario North - RDE</t>
   </si>
   <si>
     <t>#91 Brian Dunphy - SLB</t>
   </si>
   <si>
     <t>#59 Joseph Skinner - WLB</t>
   </si>
   <si>
     <t>11:50</t>
   </si>
   <si>
     <t>PIT 30</t>
   </si>
@@ -755,51 +755,51 @@
   <si>
     <t>7:27</t>
   </si>
   <si>
     <t>Nickel Normal Shallow Zone Deep</t>
   </si>
   <si>
     <t>2-7-ATL 7 (7:26) 44-Ryan Nicely ran for 7 yards. TOUCHDOWN! ATL 90-Joel Martinez was injured on the play. He looks like he should be able to return. ATL 7 PIT 6</t>
   </si>
   <si>
     <t>7:22</t>
   </si>
   <si>
     <t>ATL 15</t>
   </si>
   <si>
     <t>(7:23) Extra point GOOD by 9-Joshua Brooks. ATL 7 PIT 7</t>
   </si>
   <si>
     <t>#63 Justin Kane - LG</t>
   </si>
   <si>
     <t>#63 Ronald Cochran - C</t>
   </si>
   <si>
-    <t>#96 Philip Nelson - RDE</t>
+    <t>#58 Philip Nelson - SLB</t>
   </si>
   <si>
     <t>(7:23) 9-Joshua Brooks kicks 73 yards from PIT 35 to ATL -8. Touchback.</t>
   </si>
   <si>
     <t>Singleback Normal HB Inside Weak</t>
   </si>
   <si>
     <t>4-3 Normal Double WR1</t>
   </si>
   <si>
     <t>1-10-ATL 25 (7:23) 30-Gary Carlson ran to ATL 24 for -1 yards. Tackle by 94-Robert Patterson.</t>
   </si>
   <si>
     <t>#21 David Medellin - WR</t>
   </si>
   <si>
     <t>6:51</t>
   </si>
   <si>
     <t>ATL 24</t>
   </si>
   <si>
     <t>Goal Line Normal HB Pitch Weak</t>
   </si>