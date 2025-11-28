--- v0 (2025-10-18)
+++ v1 (2025-11-28)
@@ -287,60 +287,60 @@
   <si>
     <t>NYJ has won the toss and elected to receive.</t>
   </si>
   <si>
     <t>NOS</t>
   </si>
   <si>
     <t>NOS 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 7-Richard Worthington kicks 75 yards from NOS 35 to NYJ -10. 48-David Glenn to NYJ 24 for 34 yards. Tackle by 68-Charles Sutherland.</t>
   </si>
   <si>
     <t>#48 David Glenn - FB</t>
   </si>
   <si>
     <t>#61 John Hawkins - LG</t>
   </si>
   <si>
-    <t>#90 Corey Chavez - LDE</t>
+    <t>#90 Corey Chavez - RDE</t>
   </si>
   <si>
     <t>#31 Brad Harp - CB</t>
   </si>
   <si>
     <t>#39 David Warren - FS</t>
   </si>
   <si>
-    <t>#90 Miguel Scherrer - RDE</t>
+    <t>#97 Miguel Scherrer - LDE</t>
   </si>
   <si>
     <t>#35 Bob Brock - FS</t>
   </si>
   <si>
     <t>#30 Keith Vogel - SS</t>
   </si>
   <si>
     <t>#54 Loren Snead - MLB</t>
   </si>
   <si>
     <t>#38 Michael Bright - SS</t>
   </si>
   <si>
     <t>#57 Jeremy Burton - SLB</t>
   </si>
   <si>
     <t>#3 Richard Worthington - K</t>
   </si>
   <si>
     <t>NYJ</t>
   </si>
   <si>
     <t>14:54</t>
   </si>
@@ -374,51 +374,51 @@
   <si>
     <t>#87 Don Bond - WR</t>
   </si>
   <si>
     <t>#91 Terry Garcia - LT</t>
   </si>
   <si>
     <t>#76 Michael Rice - LT</t>
   </si>
   <si>
     <t>#57 Gregory Ferguson - C</t>
   </si>
   <si>
     <t>#73 Peter Tripp - RG</t>
   </si>
   <si>
     <t>#57 Jason McCray - RT</t>
   </si>
   <si>
     <t>#97 William Nutter - LDE</t>
   </si>
   <si>
     <t>#54 Ron Childress - DT</t>
   </si>
   <si>
-    <t>#55 Paul Sauve - RDE</t>
+    <t>#90 Paul Sauve - LDE</t>
   </si>
   <si>
     <t>#51 David Denault - MLB</t>
   </si>
   <si>
     <t>#39 Johnathan Rich - CB</t>
   </si>
   <si>
     <t>#45 Todd Jennings - CB</t>
   </si>
   <si>
     <t>#44 Jeffrey Koch - CB</t>
   </si>
   <si>
     <t>#27 James Reeves - CB</t>
   </si>
   <si>
     <t>#43 Jason Vice - SS</t>
   </si>
   <si>
     <t>#17 Eric Nunez - SS</t>
   </si>
   <si>
     <t>#2 Timothy Coulter - CB</t>
   </si>
@@ -518,150 +518,150 @@
   <si>
     <t>NOS 17</t>
   </si>
   <si>
     <t>Strong I Normal Counter Strong</t>
   </si>
   <si>
     <t>4-3 Under Double Safety Blitz</t>
   </si>
   <si>
     <t>2-1-NOS 17 (11:28) 48-David Glenn ran to NOS 12 for 5 yards. Tackle by 20-Johnathan Rich.</t>
   </si>
   <si>
     <t>10:55</t>
   </si>
   <si>
     <t>NOS 12</t>
   </si>
   <si>
     <t>Nickel Normal Shallow Zone Deep</t>
   </si>
   <si>
     <t>1-10-NOS 12 (10:54) 34-Wayne Ellis ran to NOS 6 for 6 yards. Tackle by 50-Sam Lebeau.</t>
   </si>
   <si>
-    <t>#88 Stanley Allen - TE</t>
+    <t>#88 Stanley Allen - LG</t>
   </si>
   <si>
     <t>10:19</t>
   </si>
   <si>
     <t>NOS 6</t>
   </si>
   <si>
     <t>Dime Normal Double WR3</t>
   </si>
   <si>
     <t>2-4-NOS 6 (10:18) 48-David Glenn ran to NOS 3 for 3 yards. Tackle by 51-David Denault.</t>
   </si>
   <si>
     <t>9:37</t>
   </si>
   <si>
     <t>NOS 3</t>
   </si>
   <si>
     <t>Singleback Big Ins and Outs</t>
   </si>
   <si>
     <t>4-3 Under Crash Left</t>
   </si>
   <si>
     <t>3-1-NOS 3 (9:36) 10-Billy Brooks pass incomplete, intended for 82-John Hawkins.</t>
   </si>
   <si>
     <t>9:33</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-1-NOS 3 (9:34) 97-Miguel Scherrer 21 yard field goal is NO GOOD. (Wide Right)</t>
   </si>
   <si>
     <t>#68 Earl Ernst - LT</t>
   </si>
   <si>
-    <t>#61 Frank Ward - LG</t>
+    <t>#61 Frank Ward - RG</t>
   </si>
   <si>
     <t>#53 Kirk Forester - C</t>
   </si>
   <si>
     <t>#59 Robert Dennett - RDE</t>
   </si>
   <si>
     <t>#65 Mark Lucero - RDE</t>
   </si>
   <si>
-    <t>#58 James Slade - MLB</t>
+    <t>#29 James Slade - CB</t>
   </si>
   <si>
     <t>#49 Walter Ortiz - MLB</t>
   </si>
   <si>
     <t>9:31</t>
   </si>
   <si>
     <t>NOS 20</t>
   </si>
   <si>
     <t>Shotgun Normal HB Dive</t>
   </si>
   <si>
     <t>Nickel Normal Man Cover 2</t>
   </si>
   <si>
     <t>1-10-NOS 20 (9:32) 23-Ray Rodriguez ran to NOS 19 for -1 yards. Tackle by 93-Terrence Klein.</t>
   </si>
   <si>
     <t>#21 Sylvester Ferraro - QB</t>
   </si>
   <si>
     <t>#23 Ray Rodriguez - RB</t>
   </si>
   <si>
     <t>#86 Zachary Martin - TE</t>
   </si>
   <si>
     <t>#11 Tom Latorre - WR</t>
   </si>
   <si>
     <t>#82 Robert Bedwell - WR</t>
   </si>
   <si>
     <t>#19 Justin Borrero - WR</t>
   </si>
   <si>
     <t>#64 Charles Christensen - LT</t>
   </si>
   <si>
-    <t>#51 Paul Robles - RG</t>
+    <t>#75 Paul Robles - RG</t>
   </si>
   <si>
     <t>#63 David Atnip - C</t>
   </si>
   <si>
     <t>#61 Hector Ortiz - LG</t>
   </si>
   <si>
     <t>#72 Vance Elliott - RT</t>
   </si>
   <si>
     <t>#95 Jose Matthews - DT</t>
   </si>
   <si>
     <t>#99 Joel Taylor - LDE</t>
   </si>
   <si>
     <t>#94 Terrence Klein - MLB</t>
   </si>
   <si>
     <t>#45 Larry Dillow - SS</t>
   </si>
   <si>
     <t>8:53</t>
   </si>
@@ -764,96 +764,96 @@
   <si>
     <t>NOS 24</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR WR Curl</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>1-10-NOS 24 (5:58) 21-Sylvester Ferraro pass complete to 25-Tyler Moreno to NOS 42 for 18 yards. 25-Tyler Moreno made a great move on the CB.</t>
   </si>
   <si>
     <t>5:18</t>
   </si>
   <si>
     <t>NOS 42</t>
   </si>
   <si>
     <t>Goal Line Normal HB Dive</t>
   </si>
   <si>
     <t>1-10-NOS 42 (5:17) 23-Ray Rodriguez ran to NOS 46 for 4 yards. Tackle by 44-Brad Harp.</t>
   </si>
   <si>
-    <t>#84 Spencer Chan - TE</t>
+    <t>#48 Spencer Chan - FB</t>
   </si>
   <si>
     <t>4:40</t>
   </si>
   <si>
     <t>NOS 46</t>
   </si>
   <si>
     <t>I Formation 3WR Backfield Flats</t>
   </si>
   <si>
     <t>2-6-NOS 46 (4:39) 21-Sylvester Ferraro pass complete to 32-Efren Allen to NOS 50 for 4 yards. Tackle by 93-Terrence Klein.</t>
   </si>
   <si>
     <t>4:06</t>
   </si>
   <si>
     <t>NOS 50</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR Shotgun Dive</t>
   </si>
   <si>
     <t>3-2-NOS 50 (4:05) 23-Ray Rodriguez ran to NOS 48 for -2 yards. Tackle by 93-Terrence Klein.</t>
   </si>
   <si>
     <t>3:34</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-4-NOS 48 (3:33) 1-Michael Updegraff punts 45 yards to NYJ 6.</t>
   </si>
   <si>
     <t>#1 Michael Updegraff - P</t>
   </si>
   <si>
     <t>#62 Gerald Collier - FB</t>
   </si>
   <si>
-    <t>#70 Theodore Nichols - C</t>
+    <t>#74 Theodore Nichols - C</t>
   </si>
   <si>
     <t>#77 Leon McFarland - C</t>
   </si>
   <si>
     <t>3:22</t>
   </si>
   <si>
     <t>NYJ 6</t>
   </si>
   <si>
     <t>Weak I Normal HB Inside Weak</t>
   </si>
   <si>
     <t>1-10-NYJ 6 (3:23) 48-David Glenn ran to NYJ 6 for a short loss. Tackle by 50-Sam Lebeau.</t>
   </si>
   <si>
     <t>2:48</t>
   </si>
   <si>
     <t>Singleback Slot Strong Off Tackle Strong</t>
   </si>
   <si>
     <t>2-10-NYJ 6 (2:47) PENALTY - False Start (NYJ 12-Marcel Williams)</t>
   </si>
@@ -956,57 +956,57 @@
   <si>
     <t>2-10-NYJ 34 (0:02) 21-Sylvester Ferraro pass complete to 19-Justin Borrero to NYJ 30 for 4 yards. Tackle by 44-Brad Harp.</t>
   </si>
   <si>
     <t>0:00</t>
   </si>
   <si>
     <t>End of first quarter.</t>
   </si>
   <si>
     <t>NYJ 30</t>
   </si>
   <si>
     <t>Nickel Normal Man Zone</t>
   </si>
   <si>
     <t>3-6-NYJ 30 (15:00) 23-Ray Rodriguez ran to NYJ 33 for -3 yards. Tackle by 97-Miguel Scherrer. 86-Zachary Martin missed that block completely.</t>
   </si>
   <si>
     <t>14:18</t>
   </si>
   <si>
     <t>4-9-NYJ 33 (14:17) 7-Richard Worthington 51 yard field goal is GOOD. PENALTY - Offsides (NYJ 59-Loren Snead) (Declined) NOS 3 NYJ 6</t>
   </si>
   <si>
-    <t>#24 Manuel Cartwright - CB</t>
+    <t>#36 Manuel Cartwright - CB</t>
   </si>
   <si>
     <t>#50 John Baughman - MLB</t>
   </si>
   <si>
-    <t>#86 Abraham Cox - DT</t>
+    <t>#85 Abraham Cox - DT</t>
   </si>
   <si>
     <t>#25 Herbert Hess - CB</t>
   </si>
   <si>
     <t>(14:13) 7-Richard Worthington kicks 74 yards from NOS 35 to NYJ -9. Touchback.</t>
   </si>
   <si>
     <t>NYJ 25</t>
   </si>
   <si>
     <t>Weak I Normal HB Inside Strong</t>
   </si>
   <si>
     <t>1-10-NYJ 25 (14:13) 48-David Glenn ran to NYJ 26 for 1 yards. Tackle by 54-Ron Childress.</t>
   </si>
   <si>
     <t>13:36</t>
   </si>
   <si>
     <t>NYJ 26</t>
   </si>
   <si>
     <t>Nickel Normal Double WR3</t>
   </si>
@@ -1175,51 +1175,51 @@
   <si>
     <t>5:19</t>
   </si>
   <si>
     <t>Nickel Normal 3 Deep Man Under</t>
   </si>
   <si>
     <t>2-8-NYJ 45 (5:18) 21-Sylvester Ferraro pass incomplete, intended for 19-Justin Borrero.</t>
   </si>
   <si>
     <t>5:15</t>
   </si>
   <si>
     <t>Split Backs Normal Strong Pitch Sweep</t>
   </si>
   <si>
     <t>3-8-NYJ 45 (5:16) 25-Tyler Moreno ran to NYJ 33 for 12 yards. Tackle by 42-Larry Dillow.</t>
   </si>
   <si>
     <t>4:37</t>
   </si>
   <si>
     <t>1-10-NYJ 33 (4:36) 21-Sylvester Ferraro pass Pass knocked down by 40-Bob Brock. incomplete, intended for 81-John Marsh. NOS 32-Efren Allen was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
-    <t>#16 Randy Jaworski - WR</t>
+    <t>#13 Randy Jaworski - WR</t>
   </si>
   <si>
     <t>4:32</t>
   </si>
   <si>
     <t>4-3 Under Crash Right</t>
   </si>
   <si>
     <t>2-10-NYJ 33 (4:33) 23-Ray Rodriguez ran to NYJ 29 for 4 yards. Tackle by 95-David Warren.</t>
   </si>
   <si>
     <t>4:00</t>
   </si>
   <si>
     <t>NYJ 29</t>
   </si>
   <si>
     <t>Split Backs Normal TE Curl</t>
   </si>
   <si>
     <t>3-6-NYJ 29 (3:59) 21-Sylvester Ferraro pass incomplete, dropped by 86-Zachary Martin.</t>
   </si>
   <si>
     <t>3:55</t>
   </si>