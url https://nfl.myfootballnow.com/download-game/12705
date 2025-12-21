--- v1 (2025-11-28)
+++ v2 (2025-12-21)
@@ -563,93 +563,93 @@
   <si>
     <t>Singleback Big Ins and Outs</t>
   </si>
   <si>
     <t>4-3 Under Crash Left</t>
   </si>
   <si>
     <t>3-1-NOS 3 (9:36) 10-Billy Brooks pass incomplete, intended for 82-John Hawkins.</t>
   </si>
   <si>
     <t>9:33</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-1-NOS 3 (9:34) 97-Miguel Scherrer 21 yard field goal is NO GOOD. (Wide Right)</t>
   </si>
   <si>
     <t>#68 Earl Ernst - LT</t>
   </si>
   <si>
-    <t>#61 Frank Ward - RG</t>
+    <t>#61 Frank Ward - LG</t>
   </si>
   <si>
     <t>#53 Kirk Forester - C</t>
   </si>
   <si>
     <t>#59 Robert Dennett - RDE</t>
   </si>
   <si>
     <t>#65 Mark Lucero - RDE</t>
   </si>
   <si>
     <t>#29 James Slade - CB</t>
   </si>
   <si>
     <t>#49 Walter Ortiz - MLB</t>
   </si>
   <si>
     <t>9:31</t>
   </si>
   <si>
     <t>NOS 20</t>
   </si>
   <si>
     <t>Shotgun Normal HB Dive</t>
   </si>
   <si>
     <t>Nickel Normal Man Cover 2</t>
   </si>
   <si>
     <t>1-10-NOS 20 (9:32) 23-Ray Rodriguez ran to NOS 19 for -1 yards. Tackle by 93-Terrence Klein.</t>
   </si>
   <si>
     <t>#21 Sylvester Ferraro - QB</t>
   </si>
   <si>
     <t>#23 Ray Rodriguez - RB</t>
   </si>
   <si>
     <t>#86 Zachary Martin - TE</t>
   </si>
   <si>
-    <t>#11 Tom Latorre - WR</t>
+    <t>#17 Tom Latorre - WR</t>
   </si>
   <si>
     <t>#82 Robert Bedwell - WR</t>
   </si>
   <si>
     <t>#19 Justin Borrero - WR</t>
   </si>
   <si>
     <t>#64 Charles Christensen - LT</t>
   </si>
   <si>
     <t>#75 Paul Robles - RG</t>
   </si>
   <si>
     <t>#63 David Atnip - C</t>
   </si>
   <si>
     <t>#61 Hector Ortiz - LG</t>
   </si>
   <si>
     <t>#72 Vance Elliott - RT</t>
   </si>
   <si>
     <t>#95 Jose Matthews - DT</t>
   </si>
@@ -1355,51 +1355,51 @@
   <si>
     <t>0:13</t>
   </si>
   <si>
     <t>46 Normal 3 Deep Zone</t>
   </si>
   <si>
     <t>2-10-NYJ 25 (0:12) 48-David Glenn ran to NYJ 28 for 2 yards. Tackle by 52-Joe Ewing.</t>
   </si>
   <si>
     <t>End of half.</t>
   </si>
   <si>
     <t>(15:00) 82-John Hawkins kicks 53 yards from NYJ 35 to NOS 12. 25-Tyler Moreno to NOS 27 for 16 yards. Tackle by 40-Bob Brock.</t>
   </si>
   <si>
     <t>14:56</t>
   </si>
   <si>
     <t>NOS 27</t>
   </si>
   <si>
     <t>1-10-NOS 27 (14:57) 32-Efren Allen ran to NOS 29 for 1 yards. Tackle by 74-Jose Matthews. 77-Leon McFarland was caught flat-footed on this play.</t>
   </si>
   <si>
-    <t>#8 Troy Rumph - QB</t>
+    <t>#16 Troy Rumph - QB</t>
   </si>
   <si>
     <t>#66 Greg Bishop - LT</t>
   </si>
   <si>
     <t>#79 John Lawson - C</t>
   </si>
   <si>
     <t>#79 Shawn Durman - RG</t>
   </si>
   <si>
     <t>14:26</t>
   </si>
   <si>
     <t>NOS 29</t>
   </si>
   <si>
     <t>Split Backs Normal WR Post</t>
   </si>
   <si>
     <t>2-9-NOS 29 (14:25) 8-Troy Rumph pass complete to 82-Robert Bedwell to NOS 32 for 3 yards. Tackle by 37-Jeremy Burton. NYJ 74-Jose Matthews was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>13:50</t>
   </si>