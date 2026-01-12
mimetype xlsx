--- v2 (2025-12-21)
+++ v3 (2026-01-12)
@@ -296,51 +296,51 @@
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 7-Richard Worthington kicks 75 yards from NOS 35 to NYJ -10. 48-David Glenn to NYJ 24 for 34 yards. Tackle by 68-Charles Sutherland.</t>
   </si>
   <si>
     <t>#48 David Glenn - FB</t>
   </si>
   <si>
     <t>#61 John Hawkins - LG</t>
   </si>
   <si>
     <t>#90 Corey Chavez - RDE</t>
   </si>
   <si>
     <t>#31 Brad Harp - CB</t>
   </si>
   <si>
     <t>#39 David Warren - FS</t>
   </si>
   <si>
-    <t>#97 Miguel Scherrer - LDE</t>
+    <t>#94 Miguel Scherrer - LDE</t>
   </si>
   <si>
     <t>#35 Bob Brock - FS</t>
   </si>
   <si>
     <t>#30 Keith Vogel - SS</t>
   </si>
   <si>
     <t>#54 Loren Snead - MLB</t>
   </si>
   <si>
     <t>#38 Michael Bright - SS</t>
   </si>
   <si>
     <t>#57 Jeremy Burton - SLB</t>
   </si>
   <si>
     <t>#3 Richard Worthington - K</t>
   </si>
   <si>
     <t>NYJ</t>
   </si>
   <si>
     <t>14:54</t>
   </si>
@@ -518,51 +518,51 @@
   <si>
     <t>NOS 17</t>
   </si>
   <si>
     <t>Strong I Normal Counter Strong</t>
   </si>
   <si>
     <t>4-3 Under Double Safety Blitz</t>
   </si>
   <si>
     <t>2-1-NOS 17 (11:28) 48-David Glenn ran to NOS 12 for 5 yards. Tackle by 20-Johnathan Rich.</t>
   </si>
   <si>
     <t>10:55</t>
   </si>
   <si>
     <t>NOS 12</t>
   </si>
   <si>
     <t>Nickel Normal Shallow Zone Deep</t>
   </si>
   <si>
     <t>1-10-NOS 12 (10:54) 34-Wayne Ellis ran to NOS 6 for 6 yards. Tackle by 50-Sam Lebeau.</t>
   </si>
   <si>
-    <t>#88 Stanley Allen - LG</t>
+    <t>#88 Stanley Allen - RG</t>
   </si>
   <si>
     <t>10:19</t>
   </si>
   <si>
     <t>NOS 6</t>
   </si>
   <si>
     <t>Dime Normal Double WR3</t>
   </si>
   <si>
     <t>2-4-NOS 6 (10:18) 48-David Glenn ran to NOS 3 for 3 yards. Tackle by 51-David Denault.</t>
   </si>
   <si>
     <t>9:37</t>
   </si>
   <si>
     <t>NOS 3</t>
   </si>
   <si>
     <t>Singleback Big Ins and Outs</t>
   </si>
   <si>
     <t>4-3 Under Crash Left</t>
   </si>
@@ -623,51 +623,51 @@
   <si>
     <t>#23 Ray Rodriguez - RB</t>
   </si>
   <si>
     <t>#86 Zachary Martin - TE</t>
   </si>
   <si>
     <t>#17 Tom Latorre - WR</t>
   </si>
   <si>
     <t>#82 Robert Bedwell - WR</t>
   </si>
   <si>
     <t>#19 Justin Borrero - WR</t>
   </si>
   <si>
     <t>#64 Charles Christensen - LT</t>
   </si>
   <si>
     <t>#75 Paul Robles - RG</t>
   </si>
   <si>
     <t>#63 David Atnip - C</t>
   </si>
   <si>
-    <t>#61 Hector Ortiz - LG</t>
+    <t>#61 Hector Ortiz - LT</t>
   </si>
   <si>
     <t>#72 Vance Elliott - RT</t>
   </si>
   <si>
     <t>#95 Jose Matthews - DT</t>
   </si>
   <si>
     <t>#99 Joel Taylor - LDE</t>
   </si>
   <si>
     <t>#94 Terrence Klein - MLB</t>
   </si>
   <si>
     <t>#45 Larry Dillow - SS</t>
   </si>
   <si>
     <t>8:53</t>
   </si>
   <si>
     <t>NOS 19</t>
   </si>
   <si>
     <t>Strong I Normal HB Dive Strong</t>
   </si>