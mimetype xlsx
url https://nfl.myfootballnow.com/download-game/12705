--- v3 (2026-01-12)
+++ v4 (2026-03-12)
@@ -344,132 +344,132 @@
   <si>
     <t>14:54</t>
   </si>
   <si>
     <t>NYJ 24</t>
   </si>
   <si>
     <t>Singleback Slot Strong HB Counter</t>
   </si>
   <si>
     <t>Quarter Normal Cover 4</t>
   </si>
   <si>
     <t>1-10-NYJ 24 (14:55) 34-Wayne Ellis ran to NYJ 33 for 9 yards. Tackle by 36-Timothy Coulter. NOS 54-Ron Childress was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#8 Billy Brooks - QB</t>
   </si>
   <si>
     <t>#83 Wayne Ellis - WR</t>
   </si>
   <si>
     <t>#72 Noe Ashworth - RT</t>
   </si>
   <si>
-    <t>#7 Kenneth Ornelas - WR</t>
+    <t>#87 Kenneth Ornelas - WR</t>
   </si>
   <si>
     <t>#17 Marcel Williams - WR</t>
   </si>
   <si>
     <t>#87 Don Bond - WR</t>
   </si>
   <si>
-    <t>#91 Terry Garcia - LT</t>
+    <t>#91 Terry Garcia - RT</t>
   </si>
   <si>
     <t>#76 Michael Rice - LT</t>
   </si>
   <si>
     <t>#57 Gregory Ferguson - C</t>
   </si>
   <si>
-    <t>#73 Peter Tripp - RG</t>
+    <t>#76 Peter Tripp - RT</t>
   </si>
   <si>
     <t>#57 Jason McCray - RT</t>
   </si>
   <si>
     <t>#97 William Nutter - LDE</t>
   </si>
   <si>
     <t>#54 Ron Childress - DT</t>
   </si>
   <si>
     <t>#90 Paul Sauve - LDE</t>
   </si>
   <si>
     <t>#51 David Denault - MLB</t>
   </si>
   <si>
     <t>#39 Johnathan Rich - CB</t>
   </si>
   <si>
-    <t>#45 Todd Jennings - CB</t>
+    <t>#33 Todd Jennings - CB</t>
   </si>
   <si>
     <t>#44 Jeffrey Koch - CB</t>
   </si>
   <si>
     <t>#27 James Reeves - CB</t>
   </si>
   <si>
     <t>#43 Jason Vice - SS</t>
   </si>
   <si>
     <t>#17 Eric Nunez - SS</t>
   </si>
   <si>
     <t>#2 Timothy Coulter - CB</t>
   </si>
   <si>
     <t>14:12</t>
   </si>
   <si>
     <t>NYJ 33</t>
   </si>
   <si>
     <t>I Formation 3WR HB Inside Weak</t>
   </si>
   <si>
     <t>Nickel 3-3-5 3 Deep MLB Blitz</t>
   </si>
   <si>
     <t>2-1-NYJ 33 (14:11) 48-David Glenn ran to NOS 48 for 19 yards. Tackle by 27-James Reeves.</t>
   </si>
   <si>
     <t>#33 Dennis May - FB</t>
   </si>
   <si>
     <t>#76 Charles Sutherland - DT</t>
   </si>
   <si>
     <t>#90 Joe Ewing - SLB</t>
   </si>
   <si>
-    <t>#57 Sam Lebeau - MLB</t>
+    <t>#95 Sam Lebeau - MLB</t>
   </si>
   <si>
     <t>13:34</t>
   </si>
   <si>
     <t>NOS 48</t>
   </si>
   <si>
     <t>I Formation Power Play Action HB Downfield</t>
   </si>
   <si>
     <t>Goal Line Attack #3</t>
   </si>
   <si>
     <t>1-10-NOS 48 (13:33) 10-Billy Brooks pass complete to 89-Noe Ashworth to NOS 41 for 7 yards. Tackle by 45-Todd Jennings.</t>
   </si>
   <si>
     <t>#36 David Garcia - FB</t>
   </si>
   <si>
     <t>#98 Cory Roth - LDE</t>
   </si>
   <si>
     <t>#58 Mike Gonzales - MLB</t>
   </si>
@@ -518,51 +518,51 @@
   <si>
     <t>NOS 17</t>
   </si>
   <si>
     <t>Strong I Normal Counter Strong</t>
   </si>
   <si>
     <t>4-3 Under Double Safety Blitz</t>
   </si>
   <si>
     <t>2-1-NOS 17 (11:28) 48-David Glenn ran to NOS 12 for 5 yards. Tackle by 20-Johnathan Rich.</t>
   </si>
   <si>
     <t>10:55</t>
   </si>
   <si>
     <t>NOS 12</t>
   </si>
   <si>
     <t>Nickel Normal Shallow Zone Deep</t>
   </si>
   <si>
     <t>1-10-NOS 12 (10:54) 34-Wayne Ellis ran to NOS 6 for 6 yards. Tackle by 50-Sam Lebeau.</t>
   </si>
   <si>
-    <t>#88 Stanley Allen - RG</t>
+    <t>#86 Stanley Allen - RG</t>
   </si>
   <si>
     <t>10:19</t>
   </si>
   <si>
     <t>NOS 6</t>
   </si>
   <si>
     <t>Dime Normal Double WR3</t>
   </si>
   <si>
     <t>2-4-NOS 6 (10:18) 48-David Glenn ran to NOS 3 for 3 yards. Tackle by 51-David Denault.</t>
   </si>
   <si>
     <t>9:37</t>
   </si>
   <si>
     <t>NOS 3</t>
   </si>
   <si>
     <t>Singleback Big Ins and Outs</t>
   </si>
   <si>
     <t>4-3 Under Crash Left</t>
   </si>
@@ -809,51 +809,51 @@
   <si>
     <t>Shotgun 2 RB 3 WR Shotgun Dive</t>
   </si>
   <si>
     <t>3-2-NOS 50 (4:05) 23-Ray Rodriguez ran to NOS 48 for -2 yards. Tackle by 93-Terrence Klein.</t>
   </si>
   <si>
     <t>3:34</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-4-NOS 48 (3:33) 1-Michael Updegraff punts 45 yards to NYJ 6.</t>
   </si>
   <si>
     <t>#1 Michael Updegraff - P</t>
   </si>
   <si>
     <t>#62 Gerald Collier - FB</t>
   </si>
   <si>
-    <t>#74 Theodore Nichols - C</t>
+    <t>#84 Theodore Nichols - C</t>
   </si>
   <si>
     <t>#77 Leon McFarland - C</t>
   </si>
   <si>
     <t>3:22</t>
   </si>
   <si>
     <t>NYJ 6</t>
   </si>
   <si>
     <t>Weak I Normal HB Inside Weak</t>
   </si>
   <si>
     <t>1-10-NYJ 6 (3:23) 48-David Glenn ran to NYJ 6 for a short loss. Tackle by 50-Sam Lebeau.</t>
   </si>
   <si>
     <t>2:48</t>
   </si>
   <si>
     <t>Singleback Slot Strong Off Tackle Strong</t>
   </si>
   <si>
     <t>2-10-NYJ 6 (2:47) PENALTY - False Start (NYJ 12-Marcel Williams)</t>
   </si>
@@ -962,51 +962,51 @@
   <si>
     <t>End of first quarter.</t>
   </si>
   <si>
     <t>NYJ 30</t>
   </si>
   <si>
     <t>Nickel Normal Man Zone</t>
   </si>
   <si>
     <t>3-6-NYJ 30 (15:00) 23-Ray Rodriguez ran to NYJ 33 for -3 yards. Tackle by 97-Miguel Scherrer. 86-Zachary Martin missed that block completely.</t>
   </si>
   <si>
     <t>14:18</t>
   </si>
   <si>
     <t>4-9-NYJ 33 (14:17) 7-Richard Worthington 51 yard field goal is GOOD. PENALTY - Offsides (NYJ 59-Loren Snead) (Declined) NOS 3 NYJ 6</t>
   </si>
   <si>
     <t>#36 Manuel Cartwright - CB</t>
   </si>
   <si>
     <t>#50 John Baughman - MLB</t>
   </si>
   <si>
-    <t>#85 Abraham Cox - DT</t>
+    <t>#64 Abraham Cox - DT</t>
   </si>
   <si>
     <t>#25 Herbert Hess - CB</t>
   </si>
   <si>
     <t>(14:13) 7-Richard Worthington kicks 74 yards from NOS 35 to NYJ -9. Touchback.</t>
   </si>
   <si>
     <t>NYJ 25</t>
   </si>
   <si>
     <t>Weak I Normal HB Inside Strong</t>
   </si>
   <si>
     <t>1-10-NYJ 25 (14:13) 48-David Glenn ran to NYJ 26 for 1 yards. Tackle by 54-Ron Childress.</t>
   </si>
   <si>
     <t>13:36</t>
   </si>
   <si>
     <t>NYJ 26</t>
   </si>
   <si>
     <t>Nickel Normal Double WR3</t>
   </si>
@@ -1358,51 +1358,51 @@
   <si>
     <t>46 Normal 3 Deep Zone</t>
   </si>
   <si>
     <t>2-10-NYJ 25 (0:12) 48-David Glenn ran to NYJ 28 for 2 yards. Tackle by 52-Joe Ewing.</t>
   </si>
   <si>
     <t>End of half.</t>
   </si>
   <si>
     <t>(15:00) 82-John Hawkins kicks 53 yards from NYJ 35 to NOS 12. 25-Tyler Moreno to NOS 27 for 16 yards. Tackle by 40-Bob Brock.</t>
   </si>
   <si>
     <t>14:56</t>
   </si>
   <si>
     <t>NOS 27</t>
   </si>
   <si>
     <t>1-10-NOS 27 (14:57) 32-Efren Allen ran to NOS 29 for 1 yards. Tackle by 74-Jose Matthews. 77-Leon McFarland was caught flat-footed on this play.</t>
   </si>
   <si>
     <t>#16 Troy Rumph - QB</t>
   </si>
   <si>
-    <t>#66 Greg Bishop - LT</t>
+    <t>#64 Greg Bishop - LT</t>
   </si>
   <si>
     <t>#79 John Lawson - C</t>
   </si>
   <si>
     <t>#79 Shawn Durman - RG</t>
   </si>
   <si>
     <t>14:26</t>
   </si>
   <si>
     <t>NOS 29</t>
   </si>
   <si>
     <t>Split Backs Normal WR Post</t>
   </si>
   <si>
     <t>2-9-NOS 29 (14:25) 8-Troy Rumph pass complete to 82-Robert Bedwell to NOS 32 for 3 yards. Tackle by 37-Jeremy Burton. NYJ 74-Jose Matthews was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>13:50</t>
   </si>
   <si>
     <t>Singleback Slot Strong Overload Strong</t>
   </si>
@@ -1496,51 +1496,51 @@
   <si>
     <t>9:20</t>
   </si>
   <si>
     <t>NYJ 15</t>
   </si>
   <si>
     <t>(9:21) Extra point GOOD by 7-Richard Worthington. NOS 13 NYJ 9</t>
   </si>
   <si>
     <t>(9:21) 7-Richard Worthington kicks 75 yards from NOS 35 to NYJ -10. Touchback.</t>
   </si>
   <si>
     <t>1-10-NYJ 25 (9:21) 34-Wayne Ellis ran to NYJ 24 for -1 yards. Tackle by 98-Cory Roth.</t>
   </si>
   <si>
     <t>8:46</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR Shotgun Sweep</t>
   </si>
   <si>
     <t>2-11-NYJ 24 (8:45) 33-Dennis May ran to NYJ 30 for 6 yards. Tackle by 27-James Reeves.</t>
   </si>
   <si>
-    <t>#73 Thomas Pittman - LG</t>
+    <t>#51 Thomas Pittman - LG</t>
   </si>
   <si>
     <t>I Formation Normal SE Post</t>
   </si>
   <si>
     <t>3-5-NYJ 30 (8:05) 9-Mitchell Christenson pass Pass knocked down by 44-Jeffrey Koch. incomplete, intended for 33-Dennis May.</t>
   </si>
   <si>
     <t>4-5-NYJ 30 (8:00) 3-Derrick Rodriguez punts 45 yards to NOS 25. Fair Catch by 81-John Marsh.</t>
   </si>
   <si>
     <t>7:53</t>
   </si>
   <si>
     <t>1-10-NOS 25 (7:54) 8-Troy Rumph pass Pass knocked down by 95-David Warren. incomplete, intended for 84-Spencer Chan.</t>
   </si>
   <si>
     <t>7:50</t>
   </si>
   <si>
     <t>2-10-NOS 25 (7:51) 25-Tyler Moreno ran to NOS 27 for 2 yards. Tackle by 69-Craig Kidd.</t>
   </si>
   <si>
     <t>7:08</t>
   </si>