--- v0 (2025-10-18)
+++ v1 (2025-12-07)
@@ -296,93 +296,93 @@
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 19-Matthew Ortiz kicks 75 yards from CIN 35 to SFO -10. Touchback.</t>
   </si>
   <si>
     <t>#37 Dominique Thompson - RB</t>
   </si>
   <si>
     <t>#94 Walter Mapes - DT</t>
   </si>
   <si>
     <t>#93 Jack Guthrie - MLB</t>
   </si>
   <si>
     <t>#91 Ronald Ferris - WLB</t>
   </si>
   <si>
     <t>#98 Jacob Hoggard - DT</t>
   </si>
   <si>
-    <t>#35 Joe Gore - FS</t>
+    <t>#38 Joe Gore - CB</t>
   </si>
   <si>
     <t>#29 Jesse McWhorter - CB</t>
   </si>
   <si>
     <t>#93 Charles Ward - LDE</t>
   </si>
   <si>
     <t>#55 Tim Magness - CB</t>
   </si>
   <si>
     <t>#72 Ralph Burr - DT</t>
   </si>
   <si>
     <t>#2 Brandon Weaver - DT</t>
   </si>
   <si>
     <t>#19 Matthew Ortiz - K</t>
   </si>
   <si>
     <t>SFO</t>
   </si>
   <si>
     <t>SFO 25</t>
   </si>
   <si>
     <t>I Formation Power HB Sweep Weak</t>
   </si>
   <si>
     <t>Goal Line Attack #2</t>
   </si>
   <si>
     <t>1-10-SFO 25 (15:00) 37-Dominique Thompson ran to SFO 22 for -3 yards. Tackle by 99-Jerry Mao.</t>
   </si>
   <si>
     <t>#3 Robert Dale - QB</t>
   </si>
   <si>
     <t>#39 Felix Kim - RB</t>
   </si>
   <si>
-    <t>#43 Steven Leonard - FB</t>
+    <t>#43 Steven Leonard - TE</t>
   </si>
   <si>
     <t>#89 Thomas Woodcock - TE</t>
   </si>
   <si>
     <t>#10 Jess Oquinn - WR</t>
   </si>
   <si>
     <t>#78 Jerry Hall - LG</t>
   </si>
   <si>
     <t>#78 Ronald Velazquez - LG</t>
   </si>
   <si>
     <t>#58 Robert Sharma - C</t>
   </si>
   <si>
     <t>#70 Stephen Colson - RG</t>
   </si>
   <si>
     <t>#54 Arnold Bivens - LT</t>
   </si>
   <si>
     <t>#53 Ronald Helton - DT</t>
   </si>
@@ -518,51 +518,51 @@
   <si>
     <t>1-20-SFO 31 (14:13) 17-Gary Brady pass Pass knocked down by 29-Jesse McWhorter. incomplete, intended for 12-Mike Wilt.</t>
   </si>
   <si>
     <t>#45 Jean Hernandez - RB</t>
   </si>
   <si>
     <t>14:10</t>
   </si>
   <si>
     <t>Goal Line Normal HB Pitch Weak</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Man</t>
   </si>
   <si>
     <t>2-20-SFO 31 (14:11) 29-William Combs ran to SFO 29 for 2 yards. Tackle by 57-David Arceneaux.</t>
   </si>
   <si>
     <t>#82 Byron Patterson - TE</t>
   </si>
   <si>
     <t>#84 Christopher Gilford - TE</t>
   </si>
   <si>
-    <t>#51 Adam Hubbard - SLB</t>
+    <t>#51 Adam Hubbard - SS</t>
   </si>
   <si>
     <t>13:30</t>
   </si>
   <si>
     <t>SFO 29</t>
   </si>
   <si>
     <t>Singleback Normal HB Dive Strong</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>3-18-SFO 29 (13:29) 29-William Combs ran to SFO 28 for 1 yards. Tackle by 92-Eric Lucas.</t>
   </si>
   <si>
     <t>#69 Wilson Church - LG</t>
   </si>
   <si>
     <t>12:57</t>
   </si>
   <si>
     <t>SFO 28</t>
   </si>