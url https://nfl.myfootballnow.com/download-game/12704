--- v1 (2025-12-07)
+++ v2 (2026-01-16)
@@ -380,51 +380,51 @@
   <si>
     <t>#70 Stephen Colson - RG</t>
   </si>
   <si>
     <t>#54 Arnold Bivens - LT</t>
   </si>
   <si>
     <t>#53 Ronald Helton - DT</t>
   </si>
   <si>
     <t>#71 Rodney Bender - DT</t>
   </si>
   <si>
     <t>#54 Christopher Burns - DT</t>
   </si>
   <si>
     <t>#62 William Andrews - DT</t>
   </si>
   <si>
     <t>#55 Larry Sanders - LDE</t>
   </si>
   <si>
     <t>#50 Eddie Nunes - SLB</t>
   </si>
   <si>
-    <t>#54 Jerry Mao - MLB</t>
+    <t>#57 Jerry Mao - MLB</t>
   </si>
   <si>
     <t>#93 Scott Shoemaker - LDE</t>
   </si>
   <si>
     <t>#27 Charles Holbert - SS</t>
   </si>
   <si>
     <t>#23 Brain Croteau - CB</t>
   </si>
   <si>
     <t>#21 James Sampson - FS</t>
   </si>
   <si>
     <t>14:20</t>
   </si>
   <si>
     <t>SFO 22</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR FL Drag</t>
   </si>
   <si>
     <t>Nickel Normal Man Cover 2</t>
   </si>
@@ -473,51 +473,51 @@
   <si>
     <t>#12 Mike Wilt - WR</t>
   </si>
   <si>
     <t>#85 Chad Johnson - WR</t>
   </si>
   <si>
     <t>#68 Willian Conklin - LT</t>
   </si>
   <si>
     <t>#58 Glenn Wilkinson - LG</t>
   </si>
   <si>
     <t>#64 Hans Allen - C</t>
   </si>
   <si>
     <t>#70 David Hipple - LT</t>
   </si>
   <si>
     <t>#52 Willie Sam - C</t>
   </si>
   <si>
     <t>#92 Eric Lucas - DT</t>
   </si>
   <si>
-    <t>#57 David Arceneaux - MLB</t>
+    <t>#90 David Arceneaux - MLB</t>
   </si>
   <si>
     <t>#41 Christopher Price - CB</t>
   </si>
   <si>
     <t>#45 Michael Vick - CB</t>
   </si>
   <si>
     <t>#25 Samuel Montijo - FS</t>
   </si>
   <si>
     <t>14:12</t>
   </si>
   <si>
     <t>SFO 31</t>
   </si>
   <si>
     <t>Nickel Normal Cover 2</t>
   </si>
   <si>
     <t>1-20-SFO 31 (14:13) 17-Gary Brady pass Pass knocked down by 29-Jesse McWhorter. incomplete, intended for 12-Mike Wilt.</t>
   </si>
   <si>
     <t>#45 Jean Hernandez - RB</t>
   </si>