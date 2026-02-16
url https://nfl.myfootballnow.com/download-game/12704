--- v2 (2026-01-16)
+++ v3 (2026-02-16)
@@ -383,51 +383,51 @@
   <si>
     <t>#54 Arnold Bivens - LT</t>
   </si>
   <si>
     <t>#53 Ronald Helton - DT</t>
   </si>
   <si>
     <t>#71 Rodney Bender - DT</t>
   </si>
   <si>
     <t>#54 Christopher Burns - DT</t>
   </si>
   <si>
     <t>#62 William Andrews - DT</t>
   </si>
   <si>
     <t>#55 Larry Sanders - LDE</t>
   </si>
   <si>
     <t>#50 Eddie Nunes - SLB</t>
   </si>
   <si>
     <t>#57 Jerry Mao - MLB</t>
   </si>
   <si>
-    <t>#93 Scott Shoemaker - LDE</t>
+    <t>#2 Scott Shoemaker - DT</t>
   </si>
   <si>
     <t>#27 Charles Holbert - SS</t>
   </si>
   <si>
     <t>#23 Brain Croteau - CB</t>
   </si>
   <si>
     <t>#21 James Sampson - FS</t>
   </si>
   <si>
     <t>14:20</t>
   </si>
   <si>
     <t>SFO 22</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR FL Drag</t>
   </si>
   <si>
     <t>Nickel Normal Man Cover 2</t>
   </si>
   <si>
     <t>2-13-SFO 22 (14:19) 3-Robert Dale pass INTERCEPTED by 27-Charles Holbert at SFO 22. 27-Charles Holbert to SFO 22 for 1 yards. Tackle by 37-Dominique Thompson.</t>
   </si>
@@ -557,51 +557,51 @@
   <si>
     <t>3-18-SFO 29 (13:29) 29-William Combs ran to SFO 28 for 1 yards. Tackle by 92-Eric Lucas.</t>
   </si>
   <si>
     <t>#69 Wilson Church - LG</t>
   </si>
   <si>
     <t>12:57</t>
   </si>
   <si>
     <t>SFO 28</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-17-SFO 28 (12:56) 19-Matthew Ortiz 47 yard field goal is GOOD. SFO 0 CIN 3</t>
   </si>
   <si>
     <t>#6 Stephen Liles - P</t>
   </si>
   <si>
-    <t>#50 Heriberto Lemon - SLB</t>
+    <t>#56 Heriberto Lemon - SLB</t>
   </si>
   <si>
     <t>12:51</t>
   </si>
   <si>
     <t>(12:52) 19-Matthew Ortiz kicks 75 yards from CIN 35 to SFO -10. Touchback.</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR Strong Deep</t>
   </si>
   <si>
     <t>1-10-SFO 25 (12:52) 3-Robert Dale sacked at SFO 16 for -9 yards (54-Christopher Burns). Sack allowed by 54-Arnold Bivens.</t>
   </si>
   <si>
     <t>12:19</t>
   </si>
   <si>
     <t>SFO 16</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR FB In</t>
   </si>
   <si>
     <t>2-19-SFO 16 (12:18) 3-Robert Dale pass incomplete, dropped by 10-Jess Oquinn.</t>
   </si>
@@ -1358,51 +1358,51 @@
   <si>
     <t>Nickel Normal CB3 LB Blitz</t>
   </si>
   <si>
     <t>2-5-CIN 40 (13:29) 9-Ronald Honeycutt pass complete to 84-Christopher Gilford to SFO 34 for 26 yards. Tackle by 41-Christopher Price.</t>
   </si>
   <si>
     <t>12:44</t>
   </si>
   <si>
     <t>1-10-SFO 34 (12:43) 9-Ronald Honeycutt pass complete to 47-Jean Hernandez to SFO 19 for 15 yards. Tackle by 46-Wilbert Sandler. 47-Jean Hernandez did some fancy footwork there. Pressure by 87-Ralph Burr.</t>
   </si>
   <si>
     <t>12:00</t>
   </si>
   <si>
     <t>SFO 19</t>
   </si>
   <si>
     <t>Shotgun Normal HB Sweep</t>
   </si>
   <si>
     <t>1-10-SFO 19 (11:59) 29-William Combs ran to SFO 14 for 5 yards. Tackle by 77-Nicholas Schwartz.</t>
   </si>
   <si>
-    <t>#82 Charles Lawrence - TE</t>
+    <t>#83 Charles Lawrence - TE</t>
   </si>
   <si>
     <t>11:14</t>
   </si>
   <si>
     <t>SFO 14</t>
   </si>
   <si>
     <t>2-5-SFO 14 (11:13) 47-Jean Hernandez ran to SFO 6 for 8 yards. Tackle by 98-Jacob Hoggard.</t>
   </si>
   <si>
     <t>10:37</t>
   </si>
   <si>
     <t>SFO 6</t>
   </si>
   <si>
     <t>1-6-SFO 6 (10:36) 9-Ronald Honeycutt pass complete to 29-William Combs to SFO 7 for -1 yards. Tackle by 41-Christopher Price.</t>
   </si>
   <si>
     <t>9:56</t>
   </si>
   <si>
     <t>SFO 7</t>
   </si>
@@ -2245,51 +2245,51 @@
     <col min="54" max="54" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="32.992" bestFit="true" customWidth="true" style="0"/>
-    <col min="79" max="79" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="79" max="79" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="28.136" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">