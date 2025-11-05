--- v0 (2025-10-16)
+++ v1 (2025-11-05)
@@ -335,90 +335,90 @@
   <si>
     <t>#33 Cody Wagner - CB</t>
   </si>
   <si>
     <t>#7 William Silver - K</t>
   </si>
   <si>
     <t>HOU</t>
   </si>
   <si>
     <t>14:56</t>
   </si>
   <si>
     <t>HOU 19</t>
   </si>
   <si>
     <t>Goal Line Normal HB Weak</t>
   </si>
   <si>
     <t>Goal Line Attack #1</t>
   </si>
   <si>
     <t>1-10-HOU 19 (14:57) 25-Thomas Brown ran to HOU 18 for -1 yards. Tackle by 98-Louis Bardin.</t>
   </si>
   <si>
-    <t>#4 Jaime Wright - QB</t>
+    <t>#1 Jaime Wright - QB</t>
   </si>
   <si>
     <t>#26 Thomas Brown - RB</t>
   </si>
   <si>
     <t>#32 John Raines - RB</t>
   </si>
   <si>
     <t>#29 Vincent Cote - FB</t>
   </si>
   <si>
     <t>#84 James Le - TE</t>
   </si>
   <si>
     <t>#1 Hector Smith - FB</t>
   </si>
   <si>
     <t>#62 Eric Daniel - LT</t>
   </si>
   <si>
     <t>#60 Quinton Lightsey - LG</t>
   </si>
   <si>
     <t>#54 Anthony Blackwell - C</t>
   </si>
   <si>
     <t>#52 Gregory Rodriquez - LG</t>
   </si>
   <si>
     <t>#78 Nicholas Proto - RG</t>
   </si>
   <si>
     <t>#52 Brent Hawkins - LDE</t>
   </si>
   <si>
     <t>#54 Leo Brooks - DT</t>
   </si>
   <si>
-    <t>#50 Eugene Pearce - DT</t>
+    <t>#91 Eugene Pearce - DT</t>
   </si>
   <si>
     <t>#52 William Taylor - DT</t>
   </si>
   <si>
     <t>#90 John Mosher - RDE</t>
   </si>
   <si>
     <t>#93 Jesse Dyer - SLB</t>
   </si>
   <si>
     <t>#98 Louis Bardin - MLB</t>
   </si>
   <si>
     <t>#36 Jimmy Fleming - FS</t>
   </si>
   <si>
     <t>#24 Robert Boyd - CB</t>
   </si>
   <si>
     <t>#36 Samuel Fernandez - CB</t>
   </si>
   <si>
     <t>#22 Kennith Brown - WLB</t>
   </si>
@@ -575,51 +575,51 @@
   <si>
     <t>#23 Lawrence Steinberger - FS</t>
   </si>
   <si>
     <t>12:17</t>
   </si>
   <si>
     <t>TBY 43</t>
   </si>
   <si>
     <t>Weak I Normal WR Corner TE Middle</t>
   </si>
   <si>
     <t>46 Heavy 2 Deep Man Under</t>
   </si>
   <si>
     <t>2-2-TBY 43 (12:16) 4-Arturo Chin pass complete to 45-Kenneth Steiner to HOU 47 for 10 yards. Tackle by 94-Mike Rogers.</t>
   </si>
   <si>
     <t>#89 Joseph Johnson - LT</t>
   </si>
   <si>
     <t>#87 Mario Lopez - TE</t>
   </si>
   <si>
-    <t>#94 Mike Rogers - MLB</t>
+    <t>#55 Mike Rogers - MLB</t>
   </si>
   <si>
     <t>11:35</t>
   </si>
   <si>
     <t>HOU 47</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR WR Curl</t>
   </si>
   <si>
     <t>Nickel Normal Shallow Zone Deep</t>
   </si>
   <si>
     <t>1-10-HOU 47 (11:34) 15-Michael Alden pass incomplete, dropped by 87-Robert Jeffries.</t>
   </si>
   <si>
     <t>#15 Michael Alden - QB</t>
   </si>
   <si>
     <t>#20 Andrew Summer - WR</t>
   </si>
   <si>
     <t>#10 Robert Jeffries - WR</t>
   </si>
@@ -1310,51 +1310,51 @@
   <si>
     <t>0:05</t>
   </si>
   <si>
     <t>Timeout TBY</t>
   </si>
   <si>
     <t>0:02</t>
   </si>
   <si>
     <t>TBY 47</t>
   </si>
   <si>
     <t>2-6-TBY 47 (0:03) 4-Arturo Chin pass complete to 18-Jimmy Humphreys to HOU 47 for 5 yards. Tackle by 37-Kent Fair.</t>
   </si>
   <si>
     <t>End of half.</t>
   </si>
   <si>
     <t>(15:00) 5-Allan Rennick kicks 74 yards from HOU 35 to TBY -9. Touchback.</t>
   </si>
   <si>
     <t>#86 Barry Lovett - WR</t>
   </si>
   <si>
-    <t>#19 Allan Rennick - K</t>
+    <t>#4 Allan Rennick - K</t>
   </si>
   <si>
     <t>TBY 25</t>
   </si>
   <si>
     <t>I Formation 3WR SE Post</t>
   </si>
   <si>
     <t>1-10-TBY 25 (15:00) 15-Michael Alden FUMBLES recovered by TBY-3-Victor Silva at TBY 24. Tackle by 91-Vincent Gold.</t>
   </si>
   <si>
     <t>14:20</t>
   </si>
   <si>
     <t>4-3 Normal Double WR3</t>
   </si>
   <si>
     <t>2-11-TBY 24 (14:19) 26-Kenneth Silvia ran to TBY 26 for 2 yards. Tackle by 91-Vincent Gold.</t>
   </si>
   <si>
     <t>13:36</t>
   </si>
   <si>
     <t>TBY 26</t>
   </si>