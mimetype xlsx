--- v1 (2025-11-05)
+++ v2 (2025-12-15)
@@ -398,72 +398,72 @@
   <si>
     <t>#91 Eugene Pearce - DT</t>
   </si>
   <si>
     <t>#52 William Taylor - DT</t>
   </si>
   <si>
     <t>#90 John Mosher - RDE</t>
   </si>
   <si>
     <t>#93 Jesse Dyer - SLB</t>
   </si>
   <si>
     <t>#98 Louis Bardin - MLB</t>
   </si>
   <si>
     <t>#36 Jimmy Fleming - FS</t>
   </si>
   <si>
     <t>#24 Robert Boyd - CB</t>
   </si>
   <si>
     <t>#36 Samuel Fernandez - CB</t>
   </si>
   <si>
-    <t>#22 Kennith Brown - WLB</t>
+    <t>#22 Kennith Brown - SLB</t>
   </si>
   <si>
     <t>14:22</t>
   </si>
   <si>
     <t>HOU 18</t>
   </si>
   <si>
     <t>Goal Line Attack #2</t>
   </si>
   <si>
     <t>2-11-HOU 18 (14:21) 25-Thomas Brown ran to HOU 19 for 1 yards. Tackle by 98-Louis Bardin.</t>
   </si>
   <si>
     <t>#41 James Ruiz - CB</t>
   </si>
   <si>
     <t>#39 John Marshall - CB</t>
   </si>
   <si>
-    <t>#5 Peter Benton - CB</t>
+    <t>#29 Peter Benton - CB</t>
   </si>
   <si>
     <t>13:44</t>
   </si>
   <si>
     <t>Shotgun Normal Double Outs</t>
   </si>
   <si>
     <t>Nickel Blitz Weak Blitz</t>
   </si>
   <si>
     <t>3-10-HOU 19 (13:43) 10-Jaime Wright pass complete to 85-Ralph Womack to HOU 19 for a short gain. Tackle by 21-James Ruiz.</t>
   </si>
   <si>
     <t>#16 Ralph Womack - WR</t>
   </si>
   <si>
     <t>#18 Ricky Wedding - WR</t>
   </si>
   <si>
     <t>#15 Louis Neeley - WR</t>
   </si>
   <si>
     <t>#40 Orlando Laine - CB</t>
   </si>
@@ -1235,51 +1235,51 @@
   <si>
     <t>#19 Reginald Johnson - WR</t>
   </si>
   <si>
     <t>0:52</t>
   </si>
   <si>
     <t>HOU 38</t>
   </si>
   <si>
     <t>Nickel Normal Cover 2</t>
   </si>
   <si>
     <t>1-10-HOU 38 (0:53) 10-Jaime Wright pass Pass knocked down by 21-James Ruiz. incomplete, intended for 85-Ralph Womack. Pressure by 90-John Mosher.</t>
   </si>
   <si>
     <t>0:47</t>
   </si>
   <si>
     <t>4-3 Normal WLB Outside Blitz</t>
   </si>
   <si>
     <t>2-10-HOU 38 (0:48) 10-Jaime Wright pass INTERCEPTED by 55-Harry Owen at HOU 47. 55-Harry Owen to HOU 47 for -0 yards. Tackle by 29-Vincent Cote. Pressure by 91-Brent Hawkins. PENALTY - Pass Interference (TBY 55-Harry Owen)</t>
   </si>
   <si>
-    <t>#95 Walter Collins - RDE</t>
+    <t>#9 Walter Collins - DT</t>
   </si>
   <si>
     <t>0:43</t>
   </si>
   <si>
     <t>HOU 48</t>
   </si>
   <si>
     <t>1-10-HOU 48 (0:44) 10-Jaime Wright pass complete to 21-Benjamin Nobles to TBY 46 for 6 yards. Tackle by 5-Peter Benton.</t>
   </si>
   <si>
     <t>0:39</t>
   </si>
   <si>
     <t>0:36</t>
   </si>
   <si>
     <t>I Formation 3WR Slot Short WR Deep</t>
   </si>
   <si>
     <t>2-4-TBY 46 (0:37) 10-Jaime Wright pass complete to 25-Thomas Brown to TBY 46 for a short loss. Tackle by 46-Orlando Laine.</t>
   </si>
   <si>
     <t>#88 Mark Auer - WR</t>
   </si>
@@ -1370,51 +1370,51 @@
   <si>
     <t>TBY 34</t>
   </si>
   <si>
     <t>4-1-TBY 34 (12:57) 11-Jeffrey Stapleton punts 53 yards to HOU 12.</t>
   </si>
   <si>
     <t>#11 Jeffrey Stapleton - P</t>
   </si>
   <si>
     <t>12:46</t>
   </si>
   <si>
     <t>1-10-HOU 12 (12:47) 6-Justin Jackson pass incomplete, dropped by 81-Hector Smith.</t>
   </si>
   <si>
     <t>#19 Justin Jackson - QB</t>
   </si>
   <si>
     <t>#71 Ralph Fodor - LG</t>
   </si>
   <si>
     <t>#53 Terry Webb - C</t>
   </si>
   <si>
-    <t>#65 Arthur Craig - RG</t>
+    <t>#64 Arthur Craig - RG</t>
   </si>
   <si>
     <t>12:44</t>
   </si>
   <si>
     <t>2-10-HOU 12 (12:45) 6-Justin Jackson pass INTERCEPTED by 55-Harry Owen at HOU 17. 55-Harry Owen to HOU 17 for -0 yards. Tackle by 21-Benjamin Nobles.</t>
   </si>
   <si>
     <t>12:40</t>
   </si>
   <si>
     <t>HOU 17</t>
   </si>
   <si>
     <t>1-10-HOU 17 (12:41) 15-Michael Alden pass complete to 87-Robert Jeffries for 17 yards. TOUCHDOWN! TBY 27 HOU 0</t>
   </si>
   <si>
     <t>12:37</t>
   </si>
   <si>
     <t>(12:38) Extra point GOOD by 7-William Silver. TBY 28 HOU 0</t>
   </si>
   <si>
     <t>#53 Ralph Kline - SLB</t>
   </si>
@@ -2333,62 +2333,62 @@
     <col min="28" max="28" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="35.277" bestFit="true" customWidth="true" style="0"/>
-    <col min="53" max="53" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="53" max="53" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="61" max="61" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="61" max="61" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="25.851" bestFit="true" customWidth="true" style="0"/>
-    <col min="64" max="64" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="64" max="64" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="28.136" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">