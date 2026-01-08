--- v2 (2025-12-15)
+++ v3 (2026-01-08)
@@ -296,51 +296,51 @@
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 7-William Silver kicks 63 yards from TBY 35 to HOU 2. 21-Benjamin Nobles to HOU 19 for 17 yards. Tackle by 39-John Marshall.</t>
   </si>
   <si>
     <t>#21 Benjamin Nobles - RB</t>
   </si>
   <si>
     <t>#59 John Kemper - DT</t>
   </si>
   <si>
     <t>#92 Joshua Fouts - LDE</t>
   </si>
   <si>
     <t>#97 Quinton Glover - MLB</t>
   </si>
   <si>
     <t>#63 Edward Wilson - LDE</t>
   </si>
   <si>
-    <t>#99 Ira Doran - DT</t>
+    <t>#67 Ira Doran - DT</t>
   </si>
   <si>
     <t>#74 Stephen Vong - DT</t>
   </si>
   <si>
     <t>#47 Dane Schauer - FS</t>
   </si>
   <si>
     <t>#40 Frankie Beaton - FS</t>
   </si>
   <si>
     <t>#62 Kenneth Rommel - RDE</t>
   </si>
   <si>
     <t>#33 Cody Wagner - CB</t>
   </si>
   <si>
     <t>#7 William Silver - K</t>
   </si>
   <si>
     <t>HOU</t>
   </si>
   <si>
     <t>14:56</t>
   </si>
@@ -569,51 +569,51 @@
   <si>
     <t>#34 Carl Ells - CB</t>
   </si>
   <si>
     <t>#24 Joseph Romero - SS</t>
   </si>
   <si>
     <t>#23 Lawrence Steinberger - FS</t>
   </si>
   <si>
     <t>12:17</t>
   </si>
   <si>
     <t>TBY 43</t>
   </si>
   <si>
     <t>Weak I Normal WR Corner TE Middle</t>
   </si>
   <si>
     <t>46 Heavy 2 Deep Man Under</t>
   </si>
   <si>
     <t>2-2-TBY 43 (12:16) 4-Arturo Chin pass complete to 45-Kenneth Steiner to HOU 47 for 10 yards. Tackle by 94-Mike Rogers.</t>
   </si>
   <si>
-    <t>#89 Joseph Johnson - LT</t>
+    <t>#89 Joseph Johnson - RT</t>
   </si>
   <si>
     <t>#87 Mario Lopez - TE</t>
   </si>
   <si>
     <t>#55 Mike Rogers - MLB</t>
   </si>
   <si>
     <t>11:35</t>
   </si>
   <si>
     <t>HOU 47</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR WR Curl</t>
   </si>
   <si>
     <t>Nickel Normal Shallow Zone Deep</t>
   </si>
   <si>
     <t>1-10-HOU 47 (11:34) 15-Michael Alden pass incomplete, dropped by 87-Robert Jeffries.</t>
   </si>
   <si>
     <t>#15 Michael Alden - QB</t>
   </si>