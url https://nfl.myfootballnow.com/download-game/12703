--- v3 (2026-01-08)
+++ v4 (2026-01-30)
@@ -335,75 +335,75 @@
   <si>
     <t>#33 Cody Wagner - CB</t>
   </si>
   <si>
     <t>#7 William Silver - K</t>
   </si>
   <si>
     <t>HOU</t>
   </si>
   <si>
     <t>14:56</t>
   </si>
   <si>
     <t>HOU 19</t>
   </si>
   <si>
     <t>Goal Line Normal HB Weak</t>
   </si>
   <si>
     <t>Goal Line Attack #1</t>
   </si>
   <si>
     <t>1-10-HOU 19 (14:57) 25-Thomas Brown ran to HOU 18 for -1 yards. Tackle by 98-Louis Bardin.</t>
   </si>
   <si>
-    <t>#1 Jaime Wright - QB</t>
+    <t>#16 Jaime Wright - QB</t>
   </si>
   <si>
     <t>#26 Thomas Brown - RB</t>
   </si>
   <si>
     <t>#32 John Raines - RB</t>
   </si>
   <si>
     <t>#29 Vincent Cote - FB</t>
   </si>
   <si>
     <t>#84 James Le - TE</t>
   </si>
   <si>
     <t>#1 Hector Smith - FB</t>
   </si>
   <si>
     <t>#62 Eric Daniel - LT</t>
   </si>
   <si>
     <t>#60 Quinton Lightsey - LG</t>
   </si>
   <si>
-    <t>#54 Anthony Blackwell - C</t>
+    <t>#74 Anthony Blackwell - C</t>
   </si>
   <si>
     <t>#52 Gregory Rodriquez - LG</t>
   </si>
   <si>
     <t>#78 Nicholas Proto - RG</t>
   </si>
   <si>
     <t>#52 Brent Hawkins - LDE</t>
   </si>
   <si>
     <t>#54 Leo Brooks - DT</t>
   </si>
   <si>
     <t>#91 Eugene Pearce - DT</t>
   </si>
   <si>
     <t>#52 William Taylor - DT</t>
   </si>
   <si>
     <t>#90 John Mosher - RDE</t>
   </si>
   <si>
     <t>#93 Jesse Dyer - SLB</t>
   </si>
@@ -479,51 +479,51 @@
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-10-HOU 19 (13:10) 16-Garry Macias punts 53 yards to TBY 28. 89-Sean Franco to TBY 35 for 7 yards. Tackle by 97-Quinton Glover.</t>
   </si>
   <si>
     <t>#16 Garry Macias - P</t>
   </si>
   <si>
     <t>#82 James Hebert - TE</t>
   </si>
   <si>
     <t>#10 Sean Franco - WR</t>
   </si>
   <si>
     <t>#35 Kelvin Parodi - SS</t>
   </si>
   <si>
     <t>#25 Joseph Riddell - CB</t>
   </si>
   <si>
     <t>#46 Andre Briggs - SS</t>
   </si>
   <si>
-    <t>#22 Frank Medina - CB</t>
+    <t>#35 Frank Medina - FS</t>
   </si>
   <si>
     <t>#72 Keith Fisher - RG</t>
   </si>
   <si>
     <t>#58 Oscar Hoerr - LG</t>
   </si>
   <si>
     <t>#99 Glenn Shaver - RDE</t>
   </si>
   <si>
     <t>13:00</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR Strong Deep</t>
   </si>
   <si>
     <t>Nickel Normal 2 Deep</t>
   </si>
   <si>
     <t>1-10-TBY 35 (13:01) 4-Arturo Chin pass complete to 17-Jeffry Wilson to TBY 43 for 8 yards. Tackle by 33-Cody Wagner. Pressure by 62-Kenneth Rommel.</t>
   </si>
   <si>
     <t>#4 Arturo Chin - QB</t>
   </si>
@@ -569,51 +569,51 @@
   <si>
     <t>#34 Carl Ells - CB</t>
   </si>
   <si>
     <t>#24 Joseph Romero - SS</t>
   </si>
   <si>
     <t>#23 Lawrence Steinberger - FS</t>
   </si>
   <si>
     <t>12:17</t>
   </si>
   <si>
     <t>TBY 43</t>
   </si>
   <si>
     <t>Weak I Normal WR Corner TE Middle</t>
   </si>
   <si>
     <t>46 Heavy 2 Deep Man Under</t>
   </si>
   <si>
     <t>2-2-TBY 43 (12:16) 4-Arturo Chin pass complete to 45-Kenneth Steiner to HOU 47 for 10 yards. Tackle by 94-Mike Rogers.</t>
   </si>
   <si>
-    <t>#89 Joseph Johnson - RT</t>
+    <t>#89 Joseph Johnson - LT</t>
   </si>
   <si>
     <t>#87 Mario Lopez - TE</t>
   </si>
   <si>
     <t>#55 Mike Rogers - MLB</t>
   </si>
   <si>
     <t>11:35</t>
   </si>
   <si>
     <t>HOU 47</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR WR Curl</t>
   </si>
   <si>
     <t>Nickel Normal Shallow Zone Deep</t>
   </si>
   <si>
     <t>1-10-HOU 47 (11:34) 15-Michael Alden pass incomplete, dropped by 87-Robert Jeffries.</t>
   </si>
   <si>
     <t>#15 Michael Alden - QB</t>
   </si>
@@ -746,51 +746,51 @@
   <si>
     <t>HOU 1</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR Shotgun Sweep</t>
   </si>
   <si>
     <t>1-1-HOU 1 (6:01) 20-Andrew Summer ran for 1 yards. TOUCHDOWN! TBY 6 HOU 0</t>
   </si>
   <si>
     <t>5:57</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>(5:58) Extra point GOOD by 7-William Silver. TBY 7 HOU 0</t>
   </si>
   <si>
     <t>#6 Josiah Dominguez - P</t>
   </si>
   <si>
-    <t>#77 Todd Phillips - RG</t>
+    <t>#77 Todd Phillips - RT</t>
   </si>
   <si>
     <t>#71 Victor Silva - LT</t>
   </si>
   <si>
     <t>#52 Julius Alden - LG</t>
   </si>
   <si>
     <t>#53 William Lown - LG</t>
   </si>
   <si>
     <t>#75 John Gleason - LG</t>
   </si>
   <si>
     <t>#70 Robert Langham - LG</t>
   </si>
   <si>
     <t>#61 Abraham Parker - LG</t>
   </si>
   <si>
     <t>#57 Joseph Lawson - LDE</t>
   </si>
   <si>
     <t>#77 Gerald Brewer - LDE</t>
   </si>