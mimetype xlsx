--- v4 (2026-01-30)
+++ v5 (2026-03-14)
@@ -338,51 +338,51 @@
   <si>
     <t>#7 William Silver - K</t>
   </si>
   <si>
     <t>HOU</t>
   </si>
   <si>
     <t>14:56</t>
   </si>
   <si>
     <t>HOU 19</t>
   </si>
   <si>
     <t>Goal Line Normal HB Weak</t>
   </si>
   <si>
     <t>Goal Line Attack #1</t>
   </si>
   <si>
     <t>1-10-HOU 19 (14:57) 25-Thomas Brown ran to HOU 18 for -1 yards. Tackle by 98-Louis Bardin.</t>
   </si>
   <si>
     <t>#16 Jaime Wright - QB</t>
   </si>
   <si>
-    <t>#26 Thomas Brown - RB</t>
+    <t>#32 Thomas Brown - RB</t>
   </si>
   <si>
     <t>#32 John Raines - RB</t>
   </si>
   <si>
     <t>#29 Vincent Cote - FB</t>
   </si>
   <si>
     <t>#84 James Le - TE</t>
   </si>
   <si>
     <t>#1 Hector Smith - FB</t>
   </si>
   <si>
     <t>#62 Eric Daniel - LT</t>
   </si>
   <si>
     <t>#60 Quinton Lightsey - LG</t>
   </si>
   <si>
     <t>#74 Anthony Blackwell - C</t>
   </si>
   <si>
     <t>#52 Gregory Rodriquez - LG</t>
   </si>
@@ -440,90 +440,90 @@
   <si>
     <t>#39 John Marshall - CB</t>
   </si>
   <si>
     <t>#29 Peter Benton - CB</t>
   </si>
   <si>
     <t>13:44</t>
   </si>
   <si>
     <t>Shotgun Normal Double Outs</t>
   </si>
   <si>
     <t>Nickel Blitz Weak Blitz</t>
   </si>
   <si>
     <t>3-10-HOU 19 (13:43) 10-Jaime Wright pass complete to 85-Ralph Womack to HOU 19 for a short gain. Tackle by 21-James Ruiz.</t>
   </si>
   <si>
     <t>#16 Ralph Womack - WR</t>
   </si>
   <si>
     <t>#18 Ricky Wedding - WR</t>
   </si>
   <si>
-    <t>#15 Louis Neeley - WR</t>
+    <t>#80 Louis Neeley - WR</t>
   </si>
   <si>
     <t>#40 Orlando Laine - CB</t>
   </si>
   <si>
     <t>#8 Charlie Jose - FS</t>
   </si>
   <si>
     <t>13:11</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-10-HOU 19 (13:10) 16-Garry Macias punts 53 yards to TBY 28. 89-Sean Franco to TBY 35 for 7 yards. Tackle by 97-Quinton Glover.</t>
   </si>
   <si>
     <t>#16 Garry Macias - P</t>
   </si>
   <si>
     <t>#82 James Hebert - TE</t>
   </si>
   <si>
     <t>#10 Sean Franco - WR</t>
   </si>
   <si>
     <t>#35 Kelvin Parodi - SS</t>
   </si>
   <si>
     <t>#25 Joseph Riddell - CB</t>
   </si>
   <si>
     <t>#46 Andre Briggs - SS</t>
   </si>
   <si>
-    <t>#35 Frank Medina - FS</t>
+    <t>#40 Frank Medina - SS</t>
   </si>
   <si>
     <t>#72 Keith Fisher - RG</t>
   </si>
   <si>
     <t>#58 Oscar Hoerr - LG</t>
   </si>
   <si>
     <t>#99 Glenn Shaver - RDE</t>
   </si>
   <si>
     <t>13:00</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR Strong Deep</t>
   </si>
   <si>
     <t>Nickel Normal 2 Deep</t>
   </si>
   <si>
     <t>1-10-TBY 35 (13:01) 4-Arturo Chin pass complete to 17-Jeffry Wilson to TBY 43 for 8 yards. Tackle by 33-Cody Wagner. Pressure by 62-Kenneth Rommel.</t>
   </si>
   <si>
     <t>#4 Arturo Chin - QB</t>
   </si>
@@ -1124,51 +1124,51 @@
   <si>
     <t>1-10-HOU 12 (4:46) 4-Arturo Chin pass complete to 16-Maurice Houston to HOU 8 for 4 yards. Tackle by 92-Joshua Fouts.</t>
   </si>
   <si>
     <t>4:06</t>
   </si>
   <si>
     <t>HOU 8</t>
   </si>
   <si>
     <t>2-6-HOU 8 (4:05) 15-Michael Alden pass complete to 83-Mario Lopez to HOU 1 for 7 yards. Tackle by 95-Matthew Calloway. 95-Matthew Calloway got away with a hold on that play.</t>
   </si>
   <si>
     <t>3:32</t>
   </si>
   <si>
     <t>1-1-HOU 1 (3:31) 45-Kenneth Steiner ran for 1 yards. TOUCHDOWN! TBY 20 HOU 0</t>
   </si>
   <si>
     <t>3:27</t>
   </si>
   <si>
     <t>(3:28) Extra point GOOD by 7-William Silver. TBY 21 HOU 0</t>
   </si>
   <si>
-    <t>#56 Joey Guzman - MLB</t>
+    <t>#90 Joey Guzman - MLB</t>
   </si>
   <si>
     <t>(3:28) 7-William Silver kicks 75 yards from TBY 35 to HOU -10. Touchback.</t>
   </si>
   <si>
     <t>Shotgun Normal HB Flare</t>
   </si>
   <si>
     <t>1-10-HOU 25 (3:28) 10-Jaime Wright pass incomplete, dropped by 18-Ricky Wedding. Pressure by 98-Louis Bardin.</t>
   </si>
   <si>
     <t>3:23</t>
   </si>
   <si>
     <t>Nickel Blitz Zone Blitz</t>
   </si>
   <si>
     <t>2-10-HOU 25 (3:24) 10-Jaime Wright pass complete to 15-Louis Neeley to HOU 27 for 2 yards. Tackle by 46-Orlando Laine.</t>
   </si>
   <si>
     <t>#55 Harry Owen - MLB</t>
   </si>
   <si>
     <t>2:42</t>
   </si>
@@ -1361,51 +1361,51 @@
   <si>
     <t>Nickel 3-3-5 3 Deep MLB Blitz</t>
   </si>
   <si>
     <t>3-9-TBY 26 (13:35) 15-Michael Alden pass complete to 18-Jimmy Humphreys to TBY 34 for 8 yards. Tackle by 37-Kent Fair.</t>
   </si>
   <si>
     <t>12:58</t>
   </si>
   <si>
     <t>TBY 34</t>
   </si>
   <si>
     <t>4-1-TBY 34 (12:57) 11-Jeffrey Stapleton punts 53 yards to HOU 12.</t>
   </si>
   <si>
     <t>#11 Jeffrey Stapleton - P</t>
   </si>
   <si>
     <t>12:46</t>
   </si>
   <si>
     <t>1-10-HOU 12 (12:47) 6-Justin Jackson pass incomplete, dropped by 81-Hector Smith.</t>
   </si>
   <si>
-    <t>#19 Justin Jackson - QB</t>
+    <t>#16 Justin Jackson - QB</t>
   </si>
   <si>
     <t>#71 Ralph Fodor - LG</t>
   </si>
   <si>
     <t>#53 Terry Webb - C</t>
   </si>
   <si>
     <t>#64 Arthur Craig - RG</t>
   </si>
   <si>
     <t>12:44</t>
   </si>
   <si>
     <t>2-10-HOU 12 (12:45) 6-Justin Jackson pass INTERCEPTED by 55-Harry Owen at HOU 17. 55-Harry Owen to HOU 17 for -0 yards. Tackle by 21-Benjamin Nobles.</t>
   </si>
   <si>
     <t>12:40</t>
   </si>
   <si>
     <t>HOU 17</t>
   </si>
   <si>
     <t>1-10-HOU 17 (12:41) 15-Michael Alden pass complete to 87-Robert Jeffries for 17 yards. TOUCHDOWN! TBY 27 HOU 0</t>
   </si>