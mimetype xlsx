--- v0 (2025-10-17)
+++ v1 (2025-11-17)
@@ -314,114 +314,114 @@
   <si>
     <t>#54 David Alvarado - SLB</t>
   </si>
   <si>
     <t>#55 Nathaniel Marshall - SLB</t>
   </si>
   <si>
     <t>#37 Orville Isbell - CB</t>
   </si>
   <si>
     <t>#32 Robert Huffman - CB</t>
   </si>
   <si>
     <t>#95 Mark Jobe - LDE</t>
   </si>
   <si>
     <t>#71 Timothy Haggerty - RDE</t>
   </si>
   <si>
     <t>#33 Scott Davis - CB</t>
   </si>
   <si>
     <t>#71 Roland Loesch - RT</t>
   </si>
   <si>
-    <t>#10 James Green - K</t>
+    <t>#6 James Green - K</t>
   </si>
   <si>
     <t>CAR</t>
   </si>
   <si>
     <t>CAR 25</t>
   </si>
   <si>
     <t>Shotgun Normal Post Flags</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>1-10-CAR 25 (15:00) 1-Anthony Dillon pass Pass knocked down by 97-Chubbs Peterson. incomplete, intended for 88-Aaron Banuelos.</t>
   </si>
   <si>
     <t>#1 Anthony Dillon - QB</t>
   </si>
   <si>
     <t>#20 Sammy Herbert - RB</t>
   </si>
   <si>
     <t>#88 Aaron Banuelos - TE</t>
   </si>
   <si>
     <t>#87 Daniel Reddy - WR</t>
   </si>
   <si>
     <t>#10 Joe Renaud - WR</t>
   </si>
   <si>
-    <t>#60 Angelo Paolucci - LG</t>
+    <t>#71 Angelo Paolucci - LT</t>
   </si>
   <si>
     <t>#60 Charles Scalise - LT</t>
   </si>
   <si>
     <t>#51 Robert Hanson - C</t>
   </si>
   <si>
     <t>#73 Michael Rasmussen - LT</t>
   </si>
   <si>
     <t>#74 Rodney Dilorenzo - RT</t>
   </si>
   <si>
-    <t>#2 Joseph Sliger - LDE</t>
+    <t>#67 Joseph Sliger - LDE</t>
   </si>
   <si>
     <t>#62 Dwayne Pride - DT</t>
   </si>
   <si>
     <t>#98 Danny Ray - RDE</t>
   </si>
   <si>
     <t>#97 Chubbs Peterson - SLB</t>
   </si>
   <si>
     <t>#93 Machine Gun Joe Viterbo - MLB</t>
   </si>
   <si>
-    <t>#96 Albert Cothern - WLB</t>
+    <t>#56 Albert Cothern - SLB</t>
   </si>
   <si>
     <t>#33 Bashaud Breeland - CB</t>
   </si>
   <si>
     <t>#27 Gregory Markley - CB</t>
   </si>
   <si>
     <t>#21 Ryan McGuire - CB</t>
   </si>
   <si>
     <t>#22 Marshall Vogler - SS</t>
   </si>
   <si>
     <t>#23 Antonio Givan - CB</t>
   </si>
   <si>
     <t>14:57</t>
   </si>
   <si>
     <t>I Formation Power HB Strong Outside</t>
   </si>
   <si>
     <t>3-4 Normal Zone Blitz</t>
   </si>
@@ -491,75 +491,75 @@
   <si>
     <t>LVR 28</t>
   </si>
   <si>
     <t>Strong I Normal HB Dive Strong</t>
   </si>
   <si>
     <t>4-3 Normal Cover 2 MLB Blitz</t>
   </si>
   <si>
     <t>1-10-LVR 28 (13:28) 48-Valentin Jones ran to LVR 36 for 8 yards. Tackle by 32-Robert Huffman. PENALTY - Holding (LVR 70-Al Wyatt)</t>
   </si>
   <si>
     <t>#12 Ken Stabler - QB</t>
   </si>
   <si>
     <t>#48 Valentin Jones - RB</t>
   </si>
   <si>
     <t>#22 Harold Jackson - RB</t>
   </si>
   <si>
     <t>#87 Michael Mayer - TE</t>
   </si>
   <si>
-    <t>#88 Wesley Robinson - WR</t>
-[...2 lines deleted...]
-    <t>#84 Josh Gordon - WR</t>
+    <t>#16 Wesley Robinson - WR</t>
+  </si>
+  <si>
+    <t>#81 Josh Gordon - WR</t>
   </si>
   <si>
     <t>#64 Bon Fire - RT</t>
   </si>
   <si>
-    <t>#69 Nate Newton - LG</t>
+    <t>#66 Nate Newton - LT</t>
   </si>
   <si>
     <t>#77 Fernando McGill - C</t>
   </si>
   <si>
     <t>#50 Takeru Kobayashi - RG</t>
   </si>
   <si>
     <t>#70 Al Wyatt - RT</t>
   </si>
   <si>
     <t>#99 Omar Daniels - DT</t>
   </si>
   <si>
-    <t>#59 Jeffery Haynes - RDE</t>
+    <t>#59 Jeffery Haynes - MLB</t>
   </si>
   <si>
     <t>#59 Stanley Glass - MLB</t>
   </si>
   <si>
     <t>#58 Frank Smith - WLB</t>
   </si>
   <si>
     <t>#41 Michael Goins - FS</t>
   </si>
   <si>
     <t>#40 Bill Marino - FS</t>
   </si>
   <si>
     <t>13:24</t>
   </si>
   <si>
     <t>LVR 24</t>
   </si>
   <si>
     <t>I Formation Normal PA Outside Curls</t>
   </si>
   <si>
     <t>4-3 Under Strong Blitz Outside</t>
   </si>
@@ -833,51 +833,51 @@
   <si>
     <t>1-10-CAR 28 (3:40) 42-Harold Jackson ran to CAR 21 for 7 yards. Tackle by 55-Stanley Glass. PENALTY - Holding (LVR 77-Fernando McGill)</t>
   </si>
   <si>
     <t>3:35</t>
   </si>
   <si>
     <t>CAR 38</t>
   </si>
   <si>
     <t>I Formation Normal PA Streaks</t>
   </si>
   <si>
     <t>1-20-CAR 38 (3:36) 12-Ken Stabler pass Pass knocked down by 58-Nathaniel Marshall. incomplete, intended for 42-Harold Jackson. Pressure by 90-Timothy Haggerty.</t>
   </si>
   <si>
     <t>3:29</t>
   </si>
   <si>
     <t>Nickel Normal Double WR1</t>
   </si>
   <si>
     <t>2-20-CAR 38 (3:30) 48-Valentin Jones ran to CAR 32 for 6 yards. Tackle by 90-Timothy Haggerty. 87-Michael Mayer was caught flat-footed on this play.</t>
   </si>
   <si>
-    <t>#89 Stephen Scully - WR</t>
+    <t>#19 Stephen Scully - WR</t>
   </si>
   <si>
     <t>2:55</t>
   </si>
   <si>
     <t>CAR 32</t>
   </si>
   <si>
     <t>I Formation Normal FL Hook</t>
   </si>
   <si>
     <t>3-14-CAR 32 (2:54) 12-Ken Stabler pass complete to 88-Wesley Robinson to CAR 28 for 4 yards. Tackle by 32-Robert Huffman.</t>
   </si>
   <si>
     <t>2:11</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-10-CAR 28 (2:10) 10-James Green 46 yard field goal is GOOD. CAR 0 LVR 3</t>
   </si>
@@ -1361,51 +1361,51 @@
   <si>
     <t>LVR 4</t>
   </si>
   <si>
     <t>1-4-LVR 4 (1:14) 8-Noah Owens pass incomplete, intended for 13-Daniel Reddy.</t>
   </si>
   <si>
     <t>1:09</t>
   </si>
   <si>
     <t>2-4-LVR 4 (1:10) 8-Noah Owens pass complete to 14-James Robinson for 4 yards. TOUCHDOWN! CAR 6 LVR 6</t>
   </si>
   <si>
     <t>1:07</t>
   </si>
   <si>
     <t>LVR 15</t>
   </si>
   <si>
     <t>(1:08) Extra point GOOD by 5-Daniel Snipes. CAR 7 LVR 6</t>
   </si>
   <si>
     <t>#14 Daniel Snipes - K</t>
   </si>
   <si>
-    <t>#66 Edward Thompson - LDE</t>
+    <t>#96 Edward Thompson - RDE</t>
   </si>
   <si>
     <t>#89 David Harris - DT</t>
   </si>
   <si>
     <t>(1:08) 5-Daniel Snipes kicks 75 yards from CAR 35 to LVR -10. Touchback.</t>
   </si>
   <si>
     <t>LVR 25</t>
   </si>
   <si>
     <t>Split Backs 3 Wide Off Tackle Strong</t>
   </si>
   <si>
     <t>Nickel Normal 2 Deep</t>
   </si>
   <si>
     <t>1-10-LVR 25 (1:08) 48-Valentin Jones ran to LVR 21 for -4 yards. Tackle by 93-Jeffery Haynes.</t>
   </si>
   <si>
     <t>0:29</t>
   </si>
   <si>
     <t>LVR 21</t>
   </si>
@@ -1484,51 +1484,51 @@
   <si>
     <t>3-8-LVR 27 (14:14) 8-Emanuel Boykin pass incomplete, intended for 83-William Angeles.</t>
   </si>
   <si>
     <t>14:10</t>
   </si>
   <si>
     <t>4-8-LVR 27 (14:11) 17-Jeffrey Granier punts 57 yards to CAR 16.</t>
   </si>
   <si>
     <t>#64 Sal Williams - C</t>
   </si>
   <si>
     <t>13:59</t>
   </si>
   <si>
     <t>CAR 16</t>
   </si>
   <si>
     <t>1-10-CAR 16 (14:00) 8-Noah Owens pass incomplete, dropped by 30-Richard Miller.</t>
   </si>
   <si>
     <t>#53 Brett Williams - MLB</t>
   </si>
   <si>
-    <t>#26 Armando Brown - SS</t>
+    <t>#48 Armando Brown - SS</t>
   </si>
   <si>
     <t>13:56</t>
   </si>
   <si>
     <t>2-10-CAR 16 (13:57) 8-Noah Owens pass complete to 24-Jose Scott to CAR 33 for 17 yards. Tackle by 47-Gabriel Wilke.</t>
   </si>
   <si>
     <t>13:18</t>
   </si>
   <si>
     <t>CAR 33</t>
   </si>
   <si>
     <t>Singleback Normal HB Release Mid</t>
   </si>
   <si>
     <t>1-10-CAR 33 (13:17) PENALTY - False Start (CAR 81-Daniel Hall)</t>
   </si>
   <si>
     <t>13:16</t>
   </si>
   <si>
     <t>Strong I Normal Short Attack</t>
   </si>