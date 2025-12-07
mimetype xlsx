--- v1 (2025-11-17)
+++ v2 (2025-12-07)
@@ -305,93 +305,93 @@
   <si>
     <t>#83 John Elliott - WR</t>
   </si>
   <si>
     <t>#94 Mark Bullington - DT</t>
   </si>
   <si>
     <t>#36 Adam Brace - CB</t>
   </si>
   <si>
     <t>#54 David Alvarado - SLB</t>
   </si>
   <si>
     <t>#55 Nathaniel Marshall - SLB</t>
   </si>
   <si>
     <t>#37 Orville Isbell - CB</t>
   </si>
   <si>
     <t>#32 Robert Huffman - CB</t>
   </si>
   <si>
     <t>#95 Mark Jobe - LDE</t>
   </si>
   <si>
-    <t>#71 Timothy Haggerty - RDE</t>
+    <t>#71 Timothy Haggerty - LDE</t>
   </si>
   <si>
     <t>#33 Scott Davis - CB</t>
   </si>
   <si>
     <t>#71 Roland Loesch - RT</t>
   </si>
   <si>
     <t>#6 James Green - K</t>
   </si>
   <si>
     <t>CAR</t>
   </si>
   <si>
     <t>CAR 25</t>
   </si>
   <si>
     <t>Shotgun Normal Post Flags</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>1-10-CAR 25 (15:00) 1-Anthony Dillon pass Pass knocked down by 97-Chubbs Peterson. incomplete, intended for 88-Aaron Banuelos.</t>
   </si>
   <si>
     <t>#1 Anthony Dillon - QB</t>
   </si>
   <si>
     <t>#20 Sammy Herbert - RB</t>
   </si>
   <si>
     <t>#88 Aaron Banuelos - TE</t>
   </si>
   <si>
     <t>#87 Daniel Reddy - WR</t>
   </si>
   <si>
     <t>#10 Joe Renaud - WR</t>
   </si>
   <si>
-    <t>#71 Angelo Paolucci - LT</t>
+    <t>#62 Angelo Paolucci - LG</t>
   </si>
   <si>
     <t>#60 Charles Scalise - LT</t>
   </si>
   <si>
     <t>#51 Robert Hanson - C</t>
   </si>
   <si>
     <t>#73 Michael Rasmussen - LT</t>
   </si>
   <si>
     <t>#74 Rodney Dilorenzo - RT</t>
   </si>
   <si>
     <t>#67 Joseph Sliger - LDE</t>
   </si>
   <si>
     <t>#62 Dwayne Pride - DT</t>
   </si>
   <si>
     <t>#98 Danny Ray - RDE</t>
   </si>
   <si>
     <t>#97 Chubbs Peterson - SLB</t>
   </si>
@@ -917,51 +917,51 @@
   <si>
     <t>2-10-CAR 36 (1:18) 20-Sammy Herbert ran to CAR 37 for 1 yards. Tackle by 2-Joseph Sliger. 74-Rodney Dilorenzo was completely beat on that play.</t>
   </si>
   <si>
     <t>#47 Gabriel Wilke - SS</t>
   </si>
   <si>
     <t>0:36</t>
   </si>
   <si>
     <t>CAR 37</t>
   </si>
   <si>
     <t>Empty 4 Wide Spread Flats</t>
   </si>
   <si>
     <t>Dime Normal Double WR3</t>
   </si>
   <si>
     <t>3-9-CAR 37 (0:35) 1-Anthony Dillon pass Pass knocked down by 33-Bashaud Breeland. incomplete, intended for 11-John Elliott. 33-Bashaud Breeland got away with a hold on that play.</t>
   </si>
   <si>
     <t>#14 James Robinson - WR</t>
   </si>
   <si>
-    <t>#95 Paul Parrott - DT</t>
+    <t>#95 Paul Parrott - RDE</t>
   </si>
   <si>
     <t>#44 Andrew Reich - CB</t>
   </si>
   <si>
     <t>0:31</t>
   </si>
   <si>
     <t>4-9-CAR 37 (0:32) 13-Bryan Kistner punts 49 yards to LVR 14. Fair Catch by 85-Red Diesel.</t>
   </si>
   <si>
     <t>0:24</t>
   </si>
   <si>
     <t>LVR 14</t>
   </si>
   <si>
     <t>Strong I Big HB Off Tackle</t>
   </si>
   <si>
     <t>1-10-LVR 14 (0:25) 48-Valentin Jones ran to LVR 12 for -1 yards. Tackle by 55-Stanley Glass.</t>
   </si>
   <si>
     <t>0:00</t>
   </si>