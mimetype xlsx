--- v2 (2025-12-07)
+++ v3 (2026-01-15)
@@ -296,114 +296,114 @@
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 10-James Green kicks 74 yards from LVR 35 to CAR -9. Touchback.</t>
   </si>
   <si>
     <t>#83 John Elliott - WR</t>
   </si>
   <si>
     <t>#94 Mark Bullington - DT</t>
   </si>
   <si>
     <t>#36 Adam Brace - CB</t>
   </si>
   <si>
     <t>#54 David Alvarado - SLB</t>
   </si>
   <si>
     <t>#55 Nathaniel Marshall - SLB</t>
   </si>
   <si>
-    <t>#37 Orville Isbell - CB</t>
+    <t>#41 Orville Isbell - CB</t>
   </si>
   <si>
     <t>#32 Robert Huffman - CB</t>
   </si>
   <si>
     <t>#95 Mark Jobe - LDE</t>
   </si>
   <si>
     <t>#71 Timothy Haggerty - LDE</t>
   </si>
   <si>
     <t>#33 Scott Davis - CB</t>
   </si>
   <si>
     <t>#71 Roland Loesch - RT</t>
   </si>
   <si>
     <t>#6 James Green - K</t>
   </si>
   <si>
     <t>CAR</t>
   </si>
   <si>
     <t>CAR 25</t>
   </si>
   <si>
     <t>Shotgun Normal Post Flags</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>1-10-CAR 25 (15:00) 1-Anthony Dillon pass Pass knocked down by 97-Chubbs Peterson. incomplete, intended for 88-Aaron Banuelos.</t>
   </si>
   <si>
     <t>#1 Anthony Dillon - QB</t>
   </si>
   <si>
     <t>#20 Sammy Herbert - RB</t>
   </si>
   <si>
     <t>#88 Aaron Banuelos - TE</t>
   </si>
   <si>
     <t>#87 Daniel Reddy - WR</t>
   </si>
   <si>
     <t>#10 Joe Renaud - WR</t>
   </si>
   <si>
-    <t>#62 Angelo Paolucci - LG</t>
+    <t>#62 Angelo Paolucci - LT</t>
   </si>
   <si>
     <t>#60 Charles Scalise - LT</t>
   </si>
   <si>
     <t>#51 Robert Hanson - C</t>
   </si>
   <si>
     <t>#73 Michael Rasmussen - LT</t>
   </si>
   <si>
-    <t>#74 Rodney Dilorenzo - RT</t>
+    <t>#68 Rodney Dilorenzo - RT</t>
   </si>
   <si>
     <t>#67 Joseph Sliger - LDE</t>
   </si>
   <si>
     <t>#62 Dwayne Pride - DT</t>
   </si>
   <si>
     <t>#98 Danny Ray - RDE</t>
   </si>
   <si>
     <t>#97 Chubbs Peterson - SLB</t>
   </si>
   <si>
     <t>#93 Machine Gun Joe Viterbo - MLB</t>
   </si>
   <si>
     <t>#56 Albert Cothern - SLB</t>
   </si>
   <si>
     <t>#33 Bashaud Breeland - CB</t>
   </si>
   <si>
     <t>#27 Gregory Markley - CB</t>
   </si>
@@ -500,51 +500,51 @@
   <si>
     <t>1-10-LVR 28 (13:28) 48-Valentin Jones ran to LVR 36 for 8 yards. Tackle by 32-Robert Huffman. PENALTY - Holding (LVR 70-Al Wyatt)</t>
   </si>
   <si>
     <t>#12 Ken Stabler - QB</t>
   </si>
   <si>
     <t>#48 Valentin Jones - RB</t>
   </si>
   <si>
     <t>#22 Harold Jackson - RB</t>
   </si>
   <si>
     <t>#87 Michael Mayer - TE</t>
   </si>
   <si>
     <t>#16 Wesley Robinson - WR</t>
   </si>
   <si>
     <t>#81 Josh Gordon - WR</t>
   </si>
   <si>
     <t>#64 Bon Fire - RT</t>
   </si>
   <si>
-    <t>#66 Nate Newton - LT</t>
+    <t>#78 Nate Newton - LT</t>
   </si>
   <si>
     <t>#77 Fernando McGill - C</t>
   </si>
   <si>
     <t>#50 Takeru Kobayashi - RG</t>
   </si>
   <si>
     <t>#70 Al Wyatt - RT</t>
   </si>
   <si>
     <t>#99 Omar Daniels - DT</t>
   </si>
   <si>
     <t>#59 Jeffery Haynes - MLB</t>
   </si>
   <si>
     <t>#59 Stanley Glass - MLB</t>
   </si>
   <si>
     <t>#58 Frank Smith - WLB</t>
   </si>
   <si>
     <t>#41 Michael Goins - FS</t>
   </si>
@@ -1484,51 +1484,51 @@
   <si>
     <t>3-8-LVR 27 (14:14) 8-Emanuel Boykin pass incomplete, intended for 83-William Angeles.</t>
   </si>
   <si>
     <t>14:10</t>
   </si>
   <si>
     <t>4-8-LVR 27 (14:11) 17-Jeffrey Granier punts 57 yards to CAR 16.</t>
   </si>
   <si>
     <t>#64 Sal Williams - C</t>
   </si>
   <si>
     <t>13:59</t>
   </si>
   <si>
     <t>CAR 16</t>
   </si>
   <si>
     <t>1-10-CAR 16 (14:00) 8-Noah Owens pass incomplete, dropped by 30-Richard Miller.</t>
   </si>
   <si>
     <t>#53 Brett Williams - MLB</t>
   </si>
   <si>
-    <t>#48 Armando Brown - SS</t>
+    <t>#48 Armando Brown - FS</t>
   </si>
   <si>
     <t>13:56</t>
   </si>
   <si>
     <t>2-10-CAR 16 (13:57) 8-Noah Owens pass complete to 24-Jose Scott to CAR 33 for 17 yards. Tackle by 47-Gabriel Wilke.</t>
   </si>
   <si>
     <t>13:18</t>
   </si>
   <si>
     <t>CAR 33</t>
   </si>
   <si>
     <t>Singleback Normal HB Release Mid</t>
   </si>
   <si>
     <t>1-10-CAR 33 (13:17) PENALTY - False Start (CAR 81-Daniel Hall)</t>
   </si>
   <si>
     <t>13:16</t>
   </si>
   <si>
     <t>Strong I Normal Short Attack</t>
   </si>