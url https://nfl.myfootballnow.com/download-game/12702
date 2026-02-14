--- v3 (2026-01-15)
+++ v4 (2026-02-14)
@@ -347,210 +347,210 @@
   <si>
     <t>Shotgun Normal Post Flags</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>1-10-CAR 25 (15:00) 1-Anthony Dillon pass Pass knocked down by 97-Chubbs Peterson. incomplete, intended for 88-Aaron Banuelos.</t>
   </si>
   <si>
     <t>#1 Anthony Dillon - QB</t>
   </si>
   <si>
     <t>#20 Sammy Herbert - RB</t>
   </si>
   <si>
     <t>#88 Aaron Banuelos - TE</t>
   </si>
   <si>
     <t>#87 Daniel Reddy - WR</t>
   </si>
   <si>
     <t>#10 Joe Renaud - WR</t>
   </si>
   <si>
-    <t>#62 Angelo Paolucci - LT</t>
+    <t>#71 Angelo Paolucci - LT</t>
   </si>
   <si>
     <t>#60 Charles Scalise - LT</t>
   </si>
   <si>
     <t>#51 Robert Hanson - C</t>
   </si>
   <si>
     <t>#73 Michael Rasmussen - LT</t>
   </si>
   <si>
     <t>#68 Rodney Dilorenzo - RT</t>
   </si>
   <si>
-    <t>#67 Joseph Sliger - LDE</t>
+    <t>#65 Joseph Sliger - LDE</t>
   </si>
   <si>
     <t>#62 Dwayne Pride - DT</t>
   </si>
   <si>
     <t>#98 Danny Ray - RDE</t>
   </si>
   <si>
     <t>#97 Chubbs Peterson - SLB</t>
   </si>
   <si>
     <t>#93 Machine Gun Joe Viterbo - MLB</t>
   </si>
   <si>
     <t>#56 Albert Cothern - SLB</t>
   </si>
   <si>
     <t>#33 Bashaud Breeland - CB</t>
   </si>
   <si>
     <t>#27 Gregory Markley - CB</t>
   </si>
   <si>
     <t>#21 Ryan McGuire - CB</t>
   </si>
   <si>
     <t>#22 Marshall Vogler - SS</t>
   </si>
   <si>
     <t>#23 Antonio Givan - CB</t>
   </si>
   <si>
     <t>14:57</t>
   </si>
   <si>
     <t>I Formation Power HB Strong Outside</t>
   </si>
   <si>
     <t>3-4 Normal Zone Blitz</t>
   </si>
   <si>
     <t>2-10-CAR 25 (14:58) 20-Sammy Herbert ran to CAR 28 for 3 yards. Tackle by 91-Uncle Sam . 30-Richard Miller was completely beat on that play.</t>
   </si>
   <si>
     <t>#30 Richard Miller - FB</t>
   </si>
   <si>
     <t>#48 Patrick Delacruz - TE</t>
   </si>
   <si>
-    <t>#37 Uncle Sam  - CB</t>
+    <t>#37 Uncle Sam  - FS</t>
   </si>
   <si>
     <t>14:15</t>
   </si>
   <si>
     <t>CAR 28</t>
   </si>
   <si>
     <t>Goal Line Normal HB Dive</t>
   </si>
   <si>
     <t>3-4 Normal OLBs Blitz</t>
   </si>
   <si>
     <t>3-7-CAR 28 (14:14) 20-Sammy Herbert ran to CAR 28 for 1 yards. Tackle by 62-Dwayne Pride. 51-Robert Hanson missed that block completely.</t>
   </si>
   <si>
     <t>#33 Daniel Hall - FB</t>
   </si>
   <si>
     <t>13:37</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-7-CAR 28 (13:36) 13-Bryan Kistner punts 47 yards to LVR 25. 85-Red Diesel to LVR 28 for 3 yards. Tackle by 37-Orville Isbell. LVR 55-Gus Otto was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#13 Bryan Kistner - P</t>
   </si>
   <si>
     <t>#85 Red Diesel - WR</t>
   </si>
   <si>
     <t>#55 Gus Otto - SLB</t>
   </si>
   <si>
     <t>#50 Eric Batson - RG</t>
   </si>
   <si>
-    <t>#71 Sam Williams - LDE</t>
+    <t>#92 Sam Williams - LDE</t>
   </si>
   <si>
     <t>#92 Craig Feldspar - LDE</t>
   </si>
   <si>
     <t>13:27</t>
   </si>
   <si>
     <t>LVR 28</t>
   </si>
   <si>
     <t>Strong I Normal HB Dive Strong</t>
   </si>
   <si>
     <t>4-3 Normal Cover 2 MLB Blitz</t>
   </si>
   <si>
     <t>1-10-LVR 28 (13:28) 48-Valentin Jones ran to LVR 36 for 8 yards. Tackle by 32-Robert Huffman. PENALTY - Holding (LVR 70-Al Wyatt)</t>
   </si>
   <si>
     <t>#12 Ken Stabler - QB</t>
   </si>
   <si>
     <t>#48 Valentin Jones - RB</t>
   </si>
   <si>
     <t>#22 Harold Jackson - RB</t>
   </si>
   <si>
     <t>#87 Michael Mayer - TE</t>
   </si>
   <si>
     <t>#16 Wesley Robinson - WR</t>
   </si>
   <si>
     <t>#81 Josh Gordon - WR</t>
   </si>
   <si>
     <t>#64 Bon Fire - RT</t>
   </si>
   <si>
     <t>#78 Nate Newton - LT</t>
   </si>
   <si>
     <t>#77 Fernando McGill - C</t>
   </si>
   <si>
-    <t>#50 Takeru Kobayashi - RG</t>
+    <t>#50 Takeru Kobayashi - LT</t>
   </si>
   <si>
     <t>#70 Al Wyatt - RT</t>
   </si>
   <si>
     <t>#99 Omar Daniels - DT</t>
   </si>
   <si>
     <t>#59 Jeffery Haynes - MLB</t>
   </si>
   <si>
     <t>#59 Stanley Glass - MLB</t>
   </si>
   <si>
     <t>#58 Frank Smith - WLB</t>
   </si>
   <si>
     <t>#41 Michael Goins - FS</t>
   </si>
   <si>
     <t>#40 Bill Marino - FS</t>
   </si>
   <si>
     <t>13:24</t>
   </si>
@@ -758,51 +758,51 @@
   <si>
     <t>LVR 31</t>
   </si>
   <si>
     <t>1-10-LVR 31 (7:47) 12-Ken Stabler pass complete to 88-Wesley Robinson to LVR 39 for 8 yards. Tackle by 34-Bill Marino.</t>
   </si>
   <si>
     <t>7:08</t>
   </si>
   <si>
     <t>LVR 39</t>
   </si>
   <si>
     <t>Goal Line Normal HB Toss Strong</t>
   </si>
   <si>
     <t>Goal Line Attack #1</t>
   </si>
   <si>
     <t>2-2-LVR 39 (7:07) 30-Bobby Bonilla ran to LVR 43 for 4 yards. Tackle by 58-Nathaniel Marshall.</t>
   </si>
   <si>
     <t>#43 Roy Bergman - FB</t>
   </si>
   <si>
-    <t>#96 Cliff Kelly - LDE</t>
+    <t>#54 Cliff Kelly - SLB</t>
   </si>
   <si>
     <t>6:29</t>
   </si>
   <si>
     <t>LVR 43</t>
   </si>
   <si>
     <t>1-10-LVR 43 (6:28) 13-Ross Cole ran to LVR 43 for a short loss. Tackle by 58-Nathaniel Marshall.</t>
   </si>
   <si>
     <t>5:50</t>
   </si>
   <si>
     <t>Singleback Normal HB Inside Weak</t>
   </si>
   <si>
     <t>2-10-LVR 43 (5:49) 13-Ross Cole ran to CAR 44 for 13 yards. Tackle by 31-David Croll.</t>
   </si>
   <si>
     <t>5:04</t>
   </si>
   <si>
     <t>CAR 44</t>
   </si>
@@ -1223,51 +1223,51 @@
   <si>
     <t>1-10-CAR 25 (6:15) 8-Noah Owens pass Pass knocked down by 52-Alvin Robinson. incomplete, intended for 81-Daniel Hall. Pressure by 2-Joseph Sliger.</t>
   </si>
   <si>
     <t>#52 Alvin Robinson - WLB</t>
   </si>
   <si>
     <t>6:10</t>
   </si>
   <si>
     <t>I Formation 3WR HB Inside Strong</t>
   </si>
   <si>
     <t>2-10-CAR 25 (6:11) 22-Marvin Moreno ran to CAR 30 for 5 yards. Tackle by 33-Bashaud Breeland. LVR 93-Machine Gun Joe Viterbo was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>5:31</t>
   </si>
   <si>
     <t>CAR 30</t>
   </si>
   <si>
     <t>3-5-CAR 30 (5:30) 24-Jose Scott ran to CAR 35 for 5 yards. Tackle by 91-Uncle Sam .</t>
   </si>
   <si>
-    <t>#90 James King - WLB</t>
+    <t>#90 James King - LDE</t>
   </si>
   <si>
     <t>4:51</t>
   </si>
   <si>
     <t>CAR 35</t>
   </si>
   <si>
     <t>4-1-CAR 35 (4:50) 13-Bryan Kistner punts 47 yards to LVR 18. 85-Red Diesel to LVR 25 for 7 yards. Tackle by 54-David Alvarado. LVR 78-Sam Williams was injured on the play. He looks like he should be able to return. PENALTY - Offsides (LVR 62-Dwayne Pride)</t>
   </si>
   <si>
     <t>4:41</t>
   </si>
   <si>
     <t>Weak I Big TE Deep Post</t>
   </si>
   <si>
     <t>46 Normal Strong Blitz</t>
   </si>
   <si>
     <t>1-10-CAR 40 (4:42) 8-Noah Owens pass INTERCEPTED by 38-Dallas Purvis at CAR 47. 38-Dallas Purvis to CAR 38 for 8 yards. Tackle by 24-Jose Scott. Pressure by 22-Marshall Vogler. PENALTY - Pass Interference (LVR 38-Dallas Purvis)</t>
   </si>
   <si>
     <t>#38 Dallas Purvis - CB</t>
   </si>