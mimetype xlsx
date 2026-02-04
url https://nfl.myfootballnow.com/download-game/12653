--- v0 (2026-01-08)
+++ v1 (2026-02-04)
@@ -437,51 +437,51 @@
   <si>
     <t>#15 Louis Neeley - WR</t>
   </si>
   <si>
     <t>#69 Louis Fleming - DT</t>
   </si>
   <si>
     <t>#47 Paul Brown - FS</t>
   </si>
   <si>
     <t>14:12</t>
   </si>
   <si>
     <t>I Formation 3WR Slot Short WR Deep</t>
   </si>
   <si>
     <t>4-3 Under Crash Left</t>
   </si>
   <si>
     <t>2-10-IND 38 (14:13) 5-Christopher McGaugh sacked at IND 30 for -8 yards (51-Reginald Salas). Sack allowed by 77-Johnathan Rasnick. 77-Johnathan Rasnick was caught flat-footed on this play.</t>
   </si>
   <si>
     <t>#69 Martin Montenegro - LG</t>
   </si>
   <si>
-    <t>#5 Craig Thomas - WLB</t>
+    <t>#45 Craig Thomas - WLB</t>
   </si>
   <si>
     <t>#34 Richard Bauer - CB</t>
   </si>
   <si>
     <t>13:39</t>
   </si>
   <si>
     <t>IND 30</t>
   </si>
   <si>
     <t>I Formation Normal FL Hitch</t>
   </si>
   <si>
     <t>46 Heavy 2 Deep Man Under</t>
   </si>
   <si>
     <t>3-18-IND 30 (13:38) 5-Christopher McGaugh pass incomplete, intended for 11-Ken Hayden.</t>
   </si>
   <si>
     <t>#11 Ken Hayden - WR</t>
   </si>
   <si>
     <t>13:35</t>
   </si>
@@ -551,57 +551,57 @@
   <si>
     <t>#88 Michael Alonzo - TE</t>
   </si>
   <si>
     <t>#44 Ezequiel Jett - WR</t>
   </si>
   <si>
     <t>#17 Jeffry Wilson - WR</t>
   </si>
   <si>
     <t>#33 Hector Danos - WR</t>
   </si>
   <si>
     <t>#70 Michael Miller - RT</t>
   </si>
   <si>
     <t>#60 Quinton Lightsey - LG</t>
   </si>
   <si>
     <t>#62 Oscar Crouch - C</t>
   </si>
   <si>
     <t>#69 Byron Landeros - RT</t>
   </si>
   <si>
-    <t>#69 Chris Tolbert - RT</t>
+    <t>#64 Chris Tolbert - RT</t>
   </si>
   <si>
     <t>#58 Edward Cable - LDE</t>
   </si>
   <si>
-    <t>#79 Anthony Smith - RDE</t>
+    <t>#73 Anthony Smith - DT</t>
   </si>
   <si>
     <t>#92 Esteban Oliver - LDE</t>
   </si>
   <si>
     <t>#52 Christopher Battle - SLB</t>
   </si>
   <si>
     <t>#38 Stephen Dozier - FS</t>
   </si>
   <si>
     <t>#47 Ronald Brown - CB</t>
   </si>
   <si>
     <t>12:49</t>
   </si>
   <si>
     <t>MIN 28</t>
   </si>
   <si>
     <t>Singleback Big WR Deep</t>
   </si>
   <si>
     <t>4-3 Normal OLB Blitz Outside</t>
   </si>
@@ -653,51 +653,51 @@
   <si>
     <t>#31 Jason Barton - RB</t>
   </si>
   <si>
     <t>#59 Christopher Kasper - WLB</t>
   </si>
   <si>
     <t>#96 Aaron Loranger - RDE</t>
   </si>
   <si>
     <t>10:56</t>
   </si>
   <si>
     <t>MIN 44</t>
   </si>
   <si>
     <t>4-7-MIN 44 (10:55) 1-Clarence Eudy punts 50 yards to IND 6.</t>
   </si>
   <si>
     <t>#1 Clarence Eudy - P</t>
   </si>
   <si>
     <t>#70 Peter Richardson - LT</t>
   </si>
   <si>
-    <t>#97 Frank Scott - CB</t>
+    <t>#97 Frank Scott - LDE</t>
   </si>
   <si>
     <t>10:47</t>
   </si>
   <si>
     <t>IND 6</t>
   </si>
   <si>
     <t>Singleback Normal HB Release Mid</t>
   </si>
   <si>
     <t>Nickel Normal Man Cover 2</t>
   </si>
   <si>
     <t>1-10-IND 6 (10:48) 5-Christopher McGaugh pass Pass knocked down by 59-Peter Campbell. incomplete, intended for 14-Greg Barrow.</t>
   </si>
   <si>
     <t>#57 Dennis Pirkle - CB</t>
   </si>
   <si>
     <t>10:43</t>
   </si>
   <si>
     <t>I Formation 3WR HB Inside Weak</t>
   </si>
@@ -2266,51 +2266,51 @@
     <col min="48" max="48" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="34.135" bestFit="true" customWidth="true" style="0"/>
-    <col min="73" max="73" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="73" max="73" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="34.135" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">