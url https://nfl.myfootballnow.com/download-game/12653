--- v1 (2026-02-04)
+++ v2 (2026-02-25)
@@ -671,51 +671,51 @@
   <si>
     <t>#1 Clarence Eudy - P</t>
   </si>
   <si>
     <t>#70 Peter Richardson - LT</t>
   </si>
   <si>
     <t>#97 Frank Scott - LDE</t>
   </si>
   <si>
     <t>10:47</t>
   </si>
   <si>
     <t>IND 6</t>
   </si>
   <si>
     <t>Singleback Normal HB Release Mid</t>
   </si>
   <si>
     <t>Nickel Normal Man Cover 2</t>
   </si>
   <si>
     <t>1-10-IND 6 (10:48) 5-Christopher McGaugh pass Pass knocked down by 59-Peter Campbell. incomplete, intended for 14-Greg Barrow.</t>
   </si>
   <si>
-    <t>#57 Dennis Pirkle - CB</t>
+    <t>#26 Dennis Pirkle - CB</t>
   </si>
   <si>
     <t>10:43</t>
   </si>
   <si>
     <t>I Formation 3WR HB Inside Weak</t>
   </si>
   <si>
     <t>3-4 Normal Man Cover 1</t>
   </si>
   <si>
     <t>2-10-IND 6 (10:44) 36-Charles Thompson ran to IND 29 for 23 yards. Tackle by 28-James Diaz.</t>
   </si>
   <si>
     <t>10:01</t>
   </si>
   <si>
     <t>IND 29</t>
   </si>
   <si>
     <t>1-10-IND 29 (10:00) 35-Ralph Bradley ran to IND 38 for 9 yards. Tackle by 27-Robert Howland. MIN 34-Richard Bauer was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>9:19</t>
   </si>