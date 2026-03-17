--- v2 (2026-02-25)
+++ v3 (2026-03-17)
@@ -413,51 +413,51 @@
   <si>
     <t>#42 James Diaz - SS</t>
   </si>
   <si>
     <t>#20 Fernando Asay - CB</t>
   </si>
   <si>
     <t>14:18</t>
   </si>
   <si>
     <t>IND 38</t>
   </si>
   <si>
     <t>Singleback Normal TE Quick Out</t>
   </si>
   <si>
     <t>Nickel Normal Double WR3</t>
   </si>
   <si>
     <t>1-10-IND 38 (14:17) 5-Christopher McGaugh pass Pass knocked down by 96-Paul Brown. incomplete, intended for 10-Louis Neeley. Pressure by 51-Reginald Salas.</t>
   </si>
   <si>
     <t>#36 Charles Thompson - RB</t>
   </si>
   <si>
-    <t>#15 Louis Neeley - WR</t>
+    <t>#80 Louis Neeley - WR</t>
   </si>
   <si>
     <t>#69 Louis Fleming - DT</t>
   </si>
   <si>
     <t>#47 Paul Brown - FS</t>
   </si>
   <si>
     <t>14:12</t>
   </si>
   <si>
     <t>I Formation 3WR Slot Short WR Deep</t>
   </si>
   <si>
     <t>4-3 Under Crash Left</t>
   </si>
   <si>
     <t>2-10-IND 38 (14:13) 5-Christopher McGaugh sacked at IND 30 for -8 yards (51-Reginald Salas). Sack allowed by 77-Johnathan Rasnick. 77-Johnathan Rasnick was caught flat-footed on this play.</t>
   </si>
   <si>
     <t>#69 Martin Montenegro - LG</t>
   </si>
   <si>
     <t>#45 Craig Thomas - WLB</t>
   </si>