--- v0 (2025-12-17)
+++ v1 (2026-02-07)
@@ -341,51 +341,51 @@
   <si>
     <t>KCY</t>
   </si>
   <si>
     <t>KCY 25</t>
   </si>
   <si>
     <t>I Formation Normal HB Toss Strong</t>
   </si>
   <si>
     <t>4-3 Under Double LB Blitz</t>
   </si>
   <si>
     <t>1-10-KCY 25 (15:00) PENALTY - False Start (KCY 70-George Roberson)</t>
   </si>
   <si>
     <t>#1 Rafael Somerville - QB</t>
   </si>
   <si>
     <t>#22 Fred Sager - RB</t>
   </si>
   <si>
     <t>#85 Calvin Wallace - TE</t>
   </si>
   <si>
-    <t>#15 Jose Brown - WR</t>
+    <t>#17 Jose Brown - WR</t>
   </si>
   <si>
     <t>#18 Francisco Medley - WR</t>
   </si>
   <si>
     <t>#70 George Roberson - LT</t>
   </si>
   <si>
     <t>#75 Douglas Fulton - LG</t>
   </si>
   <si>
     <t>#66 Mark Strayhorn - C</t>
   </si>
   <si>
     <t>#64 Lester Parker - RG</t>
   </si>
   <si>
     <t>#79 Willie Walker - RT</t>
   </si>
   <si>
     <t>#77 Tommie McNeil - RDE</t>
   </si>
   <si>
     <t>#62 Jason Isom - DT</t>
   </si>
@@ -485,78 +485,78 @@
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-1-KCY 34 (13:35) 16-Peter Owenby punts 50 yards to NED 16. 34-John Reyes to NED 23 for 8 yards. Tackle by 69-Larry Lopez.</t>
   </si>
   <si>
     <t>#16 Peter Owenby - P</t>
   </si>
   <si>
     <t>#34 John Reyes - RB</t>
   </si>
   <si>
     <t>#53 Gerald Bettencourt - SLB</t>
   </si>
   <si>
     <t>#92 Timothy Baumgartner - DT</t>
   </si>
   <si>
     <t>#99 Dewayne Robinson - DT</t>
   </si>
   <si>
-    <t>#83 Bruce Leung - TE</t>
+    <t>#46 Bruce Leung - TE</t>
   </si>
   <si>
     <t>13:25</t>
   </si>
   <si>
     <t>NED 23</t>
   </si>
   <si>
     <t>Weak I Normal WR Corner TE Middle</t>
   </si>
   <si>
     <t>4-3 Under Double Safety Blitz</t>
   </si>
   <si>
     <t>1-10-NED 23 (13:26) 1-Raymond Duran pass complete to 81-Greg Derosa to NED 34 for 10 yards. Tackle by 55-Donnell Wagner. NED 67-Ernest Morris was injured on the play. He looks like he should be able to return. PENALTY - Holding (NED 28-Jorge Madden)</t>
   </si>
   <si>
     <t>#15 Raymond Duran - QB</t>
   </si>
   <si>
     <t>#28 Jorge Madden - FB</t>
   </si>
   <si>
     <t>#81 Greg Derosa - TE</t>
   </si>
   <si>
-    <t>#81 Robert Swanner - WR</t>
+    <t>#10 Robert Swanner - WR</t>
   </si>
   <si>
     <t>#87 Juan Mao - WR</t>
   </si>
   <si>
     <t>#77 Palmer Matthies - LT</t>
   </si>
   <si>
     <t>#67 Ernest Morris - LG</t>
   </si>
   <si>
     <t>#50 George Frost - C</t>
   </si>
   <si>
     <t>#76 Chad Alvarez - RG</t>
   </si>
   <si>
     <t>#66 David Thompson - LT</t>
   </si>
   <si>
     <t>#95 John Long - LDE</t>
   </si>
   <si>
     <t>#55 Michael Anton - SLB</t>
   </si>
@@ -722,51 +722,51 @@
   <si>
     <t>NED 15</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>(9:48) Extra point GOOD by 12-Willie Case. NED 71-Ryan Alexander was injured on the play. He looks like he should be able to return. NED 0 KCY 7</t>
   </si>
   <si>
     <t>#15 Matt Mahomes - QB</t>
   </si>
   <si>
     <t>#12 Willie Case - K</t>
   </si>
   <si>
     <t>#84 Thomas Howell - TE</t>
   </si>
   <si>
     <t>#44 John Mefford - FB</t>
   </si>
   <si>
-    <t>#59 Matthew Torres - SLB</t>
+    <t>#40 Matthew Torres - FS</t>
   </si>
   <si>
     <t>#57 David Hernandez - MLB</t>
   </si>
   <si>
     <t>#55 Joseph Collins - WLB</t>
   </si>
   <si>
     <t>KCY 35</t>
   </si>
   <si>
     <t>(9:48) 12-Willie Case kicks 74 yards from KCY 35 to NED -9. Touchback.</t>
   </si>
   <si>
     <t>#21 Huey Jennings - RB</t>
   </si>
   <si>
     <t>I Formation Normal Max Protect</t>
   </si>
   <si>
     <t>1-10-NED 25 (9:48) 1-Raymond Duran pass complete to 14-Juan Mao to NED 36 for 11 yards. Tackle by 35-Stacey Dietz. NED 77-Palmer Matthies was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>9:14</t>
   </si>
@@ -1253,51 +1253,51 @@
   <si>
     <t>1-10-KCY 30 (3:13) 1-Raymond Duran sacked at KCY 37 for -7 yards (51-John Long). Sack allowed by 28-Jorge Madden.</t>
   </si>
   <si>
     <t>2:29</t>
   </si>
   <si>
     <t>2-17-KCY 37 (2:28) 1-Raymond Duran pass complete to 81-Greg Derosa to KCY 32 for 5 yards. Tackle by 33-Brian Rodriguez.</t>
   </si>
   <si>
     <t>2:24</t>
   </si>
   <si>
     <t>Timeout NED</t>
   </si>
   <si>
     <t>2:00</t>
   </si>
   <si>
     <t>Timeout for two minute warning.</t>
   </si>
   <si>
     <t>3-12-KCY 32 (2:00) 1-Raymond Duran pass complete to 34-John Reyes to KCY 11 for 20 yards. Nice job by 34-John Reyes on that route to lose his coverage.</t>
   </si>
   <si>
-    <t>#19 Mike Lamberton - WR</t>
+    <t>#12 Mike Lamberton - WR</t>
   </si>
   <si>
     <t>1:54</t>
   </si>
   <si>
     <t>KCY 11</t>
   </si>
   <si>
     <t>Nickel Normal Shallow Zone Deep</t>
   </si>
   <si>
     <t>1-10-KCY 11 (1:54) 1-Raymond Duran pass complete to 19-David Jan to KCY 5 for 6 yards. Tackle by 45-Frank Hannah.</t>
   </si>
   <si>
     <t>1:17</t>
   </si>
   <si>
     <t>KCY 5</t>
   </si>
   <si>
     <t>Nickel Normal Double WR1</t>
   </si>
   <si>
     <t>2-4-KCY 5 (1:16) 1-Raymond Duran pass Pass knocked down by 45-Frank Hannah. incomplete, intended for 19-David Jan.</t>
   </si>