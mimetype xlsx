--- v1 (2026-02-07)
+++ v2 (2026-03-28)
@@ -350,57 +350,57 @@
   <si>
     <t>4-3 Under Double LB Blitz</t>
   </si>
   <si>
     <t>1-10-KCY 25 (15:00) PENALTY - False Start (KCY 70-George Roberson)</t>
   </si>
   <si>
     <t>#1 Rafael Somerville - QB</t>
   </si>
   <si>
     <t>#22 Fred Sager - RB</t>
   </si>
   <si>
     <t>#85 Calvin Wallace - TE</t>
   </si>
   <si>
     <t>#17 Jose Brown - WR</t>
   </si>
   <si>
     <t>#18 Francisco Medley - WR</t>
   </si>
   <si>
     <t>#70 George Roberson - LT</t>
   </si>
   <si>
-    <t>#75 Douglas Fulton - LG</t>
+    <t>#50 Douglas Fulton - LG</t>
   </si>
   <si>
     <t>#66 Mark Strayhorn - C</t>
   </si>
   <si>
-    <t>#64 Lester Parker - RG</t>
+    <t>#50 Lester Parker - RG</t>
   </si>
   <si>
     <t>#79 Willie Walker - RT</t>
   </si>
   <si>
     <t>#77 Tommie McNeil - RDE</t>
   </si>
   <si>
     <t>#62 Jason Isom - DT</t>
   </si>
   <si>
     <t>#71 Ryan Alexander - DT</t>
   </si>
   <si>
     <t>#57 William Stewart - MLB</t>
   </si>
   <si>
     <t>#58 William Lutz - SLB</t>
   </si>
   <si>
     <t>#52 Kevin Price - MLB</t>
   </si>
   <si>
     <t>#57 Joseph Gray - MLB</t>
   </si>