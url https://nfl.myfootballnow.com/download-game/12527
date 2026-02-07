--- v0 (2025-12-19)
+++ v1 (2026-02-07)
@@ -356,51 +356,51 @@
   <si>
     <t>#7 Timothy Mason - QB</t>
   </si>
   <si>
     <t>#40 William Myles - RB</t>
   </si>
   <si>
     <t>#44 Scott Cude - FB</t>
   </si>
   <si>
     <t>#14 Kenneth Langlois - WR</t>
   </si>
   <si>
     <t>#81 Alexander Fedor - WR</t>
   </si>
   <si>
     <t>#82 Michael Olson - WR</t>
   </si>
   <si>
     <t>#8 Luis Marino - LG</t>
   </si>
   <si>
     <t>#77 Gene Lopez - LG</t>
   </si>
   <si>
-    <t>#58 Matthew Hill - RT</t>
+    <t>#69 Matthew Hill - RT</t>
   </si>
   <si>
     <t>#70 Fred Daniels - RG</t>
   </si>
   <si>
     <t>#66 Vaughn Jones - LT</t>
   </si>
   <si>
     <t>#51 Reginald Salas - DT</t>
   </si>
   <si>
     <t>#91 Michael Davila - DT</t>
   </si>
   <si>
     <t>#69 Louis Fleming - DT</t>
   </si>
   <si>
     <t>#78 Darrell Holman - RDE</t>
   </si>
   <si>
     <t>#46 Mark Moore - SLB</t>
   </si>
   <si>
     <t>#93 Donald Stovall - RDE</t>
   </si>
@@ -458,57 +458,57 @@
   <si>
     <t>#93 Willis Wong - LDE</t>
   </si>
   <si>
     <t>#65 Mark Lucero - RDE</t>
   </si>
   <si>
     <t>#77 Patrick Randall - LDE</t>
   </si>
   <si>
     <t>#79 James Church - DT</t>
   </si>
   <si>
     <t>#94 Harry Chipman - FS</t>
   </si>
   <si>
     <t>#47 Paul Brown - FS</t>
   </si>
   <si>
     <t>#34 Richard Bauer - CB</t>
   </si>
   <si>
     <t>#28 Claude Gross - CB</t>
   </si>
   <si>
-    <t>#5 Craig Thomas - WLB</t>
+    <t>#45 Craig Thomas - WLB</t>
   </si>
   <si>
     <t>#57 Dennis Pirkle - CB</t>
   </si>
   <si>
-    <t>#97 Frank Scott - CB</t>
+    <t>#97 Frank Scott - LDE</t>
   </si>
   <si>
     <t>GBY 35</t>
   </si>
   <si>
     <t>(14:50) 15-Johnny Little kicks 68 yards from GBY 35 to MIN -3. Touchback.</t>
   </si>
   <si>
     <t>#89 Edmond Price - WR</t>
   </si>
   <si>
     <t>#15 Bruce Boyles - WR</t>
   </si>
   <si>
     <t>#31 Jason Barton - RB</t>
   </si>
   <si>
     <t>#88 Michael Alonzo - TE</t>
   </si>
   <si>
     <t>#55 David Collier - RG</t>
   </si>
   <si>
     <t>#48 Wilbert Doby - FB</t>
   </si>
@@ -539,114 +539,114 @@
   <si>
     <t>#14 Paul Phillips - QB</t>
   </si>
   <si>
     <t>#44 Ezequiel Jett - WR</t>
   </si>
   <si>
     <t>#17 Jeffry Wilson - WR</t>
   </si>
   <si>
     <t>#33 Hector Danos - WR</t>
   </si>
   <si>
     <t>#69 Byron Landeros - RT</t>
   </si>
   <si>
     <t>#70 Michael Miller - RT</t>
   </si>
   <si>
     <t>#70 Peter Richardson - LT</t>
   </si>
   <si>
     <t>#57 James Cortez - RT</t>
   </si>
   <si>
-    <t>#69 Chris Tolbert - RT</t>
+    <t>#64 Chris Tolbert - RT</t>
   </si>
   <si>
     <t>#75 Marcus Frisina - DT</t>
   </si>
   <si>
     <t>#91 Randall Perkins - MLB</t>
   </si>
   <si>
     <t>#46 Joseph Gagne - CB</t>
   </si>
   <si>
-    <t>#34 Abraham Kozak - FS</t>
+    <t>#34 Abraham Kozak - CB</t>
   </si>
   <si>
     <t>14:13</t>
   </si>
   <si>
     <t>MIN 44</t>
   </si>
   <si>
     <t>Singleback Normal TE Quick Out</t>
   </si>
   <si>
     <t>Dime Flat MLB SS Blitz</t>
   </si>
   <si>
     <t>1-10-MIN 44 (14:12) 14-Paul Phillips pass Pass knocked down by 32-Johnnie Crawford. incomplete, intended for 85-Michael Alonzo.</t>
   </si>
   <si>
     <t>#44 Berry Schneider - CB</t>
   </si>
   <si>
     <t>14:08</t>
   </si>
   <si>
     <t>I Formation Normal PA Fullback Flat</t>
   </si>
   <si>
     <t>Dime Normal FS Blitz</t>
   </si>
   <si>
     <t>2-10-MIN 44 (14:09) 14-Paul Phillips pass complete to 33-Hector Danos for 56 yards. TOUCHDOWN! MIN 6 GBY 7</t>
   </si>
   <si>
     <t>14:01</t>
   </si>
   <si>
     <t>GBY 15</t>
   </si>
   <si>
     <t>(14:02) Extra point GOOD by 9-James Ramos. MIN 7 GBY 7</t>
   </si>
   <si>
     <t>#71 Jimmy Carley - RT</t>
   </si>
   <si>
     <t>#94 Donald Gomez - CB</t>
   </si>
   <si>
     <t>#50 Arthur Macleod - DT</t>
   </si>
   <si>
-    <t>#92 Jose Hettinger - RDE</t>
+    <t>#92 Jose Hettinger - LDE</t>
   </si>
   <si>
     <t>(14:02) 9-James Ramos kicks 74 yards from MIN 35 to GBY -9. Touchback.</t>
   </si>
   <si>
     <t>Singleback Big TE Flat Curl</t>
   </si>
   <si>
     <t>3-4 Normal Man QB Spy</t>
   </si>
   <si>
     <t>1-10-GBY 25 (14:02) 18-Timothy Mason pass incomplete, dropped by 80-Scott Cude. Pressure by 46-Mark Moore.</t>
   </si>
   <si>
     <t>13:57</t>
   </si>
   <si>
     <t>I Formation Power Play Action HB Downfield</t>
   </si>
   <si>
     <t>4-3 Under Double LB Blitz</t>
   </si>
   <si>
     <t>2-10-GBY 25 (13:58) 18-Timothy Mason pass complete to 80-Scott Cude to GBY 33 for 8 yards. Tackle by 38-Fernando Asay.</t>
   </si>
@@ -1394,51 +1394,51 @@
   <si>
     <t>4-3-GBY 32 (10:06) 1-Eduardo Alexander punts 48 yards to MIN 20. 88-Edmond Price to MIN 26 for 6 yards. Tackle by 3-Anthony Ferguson.</t>
   </si>
   <si>
     <t>9:57</t>
   </si>
   <si>
     <t>MIN 26</t>
   </si>
   <si>
     <t>1-10-MIN 26 (9:58) 14-Paul Phillips pass complete to 85-Michael Alonzo to MIN 34 for 8 yards. Tackle by 57-Randall Perkins. 57-Randall Perkins got away with a hold on that play.</t>
   </si>
   <si>
     <t>9:25</t>
   </si>
   <si>
     <t>MIN 34</t>
   </si>
   <si>
     <t>2-2-MIN 34 (9:24) 14-Paul Phillips pass complete to 13-Jason Fletcher to GBY 33 for 34 yards. Pressure by 91-James Rosado. PENALTY - Pass Interference (GBY 25-Jean Dalton) (Declined)</t>
   </si>
   <si>
     <t>1-10-GBY 33 (9:17) 14-Paul Phillips sacked at GBY 42 for -9 yards (73-Rex George)</t>
   </si>
   <si>
-    <t>#55 Rex George - MLB</t>
+    <t>#51 Rex George - MLB</t>
   </si>
   <si>
     <t>8:42</t>
   </si>
   <si>
     <t>2-19-GBY 42 (8:41) 14-Paul Phillips pass complete to 84-James Yamasaki to GBY 31 for 11 yards. Tackle by 64-David Morris.</t>
   </si>
   <si>
     <t>8:06</t>
   </si>
   <si>
     <t>I Formation Power HB Strong Outside</t>
   </si>
   <si>
     <t>Dime Flat CB4 Blitz</t>
   </si>
   <si>
     <t>3-8-GBY 31 (8:05) 88-Edmond Price ran to GBY 26 for 5 yards. Tackle by 98-Marcus Scales. PENALTY - Holding (MIN 66-James Cortez)</t>
   </si>
   <si>
     <t>8:01</t>
   </si>
   <si>
     <t>3-18-GBY 41 (8:02) 14-Paul Phillips pass incomplete, dropped by 31-Jason Barton.</t>
   </si>