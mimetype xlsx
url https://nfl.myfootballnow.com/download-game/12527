--- v1 (2026-02-07)
+++ v2 (2026-03-28)
@@ -299,51 +299,51 @@
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 9-James Ramos kicks 74 yards from MIN 35 to GBY -9. Touchback.</t>
   </si>
   <si>
     <t>#41 Bruce Terry - TE</t>
   </si>
   <si>
     <t>#92 Scott Alvarado - DT</t>
   </si>
   <si>
     <t>#32 Johnnie Crawford - CB</t>
   </si>
   <si>
     <t>#76 Jeffrey Crockett - RDE</t>
   </si>
   <si>
     <t>#91 James Rosado - RDE</t>
   </si>
   <si>
     <t>#57 Gary Utz - DT</t>
   </si>
   <si>
-    <t>#90 Duane Torres - DT</t>
+    <t>#53 Duane Torres - DT</t>
   </si>
   <si>
     <t>#51 Anthony Ferguson - WLB</t>
   </si>
   <si>
     <t>#20 Robert Henry - CB</t>
   </si>
   <si>
     <t>#95 David Morris - MLB</t>
   </si>
   <si>
     <t>#25 Jean Dalton - CB</t>
   </si>
   <si>
     <t>#9 James Ramos - K</t>
   </si>
   <si>
     <t>GBY</t>
   </si>
   <si>
     <t>GBY 25</t>
   </si>
   <si>
     <t>Singleback Normal SE Quick Hit</t>
   </si>
@@ -458,54 +458,54 @@
   <si>
     <t>#93 Willis Wong - LDE</t>
   </si>
   <si>
     <t>#65 Mark Lucero - RDE</t>
   </si>
   <si>
     <t>#77 Patrick Randall - LDE</t>
   </si>
   <si>
     <t>#79 James Church - DT</t>
   </si>
   <si>
     <t>#94 Harry Chipman - FS</t>
   </si>
   <si>
     <t>#47 Paul Brown - FS</t>
   </si>
   <si>
     <t>#34 Richard Bauer - CB</t>
   </si>
   <si>
     <t>#28 Claude Gross - CB</t>
   </si>
   <si>
-    <t>#45 Craig Thomas - WLB</t>
-[...2 lines deleted...]
-    <t>#57 Dennis Pirkle - CB</t>
+    <t>#45 Craig Thomas - SS</t>
+  </si>
+  <si>
+    <t>#26 Dennis Pirkle - CB</t>
   </si>
   <si>
     <t>#97 Frank Scott - LDE</t>
   </si>
   <si>
     <t>GBY 35</t>
   </si>
   <si>
     <t>(14:50) 15-Johnny Little kicks 68 yards from GBY 35 to MIN -3. Touchback.</t>
   </si>
   <si>
     <t>#89 Edmond Price - WR</t>
   </si>
   <si>
     <t>#15 Bruce Boyles - WR</t>
   </si>
   <si>
     <t>#31 Jason Barton - RB</t>
   </si>
   <si>
     <t>#88 Michael Alonzo - TE</t>
   </si>
   <si>
     <t>#55 David Collier - RG</t>
   </si>
@@ -542,51 +542,51 @@
   <si>
     <t>#44 Ezequiel Jett - WR</t>
   </si>
   <si>
     <t>#17 Jeffry Wilson - WR</t>
   </si>
   <si>
     <t>#33 Hector Danos - WR</t>
   </si>
   <si>
     <t>#69 Byron Landeros - RT</t>
   </si>
   <si>
     <t>#70 Michael Miller - RT</t>
   </si>
   <si>
     <t>#70 Peter Richardson - LT</t>
   </si>
   <si>
     <t>#57 James Cortez - RT</t>
   </si>
   <si>
     <t>#64 Chris Tolbert - RT</t>
   </si>
   <si>
-    <t>#75 Marcus Frisina - DT</t>
+    <t>#90 Marcus Frisina - DT</t>
   </si>
   <si>
     <t>#91 Randall Perkins - MLB</t>
   </si>
   <si>
     <t>#46 Joseph Gagne - CB</t>
   </si>
   <si>
     <t>#34 Abraham Kozak - CB</t>
   </si>
   <si>
     <t>14:13</t>
   </si>
   <si>
     <t>MIN 44</t>
   </si>
   <si>
     <t>Singleback Normal TE Quick Out</t>
   </si>
   <si>
     <t>Dime Flat MLB SS Blitz</t>
   </si>
   <si>
     <t>1-10-MIN 44 (14:12) 14-Paul Phillips pass Pass knocked down by 32-Johnnie Crawford. incomplete, intended for 85-Michael Alonzo.</t>
   </si>