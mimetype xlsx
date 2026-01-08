--- v0 (2025-11-06)
+++ v1 (2026-01-08)
@@ -281,51 +281,51 @@
   <si>
     <t>ST Rusher8</t>
   </si>
   <si>
     <t>15:00</t>
   </si>
   <si>
     <t>MIN has won the toss and elected to defer.</t>
   </si>
   <si>
     <t>MIN</t>
   </si>
   <si>
     <t>MIN 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 9-James Ramos kicks 74 yards from MIN 35 to TEN -9. Touchback.</t>
   </si>
   <si>
-    <t>#82 Roland Fritz - TE</t>
+    <t>#83 Roland Fritz - TE</t>
   </si>
   <si>
     <t>#56 Jared Owens - SS</t>
   </si>
   <si>
     <t>#42 Joseph Bryan - FS</t>
   </si>
   <si>
     <t>#92 Robert Reyes - LDE</t>
   </si>
   <si>
     <t>#41 Gordon Nelson - SS</t>
   </si>
   <si>
     <t>#79 Charles Smith - LDE</t>
   </si>
   <si>
     <t>#94 Seth Langhorne - RDE</t>
   </si>
   <si>
     <t>#58 Otto Mannkusser - WLB</t>
   </si>
   <si>
     <t>#50 John Johnson - RDE</t>
   </si>
@@ -353,66 +353,66 @@
   <si>
     <t>1-10-TEN 25 (15:00) 49-Gerald Harris ran to TEN 38 for 13 yards. Tackle by 38-Fernando Asay. TEN 75-Robert Beaumont was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#17 Philip Young - QB</t>
   </si>
   <si>
     <t>#32 Gerald Harris - RB</t>
   </si>
   <si>
     <t>#82 Jermaine Marshall - TE</t>
   </si>
   <si>
     <t>#87 Curtis Woodie - WR</t>
   </si>
   <si>
     <t>#14 James Summers - WR</t>
   </si>
   <si>
     <t>#18 Aaron Atwood - WR</t>
   </si>
   <si>
     <t>#70 John Millar - LT</t>
   </si>
   <si>
-    <t>#72 Galen Larsen - LG</t>
+    <t>#58 Galen Larsen - LG</t>
   </si>
   <si>
     <t>#78 Robert Beaumont - RT</t>
   </si>
   <si>
     <t>#61 Harold Sy - LG</t>
   </si>
   <si>
     <t>#64 Clyde Reid - LT</t>
   </si>
   <si>
     <t>#77 Patrick Randall - LDE</t>
   </si>
   <si>
-    <t>#51 Reginald Salas - LDE</t>
+    <t>#51 Reginald Salas - DT</t>
   </si>
   <si>
     <t>#91 Michael Davila - DT</t>
   </si>
   <si>
     <t>#78 Darrell Holman - RDE</t>
   </si>
   <si>
     <t>#28 Claude Gross - CB</t>
   </si>
   <si>
     <t>#27 James Reeves - CB</t>
   </si>
   <si>
     <t>#39 Clinton Hodge - CB</t>
   </si>
   <si>
     <t>#57 Jerry Lowery - CB</t>
   </si>
   <si>
     <t>#94 Harry Chipman - FS</t>
   </si>
   <si>
     <t>#42 James Diaz - SS</t>
   </si>
@@ -638,96 +638,96 @@
   <si>
     <t>#55 John Curtis - LT</t>
   </si>
   <si>
     <t>#57 Johnathan Thompson - RT</t>
   </si>
   <si>
     <t>#65 Mark Lucero - RDE</t>
   </si>
   <si>
     <t>#94 Carl Adkins - DT</t>
   </si>
   <si>
     <t>9:01</t>
   </si>
   <si>
     <t>MIN 6</t>
   </si>
   <si>
     <t>4-3 Normal WLB MLB Blitz</t>
   </si>
   <si>
     <t>1-10-MIN 6 (9:02) 88-Edmond Price ran to MIN 5 for -1 yards. Tackle by 45-Danny Anderson.</t>
   </si>
   <si>
-    <t>#26 Paul Phillips - QB</t>
+    <t>#14 Paul Phillips - QB</t>
   </si>
   <si>
     <t>#45 Ricardo Hoey - TE</t>
   </si>
   <si>
     <t>#88 Michael Alonzo - TE</t>
   </si>
   <si>
     <t>#30 Emile McMullin - RB</t>
   </si>
   <si>
     <t>#33 Hector Danos - WR</t>
   </si>
   <si>
     <t>#60 Quinton Lightsey - LG</t>
   </si>
   <si>
     <t>#70 Michael Miller - RT</t>
   </si>
   <si>
     <t>#69 Byron Landeros - RT</t>
   </si>
   <si>
     <t>#69 Chris Tolbert - RT</t>
   </si>
   <si>
     <t>#72 Andrew Joseph - RT</t>
   </si>
   <si>
-    <t>#57 John Purnell - MLB</t>
+    <t>#57 John Purnell - SLB</t>
   </si>
   <si>
     <t>#48 Terry Daniel - RDE</t>
   </si>
   <si>
     <t>#91 Douglas Buller - DT</t>
   </si>
   <si>
     <t>#21 Jeffery Thayer - CB</t>
   </si>
   <si>
-    <t>#54 Danny Anderson - MLB</t>
-[...2 lines deleted...]
-    <t>#42 Thomas Jarvis - CB</t>
+    <t>#50 Danny Anderson - MLB</t>
+  </si>
+  <si>
+    <t>#27 Thomas Jarvis - CB</t>
   </si>
   <si>
     <t>8:19</t>
   </si>
   <si>
     <t>MIN 5</t>
   </si>
   <si>
     <t>I Formation Normal HB Blast</t>
   </si>
   <si>
     <t>4-3 Normal Man QB Spy</t>
   </si>
   <si>
     <t>2-11-MIN 5 (8:18) 88-Edmond Price ran to MIN 11 for 5 yards. Tackle by 27-Joseph Bryan.</t>
   </si>
   <si>
     <t>7:40</t>
   </si>
   <si>
     <t>MIN 11</t>
   </si>
   <si>
     <t>I Formation 3WR HB Inside Weak</t>
   </si>
@@ -2334,51 +2334,51 @@
     <col min="8" max="8" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="399.76" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="25.851" bestFit="true" customWidth="true" style="0"/>
-    <col min="33" max="33" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="33" max="33" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="30.564" bestFit="true" customWidth="true" style="0"/>