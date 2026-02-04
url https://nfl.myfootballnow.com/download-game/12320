--- v1 (2026-01-08)
+++ v2 (2026-02-04)
@@ -353,51 +353,51 @@
   <si>
     <t>1-10-TEN 25 (15:00) 49-Gerald Harris ran to TEN 38 for 13 yards. Tackle by 38-Fernando Asay. TEN 75-Robert Beaumont was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#17 Philip Young - QB</t>
   </si>
   <si>
     <t>#32 Gerald Harris - RB</t>
   </si>
   <si>
     <t>#82 Jermaine Marshall - TE</t>
   </si>
   <si>
     <t>#87 Curtis Woodie - WR</t>
   </si>
   <si>
     <t>#14 James Summers - WR</t>
   </si>
   <si>
     <t>#18 Aaron Atwood - WR</t>
   </si>
   <si>
     <t>#70 John Millar - LT</t>
   </si>
   <si>
-    <t>#58 Galen Larsen - LG</t>
+    <t>#69 Galen Larsen - LG</t>
   </si>
   <si>
     <t>#78 Robert Beaumont - RT</t>
   </si>
   <si>
     <t>#61 Harold Sy - LG</t>
   </si>
   <si>
     <t>#64 Clyde Reid - LT</t>
   </si>
   <si>
     <t>#77 Patrick Randall - LDE</t>
   </si>
   <si>
     <t>#51 Reginald Salas - DT</t>
   </si>
   <si>
     <t>#91 Michael Davila - DT</t>
   </si>
   <si>
     <t>#78 Darrell Holman - RDE</t>
   </si>
   <si>
     <t>#28 Claude Gross - CB</t>
   </si>
@@ -530,51 +530,51 @@
   <si>
     <t>3-2-MIN 34 (11:41) 13-Philip Young pass complete to 82-Roland Fritz to MIN 30 for 4 yards. Tackle by 46-Mark Moore. Great move by 82-Roland Fritz to get free of his coverage.</t>
   </si>
   <si>
     <t>#71 David Fowler - SLB</t>
   </si>
   <si>
     <t>11:01</t>
   </si>
   <si>
     <t>MIN 30</t>
   </si>
   <si>
     <t>Singleback Normal TE Quick Out</t>
   </si>
   <si>
     <t>1-10-MIN 30 (11:00) 13-Philip Young pass complete to 84-James Summers to MIN 16 for 13 yards. Tackle by 96-Paul Brown.</t>
   </si>
   <si>
     <t>#34 Stanton Bennett - RB</t>
   </si>
   <si>
     <t>#18 Myron Long - WR</t>
   </si>
   <si>
-    <t>#97 Frank Scott - CB</t>
+    <t>#97 Frank Scott - LDE</t>
   </si>
   <si>
     <t>10:22</t>
   </si>
   <si>
     <t>MIN 16</t>
   </si>
   <si>
     <t>I Formation 3WR SE Post</t>
   </si>
   <si>
     <t>Dime Flat 2 Deep Man Under</t>
   </si>
   <si>
     <t>1-10-MIN 16 (10:21) PENALTY - False Start (TEN 66-Harold Sy)</t>
   </si>
   <si>
     <t>10:20</t>
   </si>
   <si>
     <t>MIN 21</t>
   </si>
   <si>
     <t>3-4 Normal Man QB Spy</t>
   </si>
@@ -662,57 +662,57 @@
   <si>
     <t>#14 Paul Phillips - QB</t>
   </si>
   <si>
     <t>#45 Ricardo Hoey - TE</t>
   </si>
   <si>
     <t>#88 Michael Alonzo - TE</t>
   </si>
   <si>
     <t>#30 Emile McMullin - RB</t>
   </si>
   <si>
     <t>#33 Hector Danos - WR</t>
   </si>
   <si>
     <t>#60 Quinton Lightsey - LG</t>
   </si>
   <si>
     <t>#70 Michael Miller - RT</t>
   </si>
   <si>
     <t>#69 Byron Landeros - RT</t>
   </si>
   <si>
-    <t>#69 Chris Tolbert - RT</t>
+    <t>#64 Chris Tolbert - RT</t>
   </si>
   <si>
     <t>#72 Andrew Joseph - RT</t>
   </si>
   <si>
-    <t>#57 John Purnell - SLB</t>
+    <t>#90 John Purnell - DT</t>
   </si>
   <si>
     <t>#48 Terry Daniel - RDE</t>
   </si>
   <si>
     <t>#91 Douglas Buller - DT</t>
   </si>
   <si>
     <t>#21 Jeffery Thayer - CB</t>
   </si>
   <si>
     <t>#50 Danny Anderson - MLB</t>
   </si>
   <si>
     <t>#27 Thomas Jarvis - CB</t>
   </si>
   <si>
     <t>8:19</t>
   </si>
   <si>
     <t>MIN 5</t>
   </si>
   <si>
     <t>I Formation Normal HB Blast</t>
   </si>
@@ -1091,51 +1091,51 @@
   <si>
     <t>#60 Robert Allen - RG</t>
   </si>
   <si>
     <t>9:35</t>
   </si>
   <si>
     <t>2-10-MIN 28 (9:36) 49-Gerald Harris ran to MIN 28 for a short gain. Tackle by 90-Walter Oneill.</t>
   </si>
   <si>
     <t>8:54</t>
   </si>
   <si>
     <t>3-10-MIN 28 (8:53) 13-Philip Young pass complete to 83-Aaron Tenney to MIN 19 for 9 yards. Pushed out of bounds by 73-Claude Gross.</t>
   </si>
   <si>
     <t>8:15</t>
   </si>
   <si>
     <t>MIN 19</t>
   </si>
   <si>
     <t>4-1-MIN 19 (8:14) 9-Brian Larson 36 yard field goal is GOOD. PENALTY - Offsides (MIN 90-Walter Oneill)</t>
   </si>
   <si>
-    <t>#9 Brian Larson - K</t>
+    <t>#5 Brian Larson - K</t>
   </si>
   <si>
     <t>8:10</t>
   </si>
   <si>
     <t>1-10-MIN 14 (8:11) 26-Stanton Bennett ran to MIN 10 for 4 yards. Tackle by 96-Paul Brown.</t>
   </si>
   <si>
     <t>7:30</t>
   </si>
   <si>
     <t>MIN 10</t>
   </si>
   <si>
     <t>Nickel Normal Double WR2</t>
   </si>
   <si>
     <t>2-6-MIN 10 (7:29) 26-Stanton Bennett ran for 10 yards. TOUCHDOWN! MIN 3 TEN 6</t>
   </si>
   <si>
     <t>7:24</t>
   </si>
   <si>
     <t>MIN 15</t>
   </si>