--- v0 (2025-10-17)
+++ v1 (2025-11-28)
@@ -362,132 +362,132 @@
   <si>
     <t>#87 William Zimmer - TE</t>
   </si>
   <si>
     <t>#83 Chad Austin - WR</t>
   </si>
   <si>
     <t>#14 Gary Goins - WR</t>
   </si>
   <si>
     <t>#65 Charles Acosta - LT</t>
   </si>
   <si>
     <t>#57 Larry Griggs - LG</t>
   </si>
   <si>
     <t>#77 David Vickers - C</t>
   </si>
   <si>
     <t>#66 Ray Anderson - RG</t>
   </si>
   <si>
     <t>#60 Pedro Campbell - RT</t>
   </si>
   <si>
-    <t>#71 Roy Wann - LDE</t>
+    <t>#93 Roy Wann - DT</t>
   </si>
   <si>
     <t>#95 Kyle Dallas - DT</t>
   </si>
   <si>
-    <t>#67 Mark Guidry - DT</t>
+    <t>#38 Mark Guidry - FS</t>
   </si>
   <si>
     <t>#72 David Hansen - RDE</t>
   </si>
   <si>
     <t>#97 Samuel Coffman - SLB</t>
   </si>
   <si>
     <t>#57 Robert Jennings - WLB</t>
   </si>
   <si>
     <t>#51 Stephan Sweeney - WLB</t>
   </si>
   <si>
     <t>#22 David Delgado - CB</t>
   </si>
   <si>
     <t>#34 Robert Henderson - CB</t>
   </si>
   <si>
     <t>#47 Bruce Cordero - SS</t>
   </si>
   <si>
-    <t>#24 Mike Evans - CB</t>
+    <t>#44 Mike Evans - CB</t>
   </si>
   <si>
     <t>14:25</t>
   </si>
   <si>
     <t>BAL 28</t>
   </si>
   <si>
     <t>I Formation Power PA Flats</t>
   </si>
   <si>
     <t>4-3 Under Double LB Blitz</t>
   </si>
   <si>
     <t>2-7-BAL 28 (14:24) 15-Christopher Columbus pass Pass knocked down by 52-Samuel Coffman. incomplete, intended for 83-Chad Austin. Pressure by 72-David Hansen. 22-David Delgado got away with a hold on that play.</t>
   </si>
   <si>
     <t>#40 Reginald Scott - FS</t>
   </si>
   <si>
     <t>14:19</t>
   </si>
   <si>
     <t>Shotgun Normal HB Flare</t>
   </si>
   <si>
     <t>Nickel Blitz Weak Blitz</t>
   </si>
   <si>
     <t>3-7-BAL 28 (14:20) 15-Christopher Columbus pass complete to 80-Eli Coplin to BAL 37 for 8 yards. Tackle by 24-Mike Evans. 80-Eli Coplin breaks down the CB.</t>
   </si>
   <si>
     <t>#40 Timothy Rooney - RB</t>
   </si>
   <si>
     <t>#16 Benjamin Potter - WR</t>
   </si>
   <si>
     <t>#18 Eli Coplin - WR</t>
   </si>
   <si>
     <t>#16 Wayne Duarte - WR</t>
   </si>
   <si>
     <t>#99 Larry Strickland - DT</t>
   </si>
   <si>
     <t>#53 Marcus Weigel - MLB</t>
   </si>
   <si>
-    <t>#36 Marcos Tyler - SS</t>
+    <t>#53 Marcos Tyler - SLB</t>
   </si>
   <si>
     <t>#37 Angel Slattery - SS</t>
   </si>
   <si>
     <t>13:38</t>
   </si>
   <si>
     <t>BAL 37</t>
   </si>
   <si>
     <t>Split Backs 3 Wide WR Quick Out</t>
   </si>
   <si>
     <t>1-10-BAL 37 (13:37) 15-Christopher Columbus pass Pass knocked down by 40-Reginald Scott. incomplete, intended for 83-Chad Austin.</t>
   </si>
   <si>
     <t>#33 Leigh Gibbs - CB</t>
   </si>
   <si>
     <t>#58 Sidney Quillen - WLB</t>
   </si>
   <si>
     <t>13:32</t>
   </si>