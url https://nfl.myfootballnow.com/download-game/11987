--- v1 (2025-11-28)
+++ v2 (2026-01-09)
@@ -350,51 +350,51 @@
   <si>
     <t>4-3 Normal Double WR2</t>
   </si>
   <si>
     <t>1-10-BAL 25 (15:00) 33-Richard Tew ran to BAL 28 for 3 yards. Tackle by 52-Samuel Coffman.</t>
   </si>
   <si>
     <t>#15 Christopher Columbus - QB</t>
   </si>
   <si>
     <t>#29 Everett Phillips - FB</t>
   </si>
   <si>
     <t>#87 William Zimmer - TE</t>
   </si>
   <si>
     <t>#83 Chad Austin - WR</t>
   </si>
   <si>
     <t>#14 Gary Goins - WR</t>
   </si>
   <si>
     <t>#65 Charles Acosta - LT</t>
   </si>
   <si>
-    <t>#57 Larry Griggs - LG</t>
+    <t>#57 Larry Griggs - RG</t>
   </si>
   <si>
     <t>#77 David Vickers - C</t>
   </si>
   <si>
     <t>#66 Ray Anderson - RG</t>
   </si>
   <si>
     <t>#60 Pedro Campbell - RT</t>
   </si>
   <si>
     <t>#93 Roy Wann - DT</t>
   </si>
   <si>
     <t>#95 Kyle Dallas - DT</t>
   </si>
   <si>
     <t>#38 Mark Guidry - FS</t>
   </si>
   <si>
     <t>#72 David Hansen - RDE</t>
   </si>
   <si>
     <t>#97 Samuel Coffman - SLB</t>
   </si>