--- v2 (2026-01-09)
+++ v3 (2026-02-04)
@@ -281,51 +281,51 @@
   <si>
     <t>ST Rusher8</t>
   </si>
   <si>
     <t>15:00</t>
   </si>
   <si>
     <t>BAL has won the toss and elected to receive.</t>
   </si>
   <si>
     <t>NYG</t>
   </si>
   <si>
     <t>NYG 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 16-David Matthews kicks 73 yards from NYG 35 to BAL -8. Touchback.</t>
   </si>
   <si>
-    <t>#33 Richard Tew - RB</t>
+    <t>#20 Richard Tew - RB</t>
   </si>
   <si>
     <t>#74 Darrel Louis - RDE</t>
   </si>
   <si>
     <t>#34 Jim Granger - CB</t>
   </si>
   <si>
     <t>#26 Chad Flowers - FS</t>
   </si>
   <si>
     <t>#98 Franklin Adams - WLB</t>
   </si>
   <si>
     <t>#43 Sidney Ashley - CB</t>
   </si>
   <si>
     <t>#50 Dennis Delatorre - MLB</t>
   </si>
   <si>
     <t>#36 Joseph Watts - CB</t>
   </si>
   <si>
     <t>#21 John Beck - CB</t>
   </si>
@@ -464,51 +464,51 @@
   <si>
     <t>#53 Marcus Weigel - MLB</t>
   </si>
   <si>
     <t>#53 Marcos Tyler - SLB</t>
   </si>
   <si>
     <t>#37 Angel Slattery - SS</t>
   </si>
   <si>
     <t>13:38</t>
   </si>
   <si>
     <t>BAL 37</t>
   </si>
   <si>
     <t>Split Backs 3 Wide WR Quick Out</t>
   </si>
   <si>
     <t>1-10-BAL 37 (13:37) 15-Christopher Columbus pass Pass knocked down by 40-Reginald Scott. incomplete, intended for 83-Chad Austin.</t>
   </si>
   <si>
     <t>#33 Leigh Gibbs - CB</t>
   </si>
   <si>
-    <t>#58 Sidney Quillen - WLB</t>
+    <t>#94 Sidney Quillen - WLB</t>
   </si>
   <si>
     <t>13:32</t>
   </si>
   <si>
     <t>Singleback Normal HB Release Mid</t>
   </si>
   <si>
     <t>Nickel Normal Shallow Zone Deep</t>
   </si>
   <si>
     <t>2-10-BAL 37 (13:33) 15-Christopher Columbus pass incomplete, intended for 80-Eli Coplin. Pressure by 72-David Hansen. PENALTY - Holding (BAL 87-William Zimmer)</t>
   </si>
   <si>
     <t>#64 Damon Hammett - LT</t>
   </si>
   <si>
     <t>#98 Guy Swan - LDE</t>
   </si>
   <si>
     <t>13:28</t>
   </si>
   <si>
     <t>BAL 27</t>
   </si>
@@ -593,51 +593,51 @@
   <si>
     <t>#24 Francisco Young - RB</t>
   </si>
   <si>
     <t>#81 Vincent Lachance - FB</t>
   </si>
   <si>
     <t>#81 John Harris - TE</t>
   </si>
   <si>
     <t>#11 Kenneth Clay - WR</t>
   </si>
   <si>
     <t>#74 Orlando Gregory - LT</t>
   </si>
   <si>
     <t>#70 Benny Merritt - LG</t>
   </si>
   <si>
     <t>#75 Dennis Scott - RT</t>
   </si>
   <si>
     <t>#65 Bradley Donaldson - RG</t>
   </si>
   <si>
-    <t>#77 Kenneth Connell - LT</t>
+    <t>#77 Kenneth Connell - C</t>
   </si>
   <si>
     <t>#69 Eduardo Miller - LDE</t>
   </si>
   <si>
     <t>#61 Donnie Rangel - RDE</t>
   </si>
   <si>
     <t>#69 Derrick McKenna - LDE</t>
   </si>
   <si>
     <t>#94 Wyatt Adkins - SLB</t>
   </si>
   <si>
     <t>#20 James Freeman - SS</t>
   </si>
   <si>
     <t>#31 Lester Williams - FS</t>
   </si>
   <si>
     <t>12:39</t>
   </si>
   <si>
     <t>Singleback Normal TE Quick Out</t>
   </si>
@@ -722,51 +722,51 @@
   <si>
     <t>#36 Shawn Dorsey - RB</t>
   </si>
   <si>
     <t>10:36</t>
   </si>
   <si>
     <t>3-2-BAL 27 (10:35) 17-Jerry Fragoso pass Pass knocked down by 54-Brandon Roberson. incomplete, intended for 85-John Harris.</t>
   </si>
   <si>
     <t>10:32</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-2-BAL 27 (10:33) 16-David Matthews 45 yard field goal is NO GOOD. (Wide Right)</t>
   </si>
   <si>
     <t>#5 Emmanuel Masi - P</t>
   </si>
   <si>
-    <t>#74 Claude Broady - LT</t>
+    <t>#61 Claude Broady - LG</t>
   </si>
   <si>
     <t>#75 Allen Casey - RT</t>
   </si>
   <si>
     <t>#76 Stephen Campbell - RT</t>
   </si>
   <si>
     <t>#93 William Simmons - LDE</t>
   </si>
   <si>
     <t>10:29</t>
   </si>
   <si>
     <t>BAL 34</t>
   </si>
   <si>
     <t>1-10-BAL 34 (10:30) 15-Christopher Columbus pass complete to 87-William Zimmer to NYG 33 for 33 yards. Tackle by 51-Stephan Sweeney.</t>
   </si>
   <si>
     <t>9:44</t>
   </si>
   <si>
     <t>NYG 33</t>
   </si>
@@ -2348,51 +2348,51 @@
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="37.705" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="333.776" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="31.707" bestFit="true" customWidth="true" style="0"/>
-    <col min="29" max="29" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="29" max="29" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="31.707" bestFit="true" customWidth="true" style="0"/>