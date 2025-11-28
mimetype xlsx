--- v0 (2025-11-06)
+++ v1 (2025-11-28)
@@ -362,81 +362,81 @@
   <si>
     <t>#87 William Zimmer - TE</t>
   </si>
   <si>
     <t>#16 Benjamin Potter - WR</t>
   </si>
   <si>
     <t>#14 Gary Goins - WR</t>
   </si>
   <si>
     <t>#64 Damon Hammett - LT</t>
   </si>
   <si>
     <t>#57 Larry Griggs - LG</t>
   </si>
   <si>
     <t>#65 Charles Acosta - LT</t>
   </si>
   <si>
     <t>#66 Ray Anderson - RG</t>
   </si>
   <si>
     <t>#67 Barry Taylor - RT</t>
   </si>
   <si>
-    <t>#71 Roy Wann - LDE</t>
+    <t>#93 Roy Wann - DT</t>
   </si>
   <si>
     <t>#99 Larry Strickland - DT</t>
   </si>
   <si>
     <t>#94 Quentin Smith - DT</t>
   </si>
   <si>
     <t>#72 David Hansen - RDE</t>
   </si>
   <si>
     <t>#57 Robert Jennings - WLB</t>
   </si>
   <si>
     <t>#51 Stephan Sweeney - WLB</t>
   </si>
   <si>
     <t>#22 David Delgado - CB</t>
   </si>
   <si>
     <t>#34 Robert Henderson - CB</t>
   </si>
   <si>
-    <t>#36 Marcos Tyler - SS</t>
+    <t>#53 Marcos Tyler - SLB</t>
   </si>
   <si>
     <t>#29 Kim Dickson - SS</t>
   </si>
   <si>
-    <t>#24 Mike Evans - CB</t>
+    <t>#44 Mike Evans - CB</t>
   </si>
   <si>
     <t>14:20</t>
   </si>
   <si>
     <t>BAL 27</t>
   </si>
   <si>
     <t>Strong I Big WR Quick In</t>
   </si>
   <si>
     <t>4-3 Normal Double WR3</t>
   </si>
   <si>
     <t>2-8-BAL 27 (14:19) 15-Christopher Columbus pass complete to 87-William Zimmer to BAL 32 for 5 yards. Tackle by 40-Reginald Scott.</t>
   </si>
   <si>
     <t>#29 Everett Phillips - FB</t>
   </si>
   <si>
     <t>#83 Andrew Jackson - TE</t>
   </si>
   <si>
     <t>#97 Samuel Coffman - SLB</t>
   </si>