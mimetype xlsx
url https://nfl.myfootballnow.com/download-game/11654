--- v1 (2025-11-28)
+++ v2 (2026-02-04)
@@ -350,51 +350,51 @@
   <si>
     <t>Nickel Blitz Weak Blitz</t>
   </si>
   <si>
     <t>1-10-BAL 25 (15:00) 15-Christopher Columbus pass complete to 83-Chad Austin to BAL 27 for 2 yards. Tackle by 34-Robert Henderson.</t>
   </si>
   <si>
     <t>#15 Christopher Columbus - QB</t>
   </si>
   <si>
     <t>#40 Timothy Rooney - RB</t>
   </si>
   <si>
     <t>#87 William Zimmer - TE</t>
   </si>
   <si>
     <t>#16 Benjamin Potter - WR</t>
   </si>
   <si>
     <t>#14 Gary Goins - WR</t>
   </si>
   <si>
     <t>#64 Damon Hammett - LT</t>
   </si>
   <si>
-    <t>#57 Larry Griggs - LG</t>
+    <t>#57 Larry Griggs - RG</t>
   </si>
   <si>
     <t>#65 Charles Acosta - LT</t>
   </si>
   <si>
     <t>#66 Ray Anderson - RG</t>
   </si>
   <si>
     <t>#67 Barry Taylor - RT</t>
   </si>
   <si>
     <t>#93 Roy Wann - DT</t>
   </si>
   <si>
     <t>#99 Larry Strickland - DT</t>
   </si>
   <si>
     <t>#94 Quentin Smith - DT</t>
   </si>
   <si>
     <t>#72 David Hansen - RDE</t>
   </si>
   <si>
     <t>#57 Robert Jennings - WLB</t>
   </si>
@@ -683,54 +683,54 @@
   <si>
     <t>4-3 Normal OLB Blitz Outside</t>
   </si>
   <si>
     <t>3-8-BAL 13 (9:01) 23-Francis Debusk ran to BAL 9 for 4 yards. Tackle by 98-Franklin Adams. BAL 98-Franklin Adams was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>8:25</t>
   </si>
   <si>
     <t>BAL 9</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-4-BAL 9 (8:24) 3-Ronald Macias 26 yard field goal is GOOD. NYG 3 BAL 0</t>
   </si>
   <si>
     <t>#1 Michael Updegraff - P</t>
   </si>
   <si>
-    <t>#74 Claude Broady - LT</t>
-[...2 lines deleted...]
-    <t>#77 Kenneth Connell - LT</t>
+    <t>#61 Claude Broady - LG</t>
+  </si>
+  <si>
+    <t>#77 Kenneth Connell - C</t>
   </si>
   <si>
     <t>#63 Frederick Rudd - RG</t>
   </si>
   <si>
     <t>#76 Stephen Campbell - RT</t>
   </si>
   <si>
     <t>#75 William Rodgers - DT</t>
   </si>
   <si>
     <t>8:20</t>
   </si>
   <si>
     <t>(8:21) 3-Ronald Macias kicks 72 yards from NYG 35 to BAL -7. Touchback.</t>
   </si>
   <si>
     <t>Shotgun Normal HB Flare</t>
   </si>
   <si>
     <t>1-10-BAL 25 (8:21) 15-Christopher Columbus pass incomplete, the ball was thrown away. Pressure by 94-Quentin Smith.</t>
   </si>
   <si>
     <t>#16 Wayne Duarte - WR</t>
   </si>
@@ -2397,51 +2397,51 @@
     <col min="41" max="41" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="66" max="66" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="66" max="66" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="29.421" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>