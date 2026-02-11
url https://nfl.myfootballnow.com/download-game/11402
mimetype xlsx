--- v0 (2025-12-27)
+++ v1 (2026-02-11)
@@ -362,72 +362,72 @@
   <si>
     <t>#83 Wayne Ellis - WR</t>
   </si>
   <si>
     <t>#34 Albert Coleman - FB</t>
   </si>
   <si>
     <t>#84 Charles Wyatt - WR</t>
   </si>
   <si>
     <t>#14 Wesley Green - WR</t>
   </si>
   <si>
     <t>#87 Don Bond - WR</t>
   </si>
   <si>
     <t>#78 Michael Richard - LT</t>
   </si>
   <si>
     <t>#76 Michael Rice - LT</t>
   </si>
   <si>
     <t>#69 Larry Lopez - C</t>
   </si>
   <si>
-    <t>#73 Peter Tripp - RG</t>
+    <t>#76 Peter Tripp - RT</t>
   </si>
   <si>
     <t>#57 Jason McCray - RT</t>
   </si>
   <si>
     <t>#3 Steven Salem - LDE</t>
   </si>
   <si>
     <t>#73 Jorge Rodriguez - RDE</t>
   </si>
   <si>
     <t>#61 Phillip Williams - RDE</t>
   </si>
   <si>
     <t>#96 Michael Hattaway - SLB</t>
   </si>
   <si>
     <t>#58 John Neeley - MLB</t>
   </si>
   <si>
-    <t>#50 Heriberto Lemon - SLB</t>
+    <t>#56 Heriberto Lemon - SLB</t>
   </si>
   <si>
     <t>#32 Otis Glick - CB</t>
   </si>
   <si>
     <t>#21 Richard Morris - CB</t>
   </si>
   <si>
     <t>#43 James Jones - FS</t>
   </si>
   <si>
     <t>#40 Herman Cooper - SS</t>
   </si>
   <si>
     <t>#49 Anthony Brown - FS</t>
   </si>
   <si>
     <t>14:52</t>
   </si>
   <si>
     <t>Strong I Normal PA All Go</t>
   </si>
   <si>
     <t>4-3 Normal WLB MLB Blitz</t>
   </si>
@@ -728,51 +728,51 @@
   <si>
     <t>#97 Brandon Salazar - MLB</t>
   </si>
   <si>
     <t>7:51</t>
   </si>
   <si>
     <t>NYJ 35</t>
   </si>
   <si>
     <t>(7:52) 6-Richard Evans kicks 64 yards from NYJ 35 to BUF 1. 25-Brian Chamblee to BUF 24 for 23 yards. Tackle by 44-Brad Harp.</t>
   </si>
   <si>
     <t>7:47</t>
   </si>
   <si>
     <t>I Formation 3WR WR Out</t>
   </si>
   <si>
     <t>Nickel Strong 3 Deep Zone Under</t>
   </si>
   <si>
     <t>1-10-BUF 24 (7:48) 19-James Lee pass complete to 17-Joshua Scott to BUF 45 for 21 yards. Tackle by 38-Michael Bright.</t>
   </si>
   <si>
-    <t>#85 Abraham Cox - DT</t>
+    <t>#64 Abraham Cox - DT</t>
   </si>
   <si>
     <t>#94 Terrence Klein - MLB</t>
   </si>
   <si>
     <t>#35 Bob Brock - FS</t>
   </si>
   <si>
     <t>7:11</t>
   </si>
   <si>
     <t>BUF 45</t>
   </si>
   <si>
     <t>Shotgun Normal HB Flare</t>
   </si>
   <si>
     <t>4-3 Normal 4 Deep Zone Under</t>
   </si>
   <si>
     <t>1-10-BUF 45 (7:10) 19-James Lee pass complete to 25-Brian Chamblee to NYJ 43 for 11 yards. Tackle by 23-Adam Melendez.</t>
   </si>
   <si>
     <t>6:35</t>
   </si>